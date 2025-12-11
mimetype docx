--- v0 (2025-10-13)
+++ v1 (2025-12-11)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w:rsidR="00DD19FA" w:rsidRPr="00ED2736" w:rsidRDefault="00DD19FA" w:rsidP="00FF5D31">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00ED2736">
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Согласие на обработку персональных данных</w:t>
       </w:r>
@@ -107,76 +107,76 @@
         </w:rPr>
         <w:t>_ года</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00574CA0" w:rsidRPr="00ED2736" w:rsidRDefault="002F5597" w:rsidP="002F3E46">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:line="140" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Я, </w:t>
       </w:r>
-      <w:permStart w:id="436218249" w:edGrp="everyone"/>
+      <w:permStart w:id="1582117206" w:edGrp="everyone"/>
       <w:r w:rsidR="00FF5D31" w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>____</w:t>
       </w:r>
       <w:r w:rsidR="00745F65" w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>______________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="0057575D" w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>_____________________</w:t>
       </w:r>
-      <w:permEnd w:id="436218249"/>
+      <w:permEnd w:id="1582117206"/>
       <w:r w:rsidR="00745F65" w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00851BB3" w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0057575D" w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>реквизиты документа, удостоверяющего личность субъекта</w:t>
       </w:r>
     </w:p>
@@ -240,495 +240,495 @@
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>персональных данных:</w:t>
       </w:r>
       <w:r w:rsidR="0057575D" w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:permStart w:id="89471753" w:edGrp="everyone"/>
+      <w:permStart w:id="670827040" w:edGrp="everyone"/>
       <w:r w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>__________</w:t>
       </w:r>
       <w:r w:rsidR="002F3E46" w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>____________________</w:t>
       </w:r>
-      <w:permEnd w:id="89471753"/>
+      <w:permEnd w:id="670827040"/>
       <w:r w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> номер: </w:t>
       </w:r>
-      <w:permStart w:id="1773227022" w:edGrp="everyone"/>
+      <w:permStart w:id="374679321" w:edGrp="everyone"/>
       <w:r w:rsidR="002F3E46" w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>_________</w:t>
       </w:r>
       <w:r w:rsidR="002F3E46" w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
-      <w:permEnd w:id="1773227022"/>
+      <w:permEnd w:id="374679321"/>
       <w:r w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">, выдан </w:t>
       </w:r>
-      <w:permStart w:id="2144565432" w:edGrp="everyone"/>
+      <w:permStart w:id="118514397" w:edGrp="everyone"/>
       <w:r w:rsidR="0057575D" w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>___________________</w:t>
       </w:r>
       <w:r w:rsidR="002F3E46" w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>_________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________ </w:t>
       </w:r>
       <w:r w:rsidR="0057575D" w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>______________________________________</w:t>
       </w:r>
-      <w:permEnd w:id="2144565432"/>
+      <w:permEnd w:id="118514397"/>
       <w:r w:rsidR="0057575D" w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">дата выдачи </w:t>
       </w:r>
-      <w:permStart w:id="1792221365" w:edGrp="everyone"/>
+      <w:permStart w:id="1298341791" w:edGrp="everyone"/>
       <w:r w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>___________</w:t>
       </w:r>
-      <w:permEnd w:id="1792221365"/>
+      <w:permEnd w:id="1298341791"/>
       <w:r w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">, адрес: </w:t>
       </w:r>
-      <w:permStart w:id="394229444" w:edGrp="everyone"/>
+      <w:permStart w:id="473829844" w:edGrp="everyone"/>
       <w:r w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>_________</w:t>
       </w:r>
       <w:r w:rsidR="005542A8" w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>______________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>___________</w:t>
       </w:r>
-      <w:permEnd w:id="394229444"/>
+      <w:permEnd w:id="473829844"/>
       <w:r w:rsidR="005542A8" w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>, (в случае, если согласие предоставляется представителем субъекта персональных данных, далее дополнительно указывается фамилия, имя и отчество субъекта персональных данных:</w:t>
       </w:r>
-      <w:permStart w:id="1013844833" w:edGrp="everyone"/>
+      <w:permStart w:id="587807544" w:edGrp="everyone"/>
       <w:r w:rsidR="005542A8" w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> ____________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00641596" w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>____________</w:t>
       </w:r>
       <w:r w:rsidR="005542A8" w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:permEnd w:id="1013844833"/>
+      <w:permEnd w:id="587807544"/>
       <w:r w:rsidR="005542A8" w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AF0CF6" w:rsidRPr="00ED2736" w:rsidRDefault="00AF0CF6" w:rsidP="002F3E46">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>реквизиты документа, удостоверяющего личность представителя субъекта персональных данных:</w:t>
       </w:r>
       <w:r w:rsidR="0057575D" w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:permStart w:id="1088225671" w:edGrp="everyone"/>
+      <w:permStart w:id="1990149267" w:edGrp="everyone"/>
       <w:r w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>_______</w:t>
       </w:r>
       <w:r w:rsidR="002F3E46" w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>____________</w:t>
       </w:r>
-      <w:permEnd w:id="1088225671"/>
+      <w:permEnd w:id="1990149267"/>
       <w:r w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> номер: </w:t>
       </w:r>
-      <w:permStart w:id="1135815160" w:edGrp="everyone"/>
+      <w:permStart w:id="1965754984" w:edGrp="everyone"/>
       <w:r w:rsidR="002F3E46" w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>______</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>_______</w:t>
       </w:r>
-      <w:permEnd w:id="1135815160"/>
+      <w:permEnd w:id="1965754984"/>
       <w:r w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">, выдан </w:t>
       </w:r>
-      <w:permStart w:id="489650554" w:edGrp="everyone"/>
+      <w:permStart w:id="860700790" w:edGrp="everyone"/>
       <w:r w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>__________</w:t>
       </w:r>
       <w:r w:rsidR="002F3E46" w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>____________________________</w:t>
       </w:r>
       <w:r w:rsidR="0057575D" w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>___________________________________________________________________</w:t>
       </w:r>
-      <w:permEnd w:id="489650554"/>
+      <w:permEnd w:id="860700790"/>
       <w:r w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">, дата выдачи </w:t>
       </w:r>
-      <w:permStart w:id="1680885683" w:edGrp="everyone"/>
+      <w:permStart w:id="828791651" w:edGrp="everyone"/>
       <w:r w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>__________</w:t>
       </w:r>
       <w:r w:rsidR="002F3E46" w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:permEnd w:id="1680885683"/>
+      <w:permEnd w:id="828791651"/>
       <w:r w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">, адрес: </w:t>
       </w:r>
-      <w:permStart w:id="476209455" w:edGrp="everyone"/>
+      <w:permStart w:id="414278616" w:edGrp="everyone"/>
       <w:r w:rsidR="005542A8" w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="0057575D" w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>_________________</w:t>
       </w:r>
-      <w:permEnd w:id="476209455"/>
+      <w:permEnd w:id="414278616"/>
       <w:r w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0073046A" w:rsidRPr="00ED2736" w:rsidRDefault="00AF0CF6" w:rsidP="002F3E46">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:line="140" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">реквизиты документа, подтверждающего полномочия представителя субъекта персональных данных: </w:t>
       </w:r>
-      <w:permStart w:id="647241967" w:edGrp="everyone"/>
+      <w:permStart w:id="2114216465" w:edGrp="everyone"/>
       <w:r w:rsidR="005542A8" w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>______________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00F054B6" w:rsidRPr="00ED2736">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005542A8" w:rsidRPr="00ED2736" w:rsidRDefault="002F3E46" w:rsidP="007519F5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:line="140" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>______________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="0057575D" w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:permEnd w:id="647241967"/>
+    <w:permEnd w:id="2114216465"/>
     <w:p w:rsidR="00C5015F" w:rsidRPr="00ED2736" w:rsidRDefault="00DA25D0" w:rsidP="002A2EF8">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="140" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>предоставляю</w:t>
       </w:r>
       <w:r w:rsidR="00C5015F" w:rsidRPr="00ED2736">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
@@ -2763,110 +2763,110 @@
         </w:rPr>
         <w:t>/:</w:t>
       </w:r>
       <w:r w:rsidR="00AF0CF6" w:rsidRPr="00ED2736">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> ________________________</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="005E20F7" w:rsidRPr="00ED2736" w:rsidSect="002F3E46">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="720" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00B70640" w:rsidRDefault="00B70640" w:rsidP="000976E0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="00B70640" w:rsidRDefault="00B70640" w:rsidP="000976E0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00B70640" w:rsidRDefault="00B70640" w:rsidP="000976E0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="00B70640" w:rsidRDefault="00B70640" w:rsidP="000976E0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w:rsidR="00E44ADE" w:rsidRPr="00ED2736" w:rsidRDefault="00E44ADE" w:rsidP="00E65A61">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="ae"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
@@ -2940,51 +2940,51 @@
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00ED2736">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Подпись субъекта персональных данных означает предоставление письменного согласия на обработку персональных данных и подтверждает факт уведомления о возможности получения персональных данных операторами не от субъекта персональных данных.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E44ADE" w:rsidRPr="00AD3B4B" w:rsidRDefault="00E44ADE" w:rsidP="00342ABA">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A45527C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4CA48158"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -3453,71 +3453,72 @@
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="y4LGa4sjOfL7XJz0cO7CQ2c8KEwsA8eHAXsmOP7DZZxpnrAkJTG7aS3HX8c4NGDP7LsaAzIz9ex91wGqp+m1GQ==" w:salt="tvVzOVvdnyFXv4cy54CZqg=="/>
   <w:defaultTabStop w:val="284"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00805C32"/>
     <w:rsid w:val="00014573"/>
     <w:rsid w:val="00016981"/>
     <w:rsid w:val="00027C6E"/>
     <w:rsid w:val="000309F4"/>
     <w:rsid w:val="000410A0"/>
     <w:rsid w:val="00055646"/>
     <w:rsid w:val="0006286C"/>
     <w:rsid w:val="00073746"/>
     <w:rsid w:val="00075020"/>
     <w:rsid w:val="000948E2"/>
     <w:rsid w:val="0009512B"/>
     <w:rsid w:val="000976E0"/>
     <w:rsid w:val="000A056A"/>
     <w:rsid w:val="000E41AE"/>
     <w:rsid w:val="000F1338"/>
     <w:rsid w:val="00106264"/>
     <w:rsid w:val="00106F77"/>
     <w:rsid w:val="0011023C"/>
     <w:rsid w:val="001161F1"/>
     <w:rsid w:val="00120665"/>
     <w:rsid w:val="00120BD2"/>
     <w:rsid w:val="00135908"/>
@@ -3607,50 +3608,51 @@
     <w:rsid w:val="00730DCB"/>
     <w:rsid w:val="00731842"/>
     <w:rsid w:val="007360F1"/>
     <w:rsid w:val="0073665A"/>
     <w:rsid w:val="00745F65"/>
     <w:rsid w:val="0075195F"/>
     <w:rsid w:val="007519F5"/>
     <w:rsid w:val="007643A3"/>
     <w:rsid w:val="00767B89"/>
     <w:rsid w:val="00792D03"/>
     <w:rsid w:val="00794C49"/>
     <w:rsid w:val="007955B4"/>
     <w:rsid w:val="007B6791"/>
     <w:rsid w:val="007B6978"/>
     <w:rsid w:val="007C53D0"/>
     <w:rsid w:val="007D2FD0"/>
     <w:rsid w:val="007F7BB1"/>
     <w:rsid w:val="00802297"/>
     <w:rsid w:val="00805C32"/>
     <w:rsid w:val="00821CF3"/>
     <w:rsid w:val="008261FC"/>
     <w:rsid w:val="0084241E"/>
     <w:rsid w:val="0084289A"/>
     <w:rsid w:val="00843BE5"/>
     <w:rsid w:val="00851BB3"/>
+    <w:rsid w:val="00862E5B"/>
     <w:rsid w:val="008875CE"/>
     <w:rsid w:val="0089551F"/>
     <w:rsid w:val="008A010C"/>
     <w:rsid w:val="008C3072"/>
     <w:rsid w:val="008E0A20"/>
     <w:rsid w:val="008E0D96"/>
     <w:rsid w:val="008F4E4B"/>
     <w:rsid w:val="00922C85"/>
     <w:rsid w:val="00930652"/>
     <w:rsid w:val="009509D4"/>
     <w:rsid w:val="00950B03"/>
     <w:rsid w:val="00955A97"/>
     <w:rsid w:val="009757DA"/>
     <w:rsid w:val="0099036D"/>
     <w:rsid w:val="009915DF"/>
     <w:rsid w:val="009A54E7"/>
     <w:rsid w:val="009C1A82"/>
     <w:rsid w:val="009E37AF"/>
     <w:rsid w:val="009F0F75"/>
     <w:rsid w:val="009F73EC"/>
     <w:rsid w:val="00A14638"/>
     <w:rsid w:val="00A21DA3"/>
     <w:rsid w:val="00A256D7"/>
     <w:rsid w:val="00A3026F"/>
     <w:rsid w:val="00A57CCB"/>
@@ -3744,61 +3746,61 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:docId w15:val="{5C249A07-0E0D-40A8-9F86-A6D6D2FF9C47}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3854,98 +3856,95 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
@@ -4119,50 +4118,54 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00B6057F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -4347,51 +4350,51 @@
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00FF2EF5"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="702051258">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="341977569">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -4729,55 +4732,55 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>825</Words>
-  <Characters>4703</Characters>
+  <Words>581</Words>
+  <Characters>4947</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>12</DocSecurity>
-  <Lines>39</Lines>
+  <DocSecurity>8</DocSecurity>
+  <Lines>41</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>На бланке организации</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>MICEX</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>5517</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>