--- v1 (2025-11-27)
+++ v2 (2026-02-28)
@@ -87,129 +87,121 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="142FA63A" w14:textId="6BF66769" w:rsidR="00BA2A10" w:rsidRPr="000726E5" w:rsidRDefault="00BA2A10" w:rsidP="00E70C1E">
       <w:pPr>
         <w:ind w:left="-709"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk38311008"/>
       <w:r w:rsidRPr="000726E5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>НОРМАТИВНАЯ БАЗА</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66EA1A75" w14:textId="0C3DEF1D" w:rsidR="006B1A2F" w:rsidRPr="000726E5" w:rsidRDefault="000726E5" w:rsidP="00E70C1E">
+    <w:p w14:paraId="66EA1A75" w14:textId="0C3DEF1D" w:rsidR="006B1A2F" w:rsidRPr="000726E5" w:rsidRDefault="000561CC" w:rsidP="00E70C1E">
       <w:pPr>
         <w:ind w:left="-709"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="006B1A2F" w:rsidRPr="000726E5">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:b/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://www.namex.org/ru/agro/documentsagro</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="1C803A6C" w14:textId="4C17EB41" w:rsidR="00DC5BBF" w:rsidRPr="000726E5" w:rsidRDefault="00EE0049" w:rsidP="00DC5BBF">
       <w:pPr>
         <w:ind w:left="-709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000726E5">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="000726E5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> HYPERLINK "http://fs.moex.com/files/21379/" \o "Скачать" </w:instrText>
       </w:r>
       <w:r w:rsidRPr="000726E5">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00DC5BBF" w:rsidRPr="000726E5">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Правила допуска к участию в организованных торгах товарами на спот-рынке Акционерного общества «Национальная товарная биржа»</w:t>
       </w:r>
       <w:r w:rsidRPr="000726E5">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00DC5BBF" w:rsidRPr="000726E5">
         <w:rPr>
           <w:color w:val="333333"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CA8E777" w14:textId="6AEADACE" w:rsidR="00DC5BBF" w:rsidRPr="000726E5" w:rsidRDefault="000726E5" w:rsidP="00DC5BBF">
+    <w:p w14:paraId="4CA8E777" w14:textId="6AEADACE" w:rsidR="00DC5BBF" w:rsidRPr="000726E5" w:rsidRDefault="000561CC" w:rsidP="00DC5BBF">
       <w:pPr>
         <w:ind w:left="-709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:tooltip="Скачать" w:history="1">
         <w:r w:rsidR="00DC5BBF" w:rsidRPr="000726E5">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Правила организованных торгов товарами на спот-рынке Акционерного общества «Национальная товарная биржа»</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00DC5BBF" w:rsidRPr="000726E5">
         <w:rPr>
           <w:color w:val="333333"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
@@ -430,50 +422,51 @@
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3398"/>
         <w:gridCol w:w="6520"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F545E3" w:rsidRPr="000726E5" w14:paraId="52E44951" w14:textId="77777777" w:rsidTr="00854F34">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9918" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="604E1238" w14:textId="77777777" w:rsidR="00F545E3" w:rsidRPr="000726E5" w:rsidRDefault="00F545E3" w:rsidP="00F545E3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="120"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
             <w:r w:rsidRPr="000726E5">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Для получения допуска к участию в торгах </w:t>
             </w:r>
             <w:r w:rsidRPr="000726E5">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Кандидат </w:t>
             </w:r>
             <w:r w:rsidRPr="000726E5">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">обязан выполнить следующие условия: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5C4BE1C8" w14:textId="77777777" w:rsidR="00F545E3" w:rsidRPr="000726E5" w:rsidRDefault="00F545E3" w:rsidP="00F545E3">
             <w:pPr>
@@ -497,71 +490,72 @@
               <w:t>предоставить на Биржу документы в соответствии с перечнем (Приложение 01 к Правилам допуска);</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F004ADF" w14:textId="77777777" w:rsidR="00F545E3" w:rsidRPr="000726E5" w:rsidRDefault="00F545E3" w:rsidP="00F545E3">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000726E5">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>предоставить на Биржу Договор об оказании услуг по проведению организованных торгов</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41ED97C5" w14:textId="00C5D92C" w:rsidR="00F545E3" w:rsidRPr="000726E5" w:rsidRDefault="00F545E3" w:rsidP="00F545E3">
+          <w:p w14:paraId="41ED97C5" w14:textId="54C69A06" w:rsidR="008A3447" w:rsidRPr="005D302E" w:rsidRDefault="00F545E3" w:rsidP="005D302E">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000726E5">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>получить доступ к Системе электронного документооборота ПАО Московская Биржа в соответствии с Правилами ЭДО</w:t>
             </w:r>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F545E3" w:rsidRPr="000726E5" w14:paraId="564DF7FB" w14:textId="77777777" w:rsidTr="00D55514">
         <w:trPr>
           <w:trHeight w:val="1838"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F09207B" w14:textId="3EA0D3EC" w:rsidR="00F545E3" w:rsidRPr="000726E5" w:rsidRDefault="00F545E3" w:rsidP="00FC6DDD">
             <w:pPr>
               <w:pStyle w:val="a0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -906,153 +900,148 @@
               <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000726E5">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>получить допуск к клиринговому обслуживанию в Клиринговом центре в качестве Участника клиринг</w:t>
             </w:r>
             <w:r w:rsidR="006E5DD9" w:rsidRPr="000726E5">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>а.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="649B463F" w14:textId="2CA80A73" w:rsidR="00C44A2F" w:rsidRPr="000726E5" w:rsidRDefault="00762967" w:rsidP="0086268F">
+    <w:p w14:paraId="1F3D8265" w14:textId="77777777" w:rsidR="008A3447" w:rsidRDefault="008A3447" w:rsidP="0086268F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="-709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="649B463F" w14:textId="7C1A7D15" w:rsidR="00C44A2F" w:rsidRPr="000726E5" w:rsidRDefault="00762967" w:rsidP="0086268F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
+        <w:ind w:left="-709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="000726E5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>КАНДИДАТУ ДЛЯ ПОЛУЧЕНИЯ ДОПУСКА К ТОРГАМ НЕОБХОДИМО ВЫПОЛНИТЬ СЛЕДУЮЩИЕ ДЕЙСТВИЯ:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ac"/>
-        <w:tblW w:w="10722" w:type="dxa"/>
+        <w:tblW w:w="10348" w:type="dxa"/>
         <w:tblInd w:w="-714" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="437"/>
         <w:gridCol w:w="37"/>
         <w:gridCol w:w="11"/>
-        <w:gridCol w:w="2962"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="291"/>
+        <w:gridCol w:w="8190"/>
+        <w:gridCol w:w="1673"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D55514" w:rsidRPr="000726E5" w14:paraId="360CD97D" w14:textId="77777777" w:rsidTr="000726E5">
+      <w:tr w:rsidR="00D55514" w:rsidRPr="000726E5" w14:paraId="360CD97D" w14:textId="77777777" w:rsidTr="00D210F1">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="291" w:type="dxa"/>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10431" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="10348" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="68F5BAD1" w14:textId="23B4D4C3" w:rsidR="00D55514" w:rsidRPr="000726E5" w:rsidRDefault="00D55514" w:rsidP="000D7862">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:shd w:val="solid" w:color="8064A2" w:themeColor="accent4" w:fill="auto"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000726E5">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...11 lines deleted...]
-              <w:t>оступ к Системе электронного документооборота (ЭДО)</w:t>
+              <w:t>1.  Получить доступ к Системе электронного документооборота (ЭДО)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D55514" w:rsidRPr="000726E5" w14:paraId="14000B0C" w14:textId="77777777" w:rsidTr="000726E5">
+      <w:tr w:rsidR="00D55514" w:rsidRPr="000726E5" w14:paraId="14000B0C" w14:textId="77777777" w:rsidTr="00D210F1">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="291" w:type="dxa"/>
           <w:trHeight w:val="410"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10431" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="10348" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="26006A07" w14:textId="77777777" w:rsidR="00D55514" w:rsidRPr="000726E5" w:rsidRDefault="00D55514" w:rsidP="000D7862">
             <w:pPr>
               <w:pStyle w:val="a0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000726E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
@@ -1354,60 +1343,58 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">(перед заполнением необходимо пройти процедуру регистрации по адресу: </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r w:rsidRPr="000726E5">
                 <w:rPr>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>https://passport.moex.com/registration</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="000726E5">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D55514" w:rsidRPr="000726E5" w14:paraId="0942544F" w14:textId="77777777" w:rsidTr="000726E5">
+      <w:tr w:rsidR="00D55514" w:rsidRPr="000726E5" w14:paraId="0942544F" w14:textId="77777777" w:rsidTr="00D210F1">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="291" w:type="dxa"/>
           <w:trHeight w:val="1287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10431" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="10348" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="60B498DF" w14:textId="77777777" w:rsidR="00D55514" w:rsidRPr="000726E5" w:rsidRDefault="00D55514" w:rsidP="000D7862">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="a5"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000726E5">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Подробнее о порядке подключения к ЭДО по ссылке</w:t>
             </w:r>
             <w:r w:rsidRPr="000726E5">
               <w:rPr>
                 <w:color w:val="262626"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
@@ -1467,2123 +1454,2046 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000726E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">По всем вопросам, связанным с оказанием услуг УЦ, Вы можете обращаться к Администратору СЭД по тел. +7 (495) 363-32-32 (доб.1110) или e-mail: </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r w:rsidRPr="000726E5">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>pki@moex.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D55514" w:rsidRPr="000726E5" w14:paraId="56080435" w14:textId="77777777" w:rsidTr="000726E5">
+      <w:tr w:rsidR="00D55514" w:rsidRPr="000726E5" w14:paraId="56080435" w14:textId="77777777" w:rsidTr="00D210F1">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="291" w:type="dxa"/>
           <w:trHeight w:val="752"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10431" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="10348" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="6188BEAE" w14:textId="0C964DC8" w:rsidR="00D55514" w:rsidRPr="000726E5" w:rsidRDefault="00D55514" w:rsidP="000D7862">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000726E5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">По вопросам подготовки документов для получения допуска к участию в торгах Вы можете обращаться на </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r w:rsidRPr="000726E5">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>tovar@moex.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E63A81" w:rsidRPr="000726E5" w14:paraId="5C0494DB" w14:textId="77777777" w:rsidTr="000726E5">
+      <w:tr w:rsidR="00BA012E" w:rsidRPr="000726E5" w14:paraId="5C0494DB" w14:textId="77777777" w:rsidTr="00D210F1">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="291" w:type="dxa"/>
           <w:trHeight w:val="239"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10431" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="10348" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="5F6FB877" w14:textId="6D719C6C" w:rsidR="00E63A81" w:rsidRPr="000726E5" w:rsidRDefault="00E753D2" w:rsidP="00E753D2">
+          <w:p w14:paraId="5F6FB877" w14:textId="65DE2911" w:rsidR="00BA012E" w:rsidRPr="000726E5" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:pBdr>
                 <w:left w:val="single" w:sz="18" w:space="4" w:color="C00000"/>
               </w:pBdr>
               <w:shd w:val="solid" w:color="8064A2" w:themeColor="accent4" w:fill="auto"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rStyle w:val="a5"/>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000726E5">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="006747C9" w:rsidRPr="000726E5">
+              <w:t>2. Предоставить на Биржу следующие документы</w:t>
+            </w:r>
+            <w:r w:rsidR="008A3447">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> Предоставить на Биржу следующие документы</w:t>
+              <w:t xml:space="preserve"> (для допуска к клирингу и торгам)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E753D2" w:rsidRPr="000726E5" w14:paraId="68945560" w14:textId="77777777" w:rsidTr="000726E5">
+      <w:tr w:rsidR="00BA012E" w:rsidRPr="000726E5" w14:paraId="68945560" w14:textId="77777777" w:rsidTr="00D210F1">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="291" w:type="dxa"/>
           <w:trHeight w:val="183"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10431" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="10348" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="58F921D9" w14:textId="346C67C4" w:rsidR="00E753D2" w:rsidRPr="000726E5" w:rsidRDefault="00E753D2" w:rsidP="00E753D2">
+          <w:p w14:paraId="58F921D9" w14:textId="5B187933" w:rsidR="00BA012E" w:rsidRPr="00D210F1" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:pBdr>
                 <w:left w:val="single" w:sz="18" w:space="4" w:color="C00000"/>
               </w:pBdr>
               <w:spacing w:before="120" w:after="120"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
-[...1 lines deleted...]
-                <w:spacing w:val="10"/>
+                <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000726E5">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>На бумажном носителе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D210F1">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>в форме электронного</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D210F1">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>документа</w:t>
             </w:r>
             <w:r w:rsidRPr="000726E5">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0030259A" w:rsidRPr="000726E5" w14:paraId="2E1F8022" w14:textId="77777777" w:rsidTr="000726E5">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00BA012E" w:rsidRPr="000726E5" w14:paraId="2E1F8022" w14:textId="77777777" w:rsidTr="00D210F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="437" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="442FBB22" w14:textId="3F832CF5" w:rsidR="0030259A" w:rsidRPr="000726E5" w:rsidRDefault="00E753D2" w:rsidP="0030259A">
+          <w:p w14:paraId="442FBB22" w14:textId="3F832CF5" w:rsidR="00BA012E" w:rsidRPr="000C5BF9" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="262626"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000726E5">
+            <w:r w:rsidRPr="000C5BF9">
               <w:rPr>
                 <w:color w:val="262626"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="762AF292" w14:textId="1BE3D5E4" w:rsidR="0030259A" w:rsidRPr="000726E5" w:rsidRDefault="00E753D2" w:rsidP="0030259A">
+          <w:p w14:paraId="762AF292" w14:textId="1BE3D5E4" w:rsidR="00BA012E" w:rsidRPr="000C5BF9" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="a5"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000726E5">
+            <w:r w:rsidRPr="000C5BF9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Договор об оказании услуг по проведению организованных торгов,</w:t>
             </w:r>
-            <w:r w:rsidRPr="000726E5">
+            <w:r w:rsidRPr="000C5BF9">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> в 2 (двух) экземплярах, подписанный уполномоченным лицом юридического лица и скрепленный печатью (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="1" w:name="_MON_1656142033"/>
-        <w:bookmarkEnd w:id="1"/>
+        <w:bookmarkStart w:id="2" w:name="_MON_1656142033"/>
+        <w:bookmarkEnd w:id="2"/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68A8C878" w14:textId="4D6BCDEE" w:rsidR="0030259A" w:rsidRPr="000726E5" w:rsidRDefault="00E753D2" w:rsidP="0030259A">
+          <w:p w14:paraId="68A8C878" w14:textId="4D6BCDEE" w:rsidR="00BA012E" w:rsidRPr="000726E5" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="a5"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000726E5">
               <w:rPr>
                 <w:rStyle w:val="a5"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:object w:dxaOrig="1546" w:dyaOrig="1001" w14:anchorId="0E6B8220">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="_x0000_i2422" type="#_x0000_t75" style="width:77.25pt;height:50.25pt" o:ole="">
+                <v:shape id="_x0000_i1733" type="#_x0000_t75" style="width:77.25pt;height:50.25pt" o:ole="">
                   <v:imagedata r:id="rId22" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i2422" DrawAspect="Icon" ObjectID="_1824906977" r:id="rId23">
+                <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1733" DrawAspect="Icon" ObjectID="_1832351612" r:id="rId23">
                   <o:FieldCodes>\s</o:FieldCodes>
                 </o:OLEObject>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E753D2" w:rsidRPr="000726E5" w14:paraId="7B493D80" w14:textId="77777777" w:rsidTr="000726E5">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00BA012E" w:rsidRPr="000726E5" w14:paraId="7B493D80" w14:textId="77777777" w:rsidTr="00D210F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="437" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12327CFC" w14:textId="26609144" w:rsidR="00E753D2" w:rsidRPr="000726E5" w:rsidRDefault="00E753D2" w:rsidP="0030259A">
+          <w:p w14:paraId="12327CFC" w14:textId="26609144" w:rsidR="00BA012E" w:rsidRPr="000C5BF9" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="262626"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000726E5">
+            <w:r w:rsidRPr="000C5BF9">
               <w:rPr>
                 <w:color w:val="262626"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="6020FE2A" w14:textId="77777777" w:rsidR="00E753D2" w:rsidRPr="000726E5" w:rsidRDefault="00E753D2" w:rsidP="00E753D2">
+          <w:p w14:paraId="6020FE2A" w14:textId="77777777" w:rsidR="00BA012E" w:rsidRPr="00BA012E" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000726E5">
+            <w:r w:rsidRPr="00BA012E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Договор о предоставлении интегрированного технологического сервиса, в 2 (двух) экземплярах, подписанный уполномоченным лицом юридического лица и скрепленный печатью (при наличии)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="35F17FA7" w14:textId="77777777" w:rsidR="00E753D2" w:rsidRPr="000726E5" w:rsidRDefault="00E753D2" w:rsidP="0030259A">
+          <w:p w14:paraId="35F17FA7" w14:textId="77777777" w:rsidR="00BA012E" w:rsidRPr="00BA012E" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="2" w:name="_MON_1686139920"/>
-        <w:bookmarkEnd w:id="2"/>
+        <w:bookmarkStart w:id="3" w:name="_MON_1686139920"/>
+        <w:bookmarkEnd w:id="3"/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CBAF4AD" w14:textId="0AAD2905" w:rsidR="00E753D2" w:rsidRPr="000726E5" w:rsidRDefault="00E753D2" w:rsidP="0030259A">
+          <w:p w14:paraId="0CBAF4AD" w14:textId="0AAD2905" w:rsidR="00BA012E" w:rsidRPr="00BA012E" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="a5"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000726E5">
+            <w:r w:rsidRPr="00BA012E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:object w:dxaOrig="1543" w:dyaOrig="991" w14:anchorId="7015AD7B">
-                <v:shape id="_x0000_i2423" type="#_x0000_t75" style="width:77.25pt;height:49.5pt" o:ole="">
+                <v:shape id="_x0000_i1734" type="#_x0000_t75" style="width:77.25pt;height:49.5pt" o:ole="">
                   <v:imagedata r:id="rId24" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i2423" DrawAspect="Icon" ObjectID="_1824906978" r:id="rId25">
+                <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1734" DrawAspect="Icon" ObjectID="_1832351613" r:id="rId25">
                   <o:FieldCodes>\s</o:FieldCodes>
                 </o:OLEObject>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E753D2" w:rsidRPr="000726E5" w14:paraId="414A8BFB" w14:textId="77777777" w:rsidTr="000726E5">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="008A3447" w:rsidRPr="000726E5" w14:paraId="12C096DD" w14:textId="77777777" w:rsidTr="00D210F1">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10431" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="437" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="677746C3" w14:textId="77777777" w:rsidR="00E753D2" w:rsidRPr="000726E5" w:rsidRDefault="00E753D2" w:rsidP="00E753D2">
+          <w:p w14:paraId="0EFCE7FC" w14:textId="016855AF" w:rsidR="008A3447" w:rsidRPr="000C5BF9" w:rsidRDefault="008A3447" w:rsidP="008A3447">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8238" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="175C5630" w14:textId="65B47CB6" w:rsidR="008A3447" w:rsidRPr="00BA012E" w:rsidRDefault="008A3447" w:rsidP="008A3447">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Договор об оказании клиринговых услуг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="4" w:name="_MON_1832350780"/>
+        <w:bookmarkEnd w:id="4"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1673" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C632649" w14:textId="56866681" w:rsidR="008A3447" w:rsidRPr="00BA012E" w:rsidRDefault="008A3447" w:rsidP="008A3447">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:object w:dxaOrig="1554" w:dyaOrig="1006" w14:anchorId="7D173DD3">
+                <v:shape id="_x0000_i2097" type="#_x0000_t75" style="width:78pt;height:50.25pt" o:ole="">
+                  <v:imagedata r:id="rId26" o:title=""/>
+                </v:shape>
+                <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i2097" DrawAspect="Icon" ObjectID="_1832351614" r:id="rId27">
+                  <o:FieldCodes>\s</o:FieldCodes>
+                </o:OLEObject>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A3447" w:rsidRPr="000726E5" w14:paraId="3FFC07CD" w14:textId="77777777" w:rsidTr="00D210F1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="437" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CB63675" w14:textId="42C4281A" w:rsidR="008A3447" w:rsidRDefault="008A3447" w:rsidP="008A3447">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8238" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="4553CF1D" w14:textId="4CFCE0A3" w:rsidR="008A3447" w:rsidRPr="00BA012E" w:rsidRDefault="008A3447" w:rsidP="008A3447">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B3DC2">
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Заявление о предоставлении допуска к клиринговому обслуживанию на товарном спот-рынке</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="5" w:name="_MON_1832350791"/>
+        <w:bookmarkEnd w:id="5"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1673" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B3D769C" w14:textId="6132F4B4" w:rsidR="008A3447" w:rsidRPr="00BA012E" w:rsidRDefault="008A3447" w:rsidP="008A3447">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:object w:dxaOrig="1554" w:dyaOrig="1006" w14:anchorId="7AE28769">
+                <v:shape id="_x0000_i2098" type="#_x0000_t75" style="width:78pt;height:50.25pt" o:ole="">
+                  <v:imagedata r:id="rId28" o:title=""/>
+                </v:shape>
+                <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i2098" DrawAspect="Icon" ObjectID="_1832351615" r:id="rId29">
+                  <o:FieldCodes>\s</o:FieldCodes>
+                </o:OLEObject>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A3447" w:rsidRPr="000726E5" w14:paraId="298C6D84" w14:textId="77777777" w:rsidTr="00D210F1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="437" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DD0943B" w14:textId="7A43451C" w:rsidR="008A3447" w:rsidRDefault="008A3447" w:rsidP="008A3447">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8238" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="75D3944A" w14:textId="2C658393" w:rsidR="008A3447" w:rsidRPr="00BA012E" w:rsidRDefault="008A3447" w:rsidP="008A3447">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Постоянное поручение на возврат обеспечения на товарном спот-рынке</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (только на бумажном носителе или после допуска к клиринговому обслуживанию через клиринговый терминал)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="6" w:name="_MON_1832350801"/>
+        <w:bookmarkEnd w:id="6"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1673" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50ECDAA3" w14:textId="106B071F" w:rsidR="008A3447" w:rsidRPr="00BA012E" w:rsidRDefault="008A3447" w:rsidP="008A3447">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:object w:dxaOrig="1554" w:dyaOrig="1006" w14:anchorId="74FCE0D0">
+                <v:shape id="_x0000_i2099" type="#_x0000_t75" style="width:78pt;height:50.25pt" o:ole="">
+                  <v:imagedata r:id="rId30" o:title=""/>
+                </v:shape>
+                <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i2099" DrawAspect="Icon" ObjectID="_1832351616" r:id="rId31">
+                  <o:FieldCodes>\s</o:FieldCodes>
+                </o:OLEObject>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A3447" w:rsidRPr="000726E5" w14:paraId="1E34110E" w14:textId="77777777" w:rsidTr="00E74536">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8675" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FABC65E" w14:textId="240C9AF0" w:rsidR="008A3447" w:rsidRDefault="008A3447" w:rsidP="008A3447">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Инструкция по отправке документов в форме электронного документа или на бумажном носителе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="7" w:name="_MON_1832351070"/>
+        <w:bookmarkEnd w:id="7"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1673" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BE5E94D" w14:textId="18EDDC6B" w:rsidR="008A3447" w:rsidRPr="00BA012E" w:rsidRDefault="008A3447" w:rsidP="008A3447">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:object w:dxaOrig="1554" w:dyaOrig="1006" w14:anchorId="782DB455">
+                <v:shape id="_x0000_i2116" type="#_x0000_t75" style="width:78pt;height:50.25pt" o:ole="">
+                  <v:imagedata r:id="rId32" o:title=""/>
+                </v:shape>
+                <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i2116" DrawAspect="Icon" ObjectID="_1832351617" r:id="rId33">
+                  <o:FieldCodes>\s</o:FieldCodes>
+                </o:OLEObject>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA012E" w:rsidRPr="000726E5" w14:paraId="414A8BFB" w14:textId="77777777" w:rsidTr="00D210F1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10348" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="677746C3" w14:textId="77777777" w:rsidR="00BA012E" w:rsidRPr="00BA012E" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="a5"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000726E5">
+            <w:r w:rsidRPr="00BA012E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Через Личный кабинет участника </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-              <w:r w:rsidRPr="000726E5">
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r w:rsidRPr="00BA012E">
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>https://cabinet.moex.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="000726E5">
+            <w:r w:rsidRPr="00BA012E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (после получения доступа к ЭДО)</w:t>
             </w:r>
-            <w:r w:rsidRPr="000726E5">
+            <w:r w:rsidRPr="00BA012E">
               <w:rPr>
                 <w:rStyle w:val="a5"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1EE48EE4" w14:textId="3DD59D13" w:rsidR="00E753D2" w:rsidRPr="000726E5" w:rsidRDefault="00E753D2" w:rsidP="00E753D2">
+          <w:p w14:paraId="1EE48EE4" w14:textId="3DD59D13" w:rsidR="00BA012E" w:rsidRPr="00BA012E" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="a5"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:tooltip="Скачать" w:history="1">
+            <w:hyperlink r:id="rId35" w:tooltip="Скачать" w:history="1">
+              <w:r w:rsidRPr="00BA012E">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:u w:val="none"/>
+                </w:rPr>
+                <w:t>Инструкция по отправке документов через ЛКУ</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00BA012E">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA012E" w:rsidRPr="000726E5" w14:paraId="14DAC036" w14:textId="77777777" w:rsidTr="00D210F1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="437" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A58AF38" w14:textId="2FE31926" w:rsidR="00BA012E" w:rsidRPr="000C5BF9" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C5BF9">
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8238" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="7746C8B6" w14:textId="364894BB" w:rsidR="00BA012E" w:rsidRPr="00BA012E" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="_Toc83034648"/>
+            <w:bookmarkStart w:id="9" w:name="_Toc367285329"/>
+            <w:bookmarkStart w:id="10" w:name="_Toc367281676"/>
+            <w:bookmarkStart w:id="11" w:name="_Toc303184974"/>
+            <w:bookmarkStart w:id="12" w:name="_Toc243215134"/>
+            <w:bookmarkStart w:id="13" w:name="_Toc205647079"/>
+            <w:bookmarkStart w:id="14" w:name="_Toc205015699"/>
+            <w:bookmarkStart w:id="15" w:name="_Toc144823603"/>
+            <w:bookmarkStart w:id="16" w:name="_Toc116474145"/>
+            <w:bookmarkStart w:id="17" w:name="_Toc111375844"/>
+            <w:r w:rsidRPr="00BA012E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Заявление на участие в организованных торгах товарами на спот-рынке АО НТБ</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="11"/>
+            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="17"/>
+            <w:r w:rsidRPr="00BA012E">
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (оригинал на бумажном носителе или электронный документ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="18" w:name="_MON_1682515857"/>
+        <w:bookmarkEnd w:id="18"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1673" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="718EF85B" w14:textId="39B2CE78" w:rsidR="00BA012E" w:rsidRPr="00BA012E" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA012E">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:object w:dxaOrig="1543" w:dyaOrig="991" w14:anchorId="0306DF57">
+                <v:shape id="_x0000_i1735" type="#_x0000_t75" style="width:77.25pt;height:49.5pt" o:ole="">
+                  <v:imagedata r:id="rId36" o:title=""/>
+                </v:shape>
+                <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1735" DrawAspect="Icon" ObjectID="_1832351618" r:id="rId37">
+                  <o:FieldCodes>\s</o:FieldCodes>
+                </o:OLEObject>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA012E" w:rsidRPr="000726E5" w14:paraId="2F7FA89B" w14:textId="77777777" w:rsidTr="00D210F1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="437" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09835858" w14:textId="710576A3" w:rsidR="00BA012E" w:rsidRPr="000C5BF9" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C5BF9">
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8238" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="41D8488F" w14:textId="029B9C6C" w:rsidR="00BA012E" w:rsidRPr="00BA012E" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA012E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Анкета юридического лица </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA012E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(оригинал </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA012E">
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>на бумажном носителе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA012E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или электронный документ)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EE0E018" w14:textId="04E4A54C" w:rsidR="00BA012E" w:rsidRPr="00BA012E" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="19" w:name="_MON_1665587609"/>
+        <w:bookmarkEnd w:id="19"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1673" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6401AE11" w14:textId="54540A9A" w:rsidR="00BA012E" w:rsidRPr="00BA012E" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA012E">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:object w:dxaOrig="1543" w:dyaOrig="991" w14:anchorId="37279CE6">
+                <v:shape id="_x0000_i1736" type="#_x0000_t75" style="width:77.25pt;height:49.5pt" o:ole="">
+                  <v:imagedata r:id="rId38" o:title=""/>
+                </v:shape>
+                <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1736" DrawAspect="Icon" ObjectID="_1832351619" r:id="rId39">
+                  <o:FieldCodes>\s</o:FieldCodes>
+                </o:OLEObject>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA012E" w:rsidRPr="000726E5" w14:paraId="063755EE" w14:textId="77777777" w:rsidTr="00D210F1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="437" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="772D7BE9" w14:textId="3E020A06" w:rsidR="00BA012E" w:rsidRPr="000C5BF9" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C5BF9">
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8238" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="786C9CBF" w14:textId="77777777" w:rsidR="00BA012E" w:rsidRPr="00BA012E" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA012E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Заявление о предоставлении Услуг ИТС (оригинал на бумажном носителе или электронный документ)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26F7835F" w14:textId="79C637F4" w:rsidR="00BA012E" w:rsidRPr="00BA012E" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="20" w:name="_MON_1660661270"/>
+        <w:bookmarkEnd w:id="20"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1673" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00779261" w14:textId="16FE8D35" w:rsidR="00BA012E" w:rsidRPr="00BA012E" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA012E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:object w:dxaOrig="1543" w:dyaOrig="991" w14:anchorId="3E7BDC3B">
+                <v:shape id="_x0000_i1737" type="#_x0000_t75" style="width:77.25pt;height:49.5pt" o:ole="">
+                  <v:imagedata r:id="rId40" o:title=""/>
+                </v:shape>
+                <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1737" DrawAspect="Icon" ObjectID="_1832351620" r:id="rId41">
+                  <o:FieldCodes>\s</o:FieldCodes>
+                </o:OLEObject>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA012E" w:rsidRPr="000726E5" w14:paraId="0F77FFB5" w14:textId="77777777" w:rsidTr="00D210F1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="437" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="744187DB" w14:textId="1E0A0833" w:rsidR="00BA012E" w:rsidRPr="000C5BF9" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C5BF9">
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8238" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="2615F77E" w14:textId="11BEE230" w:rsidR="00BA012E" w:rsidRPr="00BA012E" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="21" w:name="_Hlk58336760"/>
+            <w:r w:rsidRPr="00BA012E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Перечень аффилированных производителей товара </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="21"/>
+            <w:r w:rsidRPr="00BA012E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(оригинал </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA012E">
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>на бумажном носителе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA012E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или электронный документ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="22" w:name="_MON_1683385141"/>
+        <w:bookmarkEnd w:id="22"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1673" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33C45EDC" w14:textId="0AC89483" w:rsidR="00BA012E" w:rsidRPr="00BA012E" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA012E">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:object w:dxaOrig="1543" w:dyaOrig="1000" w14:anchorId="4BF61731">
+                <v:shape id="_x0000_i1738" type="#_x0000_t75" style="width:77.25pt;height:50.25pt" o:ole="">
+                  <v:imagedata r:id="rId42" o:title=""/>
+                </v:shape>
+                <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1738" DrawAspect="Icon" ObjectID="_1832351621" r:id="rId43">
+                  <o:FieldCodes>\s</o:FieldCodes>
+                </o:OLEObject>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA012E" w:rsidRPr="000726E5" w14:paraId="1193B1AE" w14:textId="77777777" w:rsidTr="00D210F1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="437" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31EBDD86" w14:textId="711780AE" w:rsidR="00BA012E" w:rsidRPr="000726E5" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000726E5">
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9911" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EED30FE" w14:textId="26F6B0A8" w:rsidR="00BA012E" w:rsidRPr="000C5BF9" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C5BF9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Копии бухгалтерского баланса (форма 0710001) и отчета о финансовых результатах (форма 0710002) юридического лица за отчетный год с отметкой налоговой инспекции в форме электронного документа или в электронном виде с одновременным представлением на бумажном носителе, заверенные подписью уполномоченного лица и печатью (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="409E3CEA" w14:textId="4D06CAF5" w:rsidR="00BA012E" w:rsidRPr="000C5BF9" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C5BF9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Копии бухгалтерского баланса (форма 0710001) и отчета о финансовых результатах (форма 0710002) юридического лица за последний отчетный период (в случае если последний отчетный период отличается от отчетного года), а также аналогичный период прошлого года в форме электронного документа или в электронном виде с одновременным представлением на бумажном носителе, заверенные подписью уполномоченного лица и печатью (при наличии).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA012E" w:rsidRPr="000726E5" w14:paraId="74D5EBE1" w14:textId="77777777" w:rsidTr="00D210F1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="437" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08A946C5" w14:textId="0E1AAFC4" w:rsidR="00BA012E" w:rsidRPr="000726E5" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9911" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="776A4FF7" w14:textId="381D6E8B" w:rsidR="00BA012E" w:rsidRPr="000726E5" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000726E5">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>В отношении представителя Кандидата:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="448ABCED" w14:textId="4F0E64D9" w:rsidR="00BA012E" w:rsidRPr="000726E5" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000726E5">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>- оригинал доверенности, или нотариально удостоверенная копия, или копия, заверенная лицом, выдавшим указанную доверенность на представителя Кандидата, уполномоченного осуществлять действия (операции) от имени юридического лица во взаимоотношениях с Биржей, включая полномочия по подписанию необходимых документов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="407C1F9F" w14:textId="284F00AE" w:rsidR="00BA012E" w:rsidRPr="000726E5" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000726E5">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>- в случае если доверенность предоставляет полномочия на совершение операций с денежными средствами или иным имуществом, дополнительно предоставляется копия документа, удостоверяющего личность представителя Кандидата, заверенная подписью уполномоченного лица и печатью Кандидата (при наличии) или письмо юридического лица в произвольной форме, содержащее следующие сведения о представителе Кандидата: фамилия, имя, отчество (при наличии), гражданство, реквизиты документа, удостоверяющего личность, дату и место рождения, адресе места жительства (регистрации) или места пребывания, заверенное подписью уполномоченного лица и печатью юридического лица (при наличии) при одновременном предоставлении оригинала или копии документа, удостоверяющего личность представителя Участника торгов/Кандидата, заверенной подписью уполномоченного лица и печатью юридического лица (при наличии) для сверки предоставленных сведений;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA012E" w:rsidRPr="000726E5" w14:paraId="2D413C9E" w14:textId="77777777" w:rsidTr="00D210F1">
+        <w:trPr>
+          <w:trHeight w:val="4106"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="437" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="099977CF" w14:textId="1024EBAB" w:rsidR="00BA012E" w:rsidRPr="000726E5" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9911" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="39D22B7A" w14:textId="77777777" w:rsidR="00BA012E" w:rsidRPr="000726E5" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000726E5">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В случае если </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000726E5">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>физическое лицо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000726E5">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, на которое требуется предоставить копию документа, удостоверяющего личность, является </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000726E5">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>иностранным гражданином</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000726E5">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (лицом без гражданства), пребывающим в Российской Федерации, то дополнительно необходимо предоставить:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EDAB505" w14:textId="1ECCB175" w:rsidR="00BA012E" w:rsidRPr="000726E5" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000726E5">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>- заверенную подписью уполномоченного лица и печатью Кандидата (при наличии) копию документа, подтверждающего право иностранного гражданина (лица без гражданства) на пребывание (проживание) в Российской Федерации (вид на жительство, разрешение на временное проживание, виза, иной документ, подтверждающий в соответствии с законодательством Российской Федерации право иностранного гражданина или лица без гражданства на пребывание (проживание) в Российской Федерации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F4FF543" w14:textId="2DC08B27" w:rsidR="00BA012E" w:rsidRPr="000726E5" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000726E5">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>- заверенную подписью уполномоченного лица и печатью Кандидата (при наличии) копию миграционной карты;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="666E3702" w14:textId="2F6A32E3" w:rsidR="00BA012E" w:rsidRPr="000726E5" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000726E5">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>- письмо со сведениями об адресе места жительства (регистрации) или места пребывания (в случае если такая информация не содержится в иных документах, предоставленных в соответствии с настоящим списком).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA012E" w:rsidRPr="000726E5" w14:paraId="62E8E906" w14:textId="77777777" w:rsidTr="00D210F1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="437" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B25B08A" w14:textId="5CCC09FA" w:rsidR="00BA012E" w:rsidRPr="000726E5" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9911" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FF27115" w14:textId="504209DB" w:rsidR="00BA012E" w:rsidRPr="000726E5" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000726E5">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Иные документы, которые могут быть запрошены Биржей в необходимых случаях, также Биржа вправе потребовать уточнения информации, содержащейся в ранее предоставленных документах.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA012E" w:rsidRPr="000726E5" w14:paraId="4E593C41" w14:textId="77777777" w:rsidTr="00D210F1">
+        <w:trPr>
+          <w:trHeight w:val="372"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10348" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="026DEE3D" w14:textId="1A15184A" w:rsidR="00BA012E" w:rsidRPr="000726E5" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:pBdr>
+                <w:left w:val="single" w:sz="18" w:space="4" w:color="C00000"/>
+              </w:pBdr>
+              <w:shd w:val="solid" w:color="8064A2" w:themeColor="accent4" w:fill="auto"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="23" w:name="_Toc488759371"/>
+            <w:r w:rsidRPr="000726E5">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Для получения допуска в категории «Продавец с ГО» и «Продавец без ГО» Кандидат дополнительно предоставляет на Биржу:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA012E" w:rsidRPr="000726E5" w14:paraId="4A35E10A" w14:textId="77777777" w:rsidTr="00D210F1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="474" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="506955E4" w14:textId="528501F0" w:rsidR="00BA012E" w:rsidRPr="000726E5" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000726E5">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9874" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="7410F938" w14:textId="0D91AC40" w:rsidR="00BA012E" w:rsidRPr="000726E5" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000726E5">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Письмо за подписью ЕИО Базиса о том, что Участник торгов/Кандидат аффилирован с Базисом и может реализовывать товар на организованных торгах, проводимых Биржей, на данном Базисе. Письмо должно содержать обязательство Базиса отгрузить товар, реализованный на Базисе Участником торгов на организованных торгах, проводимых Биржей, и осуществить функции грузоотправителя при отгрузке товара Покупателям, приобретшим товар на организованных торгах, проводимых Биржей.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA012E" w:rsidRPr="000726E5" w14:paraId="71A99980" w14:textId="77777777" w:rsidTr="00D210F1">
+        <w:trPr>
+          <w:trHeight w:val="447"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="474" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="100714AD" w14:textId="53A83ECF" w:rsidR="00BA012E" w:rsidRPr="000726E5" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000726E5">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9874" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AB0F4BB" w14:textId="4C9A6529" w:rsidR="00BA012E" w:rsidRPr="000726E5" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000726E5">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Налоговая декларация по налогу на добавленную стоимость (форма по КНД 1151001) и документ, содержащий отметку налоговой инспекции о сдаче указанной налоговой декларации в форме электронного документа или в электронном виде с одновременным представлением на бумажном носителе, заверенные подписью уполномоченного лица и печатью (при наличии).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="23"/>
+      <w:tr w:rsidR="00BA012E" w:rsidRPr="000726E5" w14:paraId="1E1E34DD" w14:textId="77777777" w:rsidTr="00D210F1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10348" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="09C306FD" w14:textId="1D821C4B" w:rsidR="00BA012E" w:rsidRPr="000726E5" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:pBdr>
+                <w:left w:val="single" w:sz="18" w:space="4" w:color="C00000"/>
+              </w:pBdr>
+              <w:shd w:val="solid" w:color="8064A2" w:themeColor="accent4" w:fill="auto"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000726E5">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3.Технический доступ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19EFC325" w14:textId="129E9D26" w:rsidR="00BA012E" w:rsidRPr="000726E5" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000726E5">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Подробная информация об Интегрированном технологическом сервисе: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000726E5">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>https</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000726E5">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>://</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000726E5">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000726E5">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000726E5">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>namex</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000726E5">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000726E5">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>org</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000726E5">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000726E5">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ru</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000726E5">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000726E5">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>techservice</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA012E" w:rsidRPr="000726E5" w14:paraId="3E1133F3" w14:textId="77777777" w:rsidTr="008A3447">
+        <w:trPr>
+          <w:trHeight w:val="834"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="07DED4A3" w14:textId="77777777" w:rsidR="00BA012E" w:rsidRPr="000726E5" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000726E5">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8190" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C6BC6E3" w14:textId="77777777" w:rsidR="00BA012E" w:rsidRPr="000726E5" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000726E5">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заявление об идентификаторах </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000726E5">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(оригинал на бумажном носителе или электронный документ)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DB9D8BE" w14:textId="77777777" w:rsidR="00BA012E" w:rsidRPr="000726E5" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:tooltip="Скачать" w:history="1">
               <w:r w:rsidRPr="000726E5">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>Инструкция по отправке документов через ЛКУ</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="000726E5">
+          </w:p>
+          <w:p w14:paraId="0A90163C" w14:textId="4DBCC88A" w:rsidR="00BA012E" w:rsidRPr="000726E5" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="24" w:name="_MON_1698733879"/>
+        <w:bookmarkEnd w:id="24"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1673" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54B1A4EE" w14:textId="107F19C8" w:rsidR="00BA012E" w:rsidRPr="00BA012E" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="a5"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-              <w:t>:</w:t>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA012E">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:object w:dxaOrig="1543" w:dyaOrig="991" w14:anchorId="770CC360">
+                <v:shape id="_x0000_i2114" type="#_x0000_t75" style="width:77.25pt;height:49.5pt" o:ole="">
+                  <v:imagedata r:id="rId45" o:title=""/>
+                </v:shape>
+                <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i2114" DrawAspect="Icon" ObjectID="_1832351622" r:id="rId46">
+                  <o:FieldCodes>\s</o:FieldCodes>
+                </o:OLEObject>
+              </w:object>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E753D2" w:rsidRPr="000726E5" w14:paraId="14DAC036" w14:textId="77777777" w:rsidTr="000726E5">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00BA012E" w:rsidRPr="000726E5" w14:paraId="1A24B38E" w14:textId="77777777" w:rsidTr="00D210F1">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="437" w:type="dxa"/>
+            <w:tcW w:w="10348" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="3A58AF38" w14:textId="2FE31926" w:rsidR="00E753D2" w:rsidRPr="000726E5" w:rsidRDefault="00E753D2" w:rsidP="00E753D2">
-[...130 lines deleted...]
-          <w:p w14:paraId="41D8488F" w14:textId="029B9C6C" w:rsidR="0030259A" w:rsidRPr="000726E5" w:rsidRDefault="0030259A" w:rsidP="0030259A">
+          <w:p w14:paraId="0572A4B0" w14:textId="7C2F78C6" w:rsidR="00BA012E" w:rsidRPr="000726E5" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rStyle w:val="a5"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000726E5">
               <w:rPr>
-                <w:sz w:val="22"/>
-[...419 lines deleted...]
-              <w:rPr>
                 <w:rStyle w:val="a5"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve">За уточнением комплекта документов для подключения </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="25" w:name="_Hlk57705882"/>
             <w:r w:rsidRPr="000726E5">
-              <w:rPr>
-[...298 lines deleted...]
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="a5"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>необходимо обратиться в отдел организации технического доступа (</w:t>
+            </w:r>
             <w:r w:rsidRPr="000726E5">
               <w:rPr>
-                <w:sz w:val="22"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">- в случае если доверенность предоставляет полномочия на совершение операций с денежными средствами или иным имуществом, дополнительно предоставляется копия документа, удостоверяющего личность представителя Кандидата, заверенная подписью уполномоченного лица и печатью Кандидата (при наличии) или письмо юридического лица в произвольной форме, содержащее следующие сведения о представителе Кандидата: фамилия, имя, отчество (при наличии), гражданство, реквизиты документа, удостоверяющего личность, дату и место рождения, адресе места жительства (регистрации) или места пребывания, заверенное подписью уполномоченного лица и печатью юридического лица (при наличии) при одновременном предоставлении оригинала или копии документа, удостоверяющего личность </w:t>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>+7 (495) 363-32-32, доб. 3377</w:t>
             </w:r>
             <w:r w:rsidRPr="000726E5">
-              <w:rPr>
-[...612 lines deleted...]
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="a5"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
               </w:rPr>
-            </w:pPr>
-[...110 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> или </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r w:rsidRPr="000726E5">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>help</w:t>
               </w:r>
               <w:r w:rsidRPr="000726E5">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>@</w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
               <w:r w:rsidRPr="000726E5">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
@@ -3596,2178 +3506,599 @@
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>.</w:t>
               </w:r>
               <w:r w:rsidRPr="000726E5">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="000726E5">
               <w:rPr>
                 <w:rStyle w:val="a5"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
+            <w:bookmarkEnd w:id="25"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F72B6" w:rsidRPr="000726E5" w14:paraId="3DA46B15" w14:textId="77777777" w:rsidTr="000726E5">
+      <w:tr w:rsidR="00BA012E" w:rsidRPr="000726E5" w14:paraId="6EF14E09" w14:textId="77777777" w:rsidTr="00D210F1">
         <w:trPr>
           <w:trHeight w:val="520"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10722" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="10348" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="39177EA6" w14:textId="79FD1487" w:rsidR="004F72B6" w:rsidRPr="000726E5" w:rsidRDefault="00EC5C71" w:rsidP="004F72B6">
+          <w:p w14:paraId="5EDD76AB" w14:textId="75C1AE32" w:rsidR="00BA012E" w:rsidRPr="000726E5" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:pBdr>
                 <w:left w:val="single" w:sz="18" w:space="4" w:color="C00000"/>
               </w:pBdr>
               <w:shd w:val="solid" w:color="8064A2" w:themeColor="accent4" w:fill="auto"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000726E5">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>4.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="004F72B6" w:rsidRPr="000726E5">
+              <w:lastRenderedPageBreak/>
+              <w:t>Клиринговые отчеты</w:t>
+            </w:r>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="10093" w:type="dxa"/>
+              <w:tblBorders>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="15" w:type="dxa"/>
+                <w:left w:w="15" w:type="dxa"/>
+                <w:bottom w:w="15" w:type="dxa"/>
+                <w:right w:w="15" w:type="dxa"/>
+              </w:tblCellMar>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="1057"/>
+              <w:gridCol w:w="3191"/>
+              <w:gridCol w:w="5845"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00BA012E" w:rsidRPr="000C5BF9" w14:paraId="516D3214" w14:textId="77777777" w:rsidTr="008A3447">
+              <w:trPr>
+                <w:trHeight w:val="423"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1057" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FAFBFC"/>
+                  <w:tcMar>
+                    <w:top w:w="192" w:type="dxa"/>
+                    <w:left w:w="192" w:type="dxa"/>
+                    <w:bottom w:w="192" w:type="dxa"/>
+                    <w:right w:w="192" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="5E4AC613" w14:textId="77777777" w:rsidR="00BA012E" w:rsidRPr="000C5BF9" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="000C5BF9">
+                    <w:rPr>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Код отчета</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3191" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FAFBFC"/>
+                  <w:tcMar>
+                    <w:top w:w="192" w:type="dxa"/>
+                    <w:left w:w="192" w:type="dxa"/>
+                    <w:bottom w:w="192" w:type="dxa"/>
+                    <w:right w:w="192" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="759DA4EF" w14:textId="77777777" w:rsidR="00BA012E" w:rsidRPr="000C5BF9" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="000C5BF9">
+                    <w:rPr>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Наименование</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="5845" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FAFBFC"/>
+                  <w:tcMar>
+                    <w:top w:w="192" w:type="dxa"/>
+                    <w:left w:w="192" w:type="dxa"/>
+                    <w:bottom w:w="192" w:type="dxa"/>
+                    <w:right w:w="192" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="3BCD6374" w14:textId="77777777" w:rsidR="00BA012E" w:rsidRPr="000C5BF9" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="000C5BF9">
+                    <w:rPr>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Описание отчета</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00BA012E" w:rsidRPr="000C5BF9" w14:paraId="1F53D231" w14:textId="77777777" w:rsidTr="000C5BF9">
+              <w:trPr>
+                <w:trHeight w:val="463"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1057" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="192" w:type="dxa"/>
+                    <w:left w:w="192" w:type="dxa"/>
+                    <w:bottom w:w="192" w:type="dxa"/>
+                    <w:right w:w="192" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="65271A68" w14:textId="77777777" w:rsidR="00BA012E" w:rsidRPr="000C5BF9" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="000C5BF9">
+                    <w:rPr>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>MS28T</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3191" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="192" w:type="dxa"/>
+                    <w:left w:w="192" w:type="dxa"/>
+                    <w:bottom w:w="192" w:type="dxa"/>
+                    <w:right w:w="192" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="282CEC43" w14:textId="77777777" w:rsidR="00BA012E" w:rsidRPr="000C5BF9" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="000C5BF9">
+                    <w:rPr>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Отчет о регистрации и исполнении обязательств</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="5845" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="192" w:type="dxa"/>
+                    <w:left w:w="192" w:type="dxa"/>
+                    <w:bottom w:w="192" w:type="dxa"/>
+                    <w:right w:w="192" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="5E709011" w14:textId="77777777" w:rsidR="00BA012E" w:rsidRPr="000C5BF9" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="000C5BF9">
+                    <w:rPr>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Содержит информацию о зарегистрированных и исполненных обязательствах по договорам купли-продажи по денежным средствам / товарам</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00BA012E" w:rsidRPr="000C5BF9" w14:paraId="40A6B694" w14:textId="77777777" w:rsidTr="000C5BF9">
+              <w:trPr>
+                <w:trHeight w:val="231"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1057" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="192" w:type="dxa"/>
+                    <w:left w:w="192" w:type="dxa"/>
+                    <w:bottom w:w="192" w:type="dxa"/>
+                    <w:right w:w="192" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="6DB3587F" w14:textId="77777777" w:rsidR="00BA012E" w:rsidRPr="000C5BF9" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="000C5BF9">
+                    <w:rPr>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>MS38T</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3191" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="192" w:type="dxa"/>
+                    <w:left w:w="192" w:type="dxa"/>
+                    <w:bottom w:w="192" w:type="dxa"/>
+                    <w:right w:w="192" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="1456F0E8" w14:textId="77777777" w:rsidR="00BA012E" w:rsidRPr="000C5BF9" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="000C5BF9">
+                    <w:rPr>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Отчет об обеспечении</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="5845" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="192" w:type="dxa"/>
+                    <w:left w:w="192" w:type="dxa"/>
+                    <w:bottom w:w="192" w:type="dxa"/>
+                    <w:right w:w="192" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="6664B5FE" w14:textId="77777777" w:rsidR="00BA012E" w:rsidRPr="000C5BF9" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="000C5BF9">
+                    <w:rPr>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Содержит информацию о размере обеспечения (в рублях)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00BA012E" w:rsidRPr="000C5BF9" w14:paraId="177F63D5" w14:textId="77777777" w:rsidTr="000C5BF9">
+              <w:trPr>
+                <w:trHeight w:val="463"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1057" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="192" w:type="dxa"/>
+                    <w:left w:w="192" w:type="dxa"/>
+                    <w:bottom w:w="192" w:type="dxa"/>
+                    <w:right w:w="192" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="56B7156B" w14:textId="77777777" w:rsidR="00BA012E" w:rsidRPr="000C5BF9" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="000C5BF9">
+                    <w:rPr>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>GS18F</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3191" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="192" w:type="dxa"/>
+                    <w:left w:w="192" w:type="dxa"/>
+                    <w:bottom w:w="192" w:type="dxa"/>
+                    <w:right w:w="192" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="48BD98EA" w14:textId="77777777" w:rsidR="00BA012E" w:rsidRPr="000C5BF9" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="000C5BF9">
+                    <w:rPr>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Отчет о клиринговой комиссии</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="5845" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="192" w:type="dxa"/>
+                    <w:left w:w="192" w:type="dxa"/>
+                    <w:bottom w:w="192" w:type="dxa"/>
+                    <w:right w:w="192" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="2CA02A31" w14:textId="77777777" w:rsidR="00BA012E" w:rsidRPr="000C5BF9" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="000C5BF9">
+                    <w:rPr>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Содержит информацию о рассчитанных комиссионных вознаграждениях по договорам купли-продажи в пользу Клирингового центра и Биржи</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="43A3689E" w14:textId="18BD75C7" w:rsidR="00BA012E" w:rsidRPr="000726E5" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
-                <w:b/>
-[...26 lines deleted...]
-                <w:rStyle w:val="a5"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E4469" w:rsidRPr="000726E5" w14:paraId="07844888" w14:textId="77777777" w:rsidTr="000726E5">
+      <w:tr w:rsidR="00BA012E" w:rsidRPr="000726E5" w14:paraId="4C764E99" w14:textId="77777777" w:rsidTr="00D210F1">
         <w:trPr>
-          <w:trHeight w:val="520"/>
+          <w:trHeight w:val="1316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8675" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="10348" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="1981CE3D" w14:textId="77777777" w:rsidR="002E4469" w:rsidRPr="000726E5" w:rsidRDefault="002E4469" w:rsidP="002E4469">
-[...233 lines deleted...]
-          <w:p w14:paraId="5EDD76AB" w14:textId="75C1AE32" w:rsidR="000257BF" w:rsidRPr="000726E5" w:rsidRDefault="000257BF" w:rsidP="000257BF">
+          <w:p w14:paraId="5C3BC615" w14:textId="4BDE4EE7" w:rsidR="00BA012E" w:rsidRPr="000726E5" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:pBdr>
                 <w:left w:val="single" w:sz="18" w:space="4" w:color="C00000"/>
               </w:pBdr>
               <w:shd w:val="solid" w:color="8064A2" w:themeColor="accent4" w:fill="auto"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000726E5">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>Клиринговые отчеты</w:t>
+              <w:t xml:space="preserve">Торговые отчеты </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="711E63DF" w14:textId="77777777" w:rsidR="000257BF" w:rsidRPr="000726E5" w:rsidRDefault="000257BF" w:rsidP="000257BF">
+          <w:p w14:paraId="5F7D616B" w14:textId="680F28A0" w:rsidR="00BA012E" w:rsidRPr="000726E5" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
             <w:pPr>
-              <w:pStyle w:val="a9"/>
-[...5 lines deleted...]
-                <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000726E5">
-[...194 lines deleted...]
-              <w:r w:rsidR="007C29F4" w:rsidRPr="000726E5">
+            <w:hyperlink r:id="rId48" w:tooltip="Скачать" w:history="1">
+              <w:r w:rsidRPr="000726E5">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>Отчетные документы и иные формы документов спот-рынка АО НТБ</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="040B2FB4" w14:textId="1B2B197C" w:rsidR="007C29F4" w:rsidRPr="000726E5" w:rsidRDefault="007C29F4" w:rsidP="007C29F4">
+          <w:p w14:paraId="040B2FB4" w14:textId="1B2B197C" w:rsidR="00BA012E" w:rsidRPr="000726E5" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000726E5">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Выписка из реестра заявок</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D777FFF" w14:textId="69F2CEA6" w:rsidR="0057270D" w:rsidRPr="000726E5" w:rsidRDefault="007C29F4" w:rsidP="00E753D2">
+          <w:p w14:paraId="5D777FFF" w14:textId="69F2CEA6" w:rsidR="00BA012E" w:rsidRPr="000726E5" w:rsidRDefault="00BA012E" w:rsidP="00BA012E">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000726E5">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Выписка из реестра договоров</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E753D2" w:rsidRPr="000726E5" w14:paraId="07414607" w14:textId="77777777" w:rsidTr="000726E5">
-[...1487 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="42E1C298" w14:textId="77777777" w:rsidR="00E753D2" w:rsidRPr="000726E5" w:rsidRDefault="00E753D2" w:rsidP="00510629">
-[...1 lines deleted...]
-        <w:ind w:left="-709"/>
+    <w:p w14:paraId="0E1641A2" w14:textId="77777777" w:rsidR="000C5BF9" w:rsidRPr="000726E5" w:rsidRDefault="000C5BF9" w:rsidP="009E71FE">
+      <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CA21079" w14:textId="5AB2D400" w:rsidR="009E71FE" w:rsidRPr="000726E5" w:rsidRDefault="009E71FE" w:rsidP="009E71FE">
-[...10 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId44"/>
+    <w:sectPr w:rsidR="000C5BF9" w:rsidRPr="000726E5" w:rsidSect="001F5B88">
+      <w:footerReference w:type="default" r:id="rId49"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="426" w:right="850" w:bottom="284" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3EF8B826" w14:textId="77777777" w:rsidR="001E2B76" w:rsidRDefault="001E2B76" w:rsidP="00A0002C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="08939A6A" w14:textId="77777777" w:rsidR="001E2B76" w:rsidRDefault="001E2B76" w:rsidP="00A0002C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
@@ -5813,56 +4144,54 @@
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:altName w:val="Device Font 10cpi"/>
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Baltica">
     <w:altName w:val="Times New Roman"/>
-    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-    <w:notTrueType/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000203" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000005" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-822351083"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="480978BA" w14:textId="1A3111A3" w:rsidR="00A0002C" w:rsidRDefault="00A0002C">
         <w:pPr>
           <w:pStyle w:val="af6"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
@@ -10331,107 +8660,110 @@
     <w:rsid w:val="000017E4"/>
     <w:rsid w:val="000033E7"/>
     <w:rsid w:val="00004310"/>
     <w:rsid w:val="0000502C"/>
     <w:rsid w:val="000059A9"/>
     <w:rsid w:val="00006861"/>
     <w:rsid w:val="00007F7C"/>
     <w:rsid w:val="00011523"/>
     <w:rsid w:val="00012056"/>
     <w:rsid w:val="0001623A"/>
     <w:rsid w:val="000164D7"/>
     <w:rsid w:val="00017948"/>
     <w:rsid w:val="000219B1"/>
     <w:rsid w:val="00023A57"/>
     <w:rsid w:val="00023E82"/>
     <w:rsid w:val="000257BF"/>
     <w:rsid w:val="00025F56"/>
     <w:rsid w:val="00027A36"/>
     <w:rsid w:val="00031DEB"/>
     <w:rsid w:val="00032085"/>
     <w:rsid w:val="00036395"/>
     <w:rsid w:val="0003744F"/>
     <w:rsid w:val="0004004D"/>
     <w:rsid w:val="00041245"/>
     <w:rsid w:val="0005056F"/>
+    <w:rsid w:val="000561CC"/>
     <w:rsid w:val="0006317B"/>
     <w:rsid w:val="000670AF"/>
     <w:rsid w:val="00070F93"/>
     <w:rsid w:val="000726E5"/>
     <w:rsid w:val="000759B1"/>
     <w:rsid w:val="00083411"/>
     <w:rsid w:val="00084F3B"/>
     <w:rsid w:val="00085CD3"/>
     <w:rsid w:val="000878F0"/>
     <w:rsid w:val="00087F73"/>
     <w:rsid w:val="000922B6"/>
     <w:rsid w:val="00093F66"/>
     <w:rsid w:val="000A022C"/>
     <w:rsid w:val="000A2A63"/>
     <w:rsid w:val="000A7691"/>
     <w:rsid w:val="000B02AC"/>
     <w:rsid w:val="000B22A6"/>
     <w:rsid w:val="000B3213"/>
     <w:rsid w:val="000B5D22"/>
     <w:rsid w:val="000C28A8"/>
     <w:rsid w:val="000C5B0B"/>
+    <w:rsid w:val="000C5BF9"/>
     <w:rsid w:val="000D20A1"/>
     <w:rsid w:val="000E1216"/>
     <w:rsid w:val="000E3B15"/>
     <w:rsid w:val="000E4B5E"/>
     <w:rsid w:val="000E5B68"/>
     <w:rsid w:val="000F29B0"/>
     <w:rsid w:val="000F517F"/>
     <w:rsid w:val="000F6C66"/>
     <w:rsid w:val="00100D05"/>
     <w:rsid w:val="00101856"/>
     <w:rsid w:val="00102991"/>
     <w:rsid w:val="00104CC4"/>
     <w:rsid w:val="00107661"/>
     <w:rsid w:val="001129B8"/>
     <w:rsid w:val="001160E1"/>
     <w:rsid w:val="0011658B"/>
     <w:rsid w:val="001228EA"/>
     <w:rsid w:val="00123792"/>
     <w:rsid w:val="001244DF"/>
     <w:rsid w:val="00127506"/>
     <w:rsid w:val="00131C2F"/>
     <w:rsid w:val="00131DCB"/>
     <w:rsid w:val="00137FAE"/>
     <w:rsid w:val="001402D3"/>
     <w:rsid w:val="00141FA2"/>
     <w:rsid w:val="001452B5"/>
     <w:rsid w:val="0014561D"/>
     <w:rsid w:val="001459B4"/>
     <w:rsid w:val="00154BEE"/>
     <w:rsid w:val="00156BCC"/>
     <w:rsid w:val="00167324"/>
     <w:rsid w:val="001708D4"/>
     <w:rsid w:val="001720B3"/>
     <w:rsid w:val="001726A7"/>
     <w:rsid w:val="00174F76"/>
     <w:rsid w:val="00175218"/>
+    <w:rsid w:val="001757D1"/>
     <w:rsid w:val="00177A68"/>
     <w:rsid w:val="001900F8"/>
     <w:rsid w:val="001904F1"/>
     <w:rsid w:val="00191DF1"/>
     <w:rsid w:val="0019306B"/>
     <w:rsid w:val="00193497"/>
     <w:rsid w:val="001A069C"/>
     <w:rsid w:val="001A2167"/>
     <w:rsid w:val="001A39E3"/>
     <w:rsid w:val="001A3A3F"/>
     <w:rsid w:val="001A7305"/>
     <w:rsid w:val="001B0BE4"/>
     <w:rsid w:val="001B1FAB"/>
     <w:rsid w:val="001B2153"/>
     <w:rsid w:val="001B5B28"/>
     <w:rsid w:val="001C3194"/>
     <w:rsid w:val="001C4A2B"/>
     <w:rsid w:val="001C560B"/>
     <w:rsid w:val="001C6AD8"/>
     <w:rsid w:val="001D1CF8"/>
     <w:rsid w:val="001D3EE8"/>
     <w:rsid w:val="001D604E"/>
     <w:rsid w:val="001E0CD8"/>
     <w:rsid w:val="001E2B76"/>
     <w:rsid w:val="001E32D2"/>
@@ -10629,58 +8961,60 @@
     <w:rsid w:val="005618CA"/>
     <w:rsid w:val="00561B1E"/>
     <w:rsid w:val="00561CC0"/>
     <w:rsid w:val="00564E2E"/>
     <w:rsid w:val="00567672"/>
     <w:rsid w:val="005677FA"/>
     <w:rsid w:val="0057096A"/>
     <w:rsid w:val="00571126"/>
     <w:rsid w:val="0057270D"/>
     <w:rsid w:val="005757EB"/>
     <w:rsid w:val="00581858"/>
     <w:rsid w:val="00586198"/>
     <w:rsid w:val="005878CF"/>
     <w:rsid w:val="00587B16"/>
     <w:rsid w:val="00591885"/>
     <w:rsid w:val="0059473B"/>
     <w:rsid w:val="0059575F"/>
     <w:rsid w:val="005A0824"/>
     <w:rsid w:val="005A26CF"/>
     <w:rsid w:val="005A2965"/>
     <w:rsid w:val="005A6036"/>
     <w:rsid w:val="005A67C3"/>
     <w:rsid w:val="005A7300"/>
     <w:rsid w:val="005A76FB"/>
     <w:rsid w:val="005B3CCC"/>
+    <w:rsid w:val="005B3DC2"/>
     <w:rsid w:val="005B3F32"/>
     <w:rsid w:val="005B56EA"/>
     <w:rsid w:val="005B6540"/>
     <w:rsid w:val="005B792A"/>
     <w:rsid w:val="005C26B6"/>
     <w:rsid w:val="005C45F0"/>
     <w:rsid w:val="005C7524"/>
     <w:rsid w:val="005D2E91"/>
+    <w:rsid w:val="005D302E"/>
     <w:rsid w:val="005D5891"/>
     <w:rsid w:val="005E0E80"/>
     <w:rsid w:val="005E7D51"/>
     <w:rsid w:val="005F0665"/>
     <w:rsid w:val="006017FD"/>
     <w:rsid w:val="00602BBF"/>
     <w:rsid w:val="00604D70"/>
     <w:rsid w:val="0061057F"/>
     <w:rsid w:val="006111FE"/>
     <w:rsid w:val="00611E0E"/>
     <w:rsid w:val="00614C0D"/>
     <w:rsid w:val="006155D1"/>
     <w:rsid w:val="006210ED"/>
     <w:rsid w:val="00625E09"/>
     <w:rsid w:val="00626159"/>
     <w:rsid w:val="00631E77"/>
     <w:rsid w:val="00631F37"/>
     <w:rsid w:val="00637DE6"/>
     <w:rsid w:val="00640479"/>
     <w:rsid w:val="00645DF3"/>
     <w:rsid w:val="00646D51"/>
     <w:rsid w:val="00651AE4"/>
     <w:rsid w:val="00652065"/>
     <w:rsid w:val="00652490"/>
     <w:rsid w:val="006552B7"/>
@@ -10767,50 +9101,51 @@
     <w:rsid w:val="008111F0"/>
     <w:rsid w:val="00812A52"/>
     <w:rsid w:val="00814AF2"/>
     <w:rsid w:val="00815A91"/>
     <w:rsid w:val="008273B8"/>
     <w:rsid w:val="008319E2"/>
     <w:rsid w:val="00845F6B"/>
     <w:rsid w:val="008535A3"/>
     <w:rsid w:val="00854777"/>
     <w:rsid w:val="0085561F"/>
     <w:rsid w:val="0086268F"/>
     <w:rsid w:val="00865065"/>
     <w:rsid w:val="00866401"/>
     <w:rsid w:val="00866678"/>
     <w:rsid w:val="00870278"/>
     <w:rsid w:val="00870B85"/>
     <w:rsid w:val="00875455"/>
     <w:rsid w:val="00881662"/>
     <w:rsid w:val="00887263"/>
     <w:rsid w:val="00891682"/>
     <w:rsid w:val="00893D16"/>
     <w:rsid w:val="0089732C"/>
     <w:rsid w:val="00897433"/>
     <w:rsid w:val="008A0B90"/>
     <w:rsid w:val="008A1E45"/>
+    <w:rsid w:val="008A3447"/>
     <w:rsid w:val="008A3C04"/>
     <w:rsid w:val="008A602C"/>
     <w:rsid w:val="008A6E52"/>
     <w:rsid w:val="008B0AA7"/>
     <w:rsid w:val="008B6992"/>
     <w:rsid w:val="008C00E2"/>
     <w:rsid w:val="008D443B"/>
     <w:rsid w:val="008E22A1"/>
     <w:rsid w:val="008E5AD4"/>
     <w:rsid w:val="008F2981"/>
     <w:rsid w:val="008F68BC"/>
     <w:rsid w:val="00900108"/>
     <w:rsid w:val="009002B4"/>
     <w:rsid w:val="0090150C"/>
     <w:rsid w:val="00903D06"/>
     <w:rsid w:val="00910E6F"/>
     <w:rsid w:val="00911223"/>
     <w:rsid w:val="00914BE9"/>
     <w:rsid w:val="00915B14"/>
     <w:rsid w:val="0091625C"/>
     <w:rsid w:val="009167F4"/>
     <w:rsid w:val="0091719C"/>
     <w:rsid w:val="00917D67"/>
     <w:rsid w:val="009224B0"/>
     <w:rsid w:val="00931359"/>
@@ -10915,50 +9250,51 @@
     <w:rsid w:val="00B02948"/>
     <w:rsid w:val="00B02BDC"/>
     <w:rsid w:val="00B075BA"/>
     <w:rsid w:val="00B115A5"/>
     <w:rsid w:val="00B12EBC"/>
     <w:rsid w:val="00B15124"/>
     <w:rsid w:val="00B161FA"/>
     <w:rsid w:val="00B20A63"/>
     <w:rsid w:val="00B3172A"/>
     <w:rsid w:val="00B31E7E"/>
     <w:rsid w:val="00B35436"/>
     <w:rsid w:val="00B41DF8"/>
     <w:rsid w:val="00B4307B"/>
     <w:rsid w:val="00B50662"/>
     <w:rsid w:val="00B5399F"/>
     <w:rsid w:val="00B56EC8"/>
     <w:rsid w:val="00B609FC"/>
     <w:rsid w:val="00B62FF5"/>
     <w:rsid w:val="00B71C78"/>
     <w:rsid w:val="00B72635"/>
     <w:rsid w:val="00B72B4F"/>
     <w:rsid w:val="00B761DC"/>
     <w:rsid w:val="00B773B9"/>
     <w:rsid w:val="00B77D01"/>
     <w:rsid w:val="00B96B22"/>
+    <w:rsid w:val="00BA012E"/>
     <w:rsid w:val="00BA2A10"/>
     <w:rsid w:val="00BA36FD"/>
     <w:rsid w:val="00BB7FB2"/>
     <w:rsid w:val="00BC1929"/>
     <w:rsid w:val="00BC3E9E"/>
     <w:rsid w:val="00BC79E1"/>
     <w:rsid w:val="00BC7A56"/>
     <w:rsid w:val="00BD229F"/>
     <w:rsid w:val="00BD2D12"/>
     <w:rsid w:val="00BD5C27"/>
     <w:rsid w:val="00BD5E4A"/>
     <w:rsid w:val="00BE0972"/>
     <w:rsid w:val="00BE225B"/>
     <w:rsid w:val="00BE6726"/>
     <w:rsid w:val="00BF2C81"/>
     <w:rsid w:val="00BF39C9"/>
     <w:rsid w:val="00BF3E86"/>
     <w:rsid w:val="00BF5CCC"/>
     <w:rsid w:val="00C021AF"/>
     <w:rsid w:val="00C03020"/>
     <w:rsid w:val="00C07A6F"/>
     <w:rsid w:val="00C11E1B"/>
     <w:rsid w:val="00C20D84"/>
     <w:rsid w:val="00C2348F"/>
     <w:rsid w:val="00C25518"/>
@@ -10997,50 +9333,51 @@
     <w:rsid w:val="00CB5AD0"/>
     <w:rsid w:val="00CC1C6E"/>
     <w:rsid w:val="00CC2F2A"/>
     <w:rsid w:val="00CC3F99"/>
     <w:rsid w:val="00CC6D85"/>
     <w:rsid w:val="00CD0601"/>
     <w:rsid w:val="00CD505A"/>
     <w:rsid w:val="00CD7B01"/>
     <w:rsid w:val="00CE48DF"/>
     <w:rsid w:val="00CE7D4F"/>
     <w:rsid w:val="00CF08E5"/>
     <w:rsid w:val="00CF1634"/>
     <w:rsid w:val="00CF6646"/>
     <w:rsid w:val="00D011D4"/>
     <w:rsid w:val="00D0250A"/>
     <w:rsid w:val="00D0263E"/>
     <w:rsid w:val="00D02BA5"/>
     <w:rsid w:val="00D07E96"/>
     <w:rsid w:val="00D12CB5"/>
     <w:rsid w:val="00D13019"/>
     <w:rsid w:val="00D1320A"/>
     <w:rsid w:val="00D14693"/>
     <w:rsid w:val="00D17551"/>
     <w:rsid w:val="00D17A43"/>
     <w:rsid w:val="00D2000C"/>
+    <w:rsid w:val="00D210F1"/>
     <w:rsid w:val="00D2171B"/>
     <w:rsid w:val="00D252A1"/>
     <w:rsid w:val="00D259B8"/>
     <w:rsid w:val="00D31A8E"/>
     <w:rsid w:val="00D31F40"/>
     <w:rsid w:val="00D34737"/>
     <w:rsid w:val="00D41057"/>
     <w:rsid w:val="00D42945"/>
     <w:rsid w:val="00D429F1"/>
     <w:rsid w:val="00D46D2B"/>
     <w:rsid w:val="00D51465"/>
     <w:rsid w:val="00D5173E"/>
     <w:rsid w:val="00D5267A"/>
     <w:rsid w:val="00D55514"/>
     <w:rsid w:val="00D6124E"/>
     <w:rsid w:val="00D65E31"/>
     <w:rsid w:val="00D65FD7"/>
     <w:rsid w:val="00D77B97"/>
     <w:rsid w:val="00D807A3"/>
     <w:rsid w:val="00D812F6"/>
     <w:rsid w:val="00D818E1"/>
     <w:rsid w:val="00D82C57"/>
     <w:rsid w:val="00D84497"/>
     <w:rsid w:val="00D94F26"/>
     <w:rsid w:val="00D952FD"/>
@@ -11601,50 +9938,73 @@
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a1"/>
     <w:next w:val="a1"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00E63A81"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="40">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="a1"/>
+    <w:link w:val="41"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000C5BF9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a2">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a3">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a4">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -12049,50 +10409,79 @@
     <w:basedOn w:val="a1"/>
     <w:link w:val="af7"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A0002C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af7">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a2"/>
     <w:link w:val="af6"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A0002C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="41">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a2"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000C5BF9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af8">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="a2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000C5BF9"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="32584421">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="324282435">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -12172,75 +10561,237 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="824127888">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="907108023">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="773089220">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="688727140">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2110738595">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1889762009">
+                  <w:marLeft w:val="-225"/>
+                  <w:marRight w:val="-225"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="2059815394">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="955527535">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="964316352">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+    </w:div>
+    <w:div w:id="967780069">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="850027644">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="527717236">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="702287744">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="635722866">
+                  <w:marLeft w:val="-225"/>
+                  <w:marRight w:val="-225"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1262908802">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
     </w:div>
     <w:div w:id="971210042">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1002468078">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -12362,51 +10913,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2077240584">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.namex.org/ru/agro/documentsagro" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.moex.com/s1303" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cabinet.moex.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:help@moex.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tovar@moex.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.emf"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fs.moex.com/files/21585/36219" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fs.moex.com/files/23849/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://passport.moex.com/registration" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document1.docx"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document4.docx"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document6.docx"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fs.moex.com/files/14171/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pki@moex.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document2.docx"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nsd.ru/upload/docs/clearing/clearing_doc_list_2020_09_28.docx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fs.moex.com/files/14555/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.emf"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.emf"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nsd.ru/services/collateral-management/sugar/?tab=tab_0" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalclearingcentre.ru/connector?cmd=file&amp;target=B_XENsZWFyaW5nXNCa0LDQuiDRgdGC0LDRgtGMINCj0Jpc0JQt0YLRiyDQtNC70Y8g0YDQtdC30LjQtNC10L3RgtCwXNCd0L7QstCw0Y8g0YTQvtGA0LzQsC5kb2N4&amp;_t=1656330780" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document.docx"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fs.moex.com/files/17233/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nsd.ru/documents/clearing/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.moex.com/s1309" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document3.docx"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fs.moex.com/files/21378/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fs.moex.com/files/23850/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fs.moex.com/files/17233/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.emf"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document5.docx"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nsd.ru/services/collateral-management/sugar/?tab=tab_1" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.moex.com/s1303" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document7.docx"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tovar@moex.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cabinet.moex.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.emf"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:help@moex.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fs.moex.com/files/23849/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://passport.moex.com/registration" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document1.docx"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document5.docx"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.emf"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document10.docx"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fs.moex.com/files/14171/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pki@moex.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document3.docx"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document8.docx"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fs.moex.com/files/14555/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.emf"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document6.docx"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.emf"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalclearingcentre.ru/connector?cmd=file&amp;target=B_XENsZWFyaW5nXNCa0LDQuiDRgdGC0LDRgtGMINCj0Jpc0JQt0YLRiyDQtNC70Y8g0YDQtdC30LjQtNC10L3RgtCwXNCd0L7QstCw0Y8g0YTQvtGA0LzQsC5kb2N4&amp;_t=1656330780" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document.docx"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.emf"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.emf"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nsd.ru/documents/clearing/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.moex.com/s1309" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document4.docx"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fs.moex.com/files/17233/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fs.moex.com/files/21378/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fs.moex.com/files/23850/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document2.docx"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.emf"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fs.moex.com/files/17233/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document9.docx"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fs.moex.com/files/21585/36219" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.namex.org/ru/agro/documentsagro" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12659,82 +11210,82 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9660D2A4-9FD0-4C0E-817C-9CC4B8357AA8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{53FC4563-30D3-4108-A501-88972C12544A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>2340</Words>
-  <Characters>13340</Characters>
+  <Words>1805</Words>
+  <Characters>10293</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>111</Lines>
-  <Paragraphs>31</Paragraphs>
+  <Lines>85</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15649</CharactersWithSpaces>
+  <CharactersWithSpaces>12074</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Рекунова Наталья Александровна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>