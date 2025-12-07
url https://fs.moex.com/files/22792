--- v0 (2025-10-20)
+++ v1 (2025-12-07)
@@ -7,14062 +7,5314 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="docx" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="1FA6F2DD" w14:textId="77777777" w:rsidR="006E7918" w:rsidRDefault="00F30CD4" w:rsidP="00897433">
+    <w:p w14:paraId="1FA6F2DD" w14:textId="77777777" w:rsidR="006E7918" w:rsidRPr="003D1987" w:rsidRDefault="00F30CD4" w:rsidP="00897433">
       <w:pPr>
         <w:pStyle w:val="af2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="003D1987">
         <w:rPr>
           <w:color w:val="0070C0"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Перечень </w:t>
       </w:r>
-      <w:r w:rsidR="00E70C1E" w:rsidRPr="00E70C1E">
+      <w:r w:rsidR="00E70C1E" w:rsidRPr="003D1987">
         <w:rPr>
           <w:color w:val="0070C0"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">документов для допуска </w:t>
       </w:r>
-      <w:r w:rsidR="006E7918" w:rsidRPr="006E7918">
+      <w:r w:rsidR="006E7918" w:rsidRPr="003D1987">
         <w:rPr>
           <w:color w:val="0070C0"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">к участию в организованных торгах сельскохозяйственной продукцией и иными товарами на спот-рынке </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F98C43F" w14:textId="3B1B415A" w:rsidR="00897433" w:rsidRPr="00897433" w:rsidRDefault="006E7918" w:rsidP="00897433">
+    <w:p w14:paraId="5F98C43F" w14:textId="3B1B415A" w:rsidR="00897433" w:rsidRPr="003D1987" w:rsidRDefault="006E7918" w:rsidP="00897433">
       <w:pPr>
         <w:pStyle w:val="af2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E7918">
+      <w:r w:rsidRPr="003D1987">
         <w:rPr>
           <w:color w:val="0070C0"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>АО НТБ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="596ABF43" w14:textId="2A10BFBF" w:rsidR="00E70C1E" w:rsidRDefault="00E70C1E" w:rsidP="00E70C1E">
+    <w:p w14:paraId="596ABF43" w14:textId="2A10BFBF" w:rsidR="00E70C1E" w:rsidRPr="003D1987" w:rsidRDefault="00E70C1E" w:rsidP="00E70C1E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="0070C0"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="046B1D2B" w14:textId="66457579" w:rsidR="00B27276" w:rsidRPr="006106F5" w:rsidRDefault="00BA2A10" w:rsidP="001F45F6">
+    <w:p w14:paraId="046B1D2B" w14:textId="66457579" w:rsidR="00B27276" w:rsidRPr="003D1987" w:rsidRDefault="00BA2A10" w:rsidP="001F45F6">
       <w:pPr>
         <w:ind w:left="-709"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk38311008"/>
-      <w:r w:rsidRPr="006106F5">
+      <w:bookmarkStart w:id="0" w:name="_Hlk38311008"/>
+      <w:r w:rsidRPr="003D1987">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>НОРМАТИВНАЯ БАЗА</w:t>
       </w:r>
-      <w:r w:rsidR="001F45F6" w:rsidRPr="006106F5">
+      <w:r w:rsidR="001F45F6" w:rsidRPr="003D1987">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidR="00B27276" w:rsidRPr="006106F5">
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00B27276" w:rsidRPr="003D1987">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00B27276" w:rsidRPr="006106F5">
+      <w:r w:rsidR="00B27276" w:rsidRPr="003D1987">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> HYPERLINK "http://www.namex.org/ru/agroz/documentsagroz" </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B27276" w:rsidRPr="006106F5">
+      <w:r w:rsidR="00B27276" w:rsidRPr="003D1987">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B27276" w:rsidRPr="006106F5">
+      <w:r w:rsidR="00B27276" w:rsidRPr="003D1987">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>http://www.namex.org/ru/agroz/documentsagroz</w:t>
       </w:r>
-      <w:r w:rsidR="00B27276" w:rsidRPr="006106F5">
+      <w:r w:rsidR="00B27276" w:rsidRPr="003D1987">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3766D535" w14:textId="6447F131" w:rsidR="00626159" w:rsidRPr="006106F5" w:rsidRDefault="00AE4F5B" w:rsidP="001F45F6">
+    <w:p w14:paraId="3766D535" w14:textId="6447F131" w:rsidR="00626159" w:rsidRPr="003D1987" w:rsidRDefault="003D1987" w:rsidP="001F45F6">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:tooltip="Скачать" w:history="1">
-        <w:r w:rsidR="00CC644A" w:rsidRPr="006106F5">
+        <w:r w:rsidR="00CC644A" w:rsidRPr="003D1987">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Правила допуска к участию в организованных торгах сельскохозяйственной продукцией и иными товарами на спот-рынке АО НТБ</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00CC644A" w:rsidRPr="006106F5">
+      <w:r w:rsidR="00CC644A" w:rsidRPr="003D1987">
         <w:rPr>
           <w:color w:val="333333"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D2D8BA3" w14:textId="77777777" w:rsidR="00CC644A" w:rsidRPr="006106F5" w:rsidRDefault="00AE4F5B" w:rsidP="00CC644A">
+    <w:p w14:paraId="3D2D8BA3" w14:textId="77777777" w:rsidR="00CC644A" w:rsidRPr="003D1987" w:rsidRDefault="003D1987" w:rsidP="00CC644A">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="0000FF" w:themeColor="hyperlink"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:tooltip="Скачать" w:history="1">
-        <w:r w:rsidR="00CC644A" w:rsidRPr="006106F5">
+        <w:r w:rsidR="00CC644A" w:rsidRPr="003D1987">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Правила организованных торгов сельскохозяйственной продукцией и иными товарами на спот-рынке АО НТБ</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00CC644A" w:rsidRPr="006106F5">
+      <w:r w:rsidR="00CC644A" w:rsidRPr="003D1987">
         <w:rPr>
           <w:color w:val="333333"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EB58B0C" w14:textId="531CF6D2" w:rsidR="00CC644A" w:rsidRPr="006106F5" w:rsidRDefault="00AE4F5B" w:rsidP="00CC644A">
+    <w:p w14:paraId="5EB58B0C" w14:textId="531CF6D2" w:rsidR="00CC644A" w:rsidRPr="003D1987" w:rsidRDefault="003D1987" w:rsidP="00CC644A">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:ind w:left="-349"/>
         <w:rPr>
           <w:color w:val="0000FF" w:themeColor="hyperlink"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:tooltip="Скачать" w:history="1">
-        <w:r w:rsidR="00CC644A" w:rsidRPr="006106F5">
+        <w:r w:rsidR="00CC644A" w:rsidRPr="003D1987">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Условия Договора купли-продажи на пшеницу, используемые при заключении Договора на организованных торгах сельскохозяйственной продукцией и иными товарами на спот-рынке АО НТБ</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00CC644A" w:rsidRPr="006106F5">
+      <w:r w:rsidR="00CC644A" w:rsidRPr="003D1987">
         <w:rPr>
           <w:color w:val="333333"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A515A3C" w14:textId="1752CE00" w:rsidR="0086268F" w:rsidRPr="006106F5" w:rsidRDefault="0086268F" w:rsidP="00CC644A">
+    <w:p w14:paraId="7A515A3C" w14:textId="1752CE00" w:rsidR="0086268F" w:rsidRPr="003D1987" w:rsidRDefault="0086268F" w:rsidP="00CC644A">
       <w:pPr>
         <w:ind w:left="-709"/>
         <w:rPr>
           <w:color w:val="0000FF" w:themeColor="hyperlink"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006106F5">
+      <w:r w:rsidRPr="003D1987">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>КАТЕГОРИИ УЧАСТНИКА ТОРГОВ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BC67512" w14:textId="00E32E1F" w:rsidR="00291896" w:rsidRPr="006106F5" w:rsidRDefault="00291896" w:rsidP="00291896">
+    <w:p w14:paraId="0C6357A0" w14:textId="77777777" w:rsidR="00D05595" w:rsidRPr="003D1987" w:rsidRDefault="00291896" w:rsidP="00D05595">
       <w:pPr>
         <w:ind w:left="-709"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006106F5">
+      <w:r w:rsidRPr="003D1987">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Биржа определяет следующие категории Участников торгов:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2785F507" w14:textId="2D4AB579" w:rsidR="00291896" w:rsidRPr="006106F5" w:rsidRDefault="00291896" w:rsidP="00291896">
-[...1 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w14:paraId="4EC88653" w14:textId="77777777" w:rsidR="00D05595" w:rsidRPr="003D1987" w:rsidRDefault="00291896" w:rsidP="00D05595">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
-        <w:autoSpaceDN w:val="0"/>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006106F5">
+      <w:r w:rsidRPr="003D1987">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Продавец</w:t>
       </w:r>
-      <w:r w:rsidR="00CC644A" w:rsidRPr="006106F5">
+      <w:r w:rsidR="00CC644A" w:rsidRPr="003D1987">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="006106F5">
+      <w:r w:rsidRPr="003D1987">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11180BEF" w14:textId="2620B42E" w:rsidR="0086268F" w:rsidRPr="006106F5" w:rsidRDefault="00291896" w:rsidP="00C82616">
-[...1 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w14:paraId="11180BEF" w14:textId="7DD5FAD6" w:rsidR="0086268F" w:rsidRPr="003D1987" w:rsidRDefault="00291896" w:rsidP="00D05595">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
-        <w:autoSpaceDN w:val="0"/>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006106F5">
+      <w:r w:rsidRPr="003D1987">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Покупатель</w:t>
       </w:r>
-      <w:r w:rsidR="00CC644A" w:rsidRPr="006106F5">
+      <w:r w:rsidR="00CC644A" w:rsidRPr="003D1987">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="1504D809" w14:textId="77777777" w:rsidR="00D05595" w:rsidRPr="003D1987" w:rsidRDefault="00D05595" w:rsidP="00D05595">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:left="928"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ac"/>
         <w:tblW w:w="10348" w:type="dxa"/>
         <w:tblInd w:w="-714" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="456"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="436"/>
+        <w:gridCol w:w="2825"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="3146"/>
+        <w:gridCol w:w="540"/>
+        <w:gridCol w:w="83"/>
+        <w:gridCol w:w="1759"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F545E3" w14:paraId="52E44951" w14:textId="77777777" w:rsidTr="00461DC7">
+      <w:tr w:rsidR="00F545E3" w:rsidRPr="003D1987" w14:paraId="52E44951" w14:textId="77777777" w:rsidTr="00303CCA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="592C4444" w14:textId="6D1E65F8" w:rsidR="00CC644A" w:rsidRPr="006106F5" w:rsidRDefault="00CC644A" w:rsidP="00F545E3">
+          <w:p w14:paraId="592C4444" w14:textId="6D1E65F8" w:rsidR="00CC644A" w:rsidRPr="003D1987" w:rsidRDefault="00CC644A" w:rsidP="00F545E3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="120"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006106F5">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ТРЕБОВАНИЯ К КАНДИДАТУ</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="604E1238" w14:textId="3F7DD39F" w:rsidR="00F545E3" w:rsidRPr="006106F5" w:rsidRDefault="00F545E3" w:rsidP="00F545E3">
+          <w:p w14:paraId="604E1238" w14:textId="3F7DD39F" w:rsidR="00F545E3" w:rsidRPr="003D1987" w:rsidRDefault="00F545E3" w:rsidP="00F545E3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="120"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006106F5">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Для получения допуска к участию в торгах </w:t>
             </w:r>
-            <w:r w:rsidRPr="006106F5">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Кандидат </w:t>
             </w:r>
-            <w:r w:rsidRPr="006106F5">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">обязан выполнить следующие условия: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C4BE1C8" w14:textId="77777777" w:rsidR="00F545E3" w:rsidRPr="006106F5" w:rsidRDefault="00F545E3" w:rsidP="00920302">
+          <w:p w14:paraId="5C4BE1C8" w14:textId="77777777" w:rsidR="00F545E3" w:rsidRPr="003D1987" w:rsidRDefault="00F545E3" w:rsidP="00920302">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006106F5">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>предоставить на Биржу документы в соответствии с перечнем (Приложение 01 к Правилам допуска);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="340B9BAC" w14:textId="2A1C9F57" w:rsidR="00CC644A" w:rsidRPr="006106F5" w:rsidRDefault="00F545E3" w:rsidP="00920302">
+          <w:p w14:paraId="340B9BAC" w14:textId="2A1C9F57" w:rsidR="00CC644A" w:rsidRPr="003D1987" w:rsidRDefault="00F545E3" w:rsidP="00920302">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006106F5">
-[...140 lines deleted...]
-            <w:r w:rsidR="00CC644A" w:rsidRPr="006106F5">
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>предоставить на Биржу Договор об оказании услуг по проведению организованных торгов</w:t>
+            </w:r>
+            <w:r w:rsidR="004F47F9" w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, оформленный в двух подлинных экземплярах в соответствии с формой, установленной Приложением 02 к Правилам допуска</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC644A" w:rsidRPr="003D1987">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D14D4D1" w14:textId="33B7FA57" w:rsidR="00CC644A" w:rsidRPr="006106F5" w:rsidRDefault="00CC644A" w:rsidP="00920302">
+          <w:p w14:paraId="0D14D4D1" w14:textId="33B7FA57" w:rsidR="00CC644A" w:rsidRPr="003D1987" w:rsidRDefault="00CC644A" w:rsidP="00920302">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006106F5">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">заключить договор о предоставлении интегрированного технологического сервиса с Биржей (если такой договор не был заключен ранее) и обеспечить технический доступ к торгам, организатором которых является Биржа; </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D75EC92" w14:textId="77777777" w:rsidR="009B239E" w:rsidRPr="006106F5" w:rsidRDefault="00F545E3" w:rsidP="009B239E">
+          <w:p w14:paraId="2D75EC92" w14:textId="77777777" w:rsidR="009B239E" w:rsidRPr="003D1987" w:rsidRDefault="00F545E3" w:rsidP="009B239E">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006106F5">
-[...202 lines deleted...]
-            <w:r w:rsidR="00CC644A" w:rsidRPr="006106F5">
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>получить доступ к Системе электронного документооборота ПАО Московская Биржа в соответствии с Правилами ЭДО</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC644A" w:rsidRPr="003D1987">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41ED97C5" w14:textId="08A4985D" w:rsidR="00920302" w:rsidRPr="007E26FB" w:rsidRDefault="00920302" w:rsidP="009B239E">
+          <w:p w14:paraId="41ED97C5" w14:textId="08A4985D" w:rsidR="00920302" w:rsidRPr="003D1987" w:rsidRDefault="00920302" w:rsidP="009B239E">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...118 lines deleted...]
-              <w:t xml:space="preserve"> в качестве Участника клиринга.</w:t>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>получить допуск к клиринговому обслуживанию в Клиринговом центре в качестве Участника клиринга.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F545E3" w14:paraId="564DF7FB" w14:textId="77777777" w:rsidTr="00461DC7">
+      <w:tr w:rsidR="00D05595" w:rsidRPr="003D1987" w14:paraId="564DF7FB" w14:textId="77777777" w:rsidTr="00303CCA">
         <w:trPr>
-          <w:trHeight w:val="1838"/>
+          <w:trHeight w:val="1393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2422" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="10348" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="1ADD7FB8" w14:textId="23BF0CC4" w:rsidR="00F545E3" w:rsidRPr="006106F5" w:rsidRDefault="00F545E3" w:rsidP="00920302">
+          <w:p w14:paraId="727DDB2C" w14:textId="77777777" w:rsidR="00D05595" w:rsidRPr="003D1987" w:rsidRDefault="00D05595" w:rsidP="00D05595">
             <w:pPr>
               <w:pStyle w:val="a0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="006106F5">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Кандидат </w:t>
             </w:r>
-            <w:r w:rsidRPr="006106F5">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">в Участники торгов </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00920302" w:rsidRPr="006106F5">
+              <w:t xml:space="preserve">в Участники торгов категории </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">«Продавец» дополнительно обязан выполнить следующие условия: </w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...5 lines deleted...]
-          <w:p w14:paraId="0E3BF016" w14:textId="77777777" w:rsidR="00DB75C5" w:rsidRPr="006106F5" w:rsidRDefault="00920302" w:rsidP="00DB75C5">
+          <w:p w14:paraId="07F1916E" w14:textId="2895F589" w:rsidR="00D05595" w:rsidRPr="003D1987" w:rsidRDefault="00D05595" w:rsidP="00D05595">
             <w:pPr>
               <w:pStyle w:val="a0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="25"/>
+                <w:numId w:val="39"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-[...4 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>являться членом Хартии и разделять принципы, изложенные в Хартии;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E7980C6" w14:textId="2A4AAF83" w:rsidR="00F545E3" w:rsidRPr="006106F5" w:rsidRDefault="00920302" w:rsidP="00DB75C5">
+          <w:p w14:paraId="3E7980C6" w14:textId="2023A13C" w:rsidR="00D05595" w:rsidRPr="003D1987" w:rsidRDefault="00D05595" w:rsidP="00D05595">
             <w:pPr>
               <w:pStyle w:val="a0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="25"/>
+                <w:numId w:val="39"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="006106F5">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>соответствовать требованиям, предъявляемым к Сельхозтоваропроизводителю или Имущественному трейдеру, изложенным в Приложении 01 к Правилам допуска.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E63A81" w:rsidRPr="00193497" w14:paraId="5C0494DB" w14:textId="77777777" w:rsidTr="00461DC7">
+      <w:tr w:rsidR="00033393" w:rsidRPr="003D1987" w14:paraId="75CEA516" w14:textId="77777777" w:rsidTr="00303CCA">
         <w:trPr>
-          <w:trHeight w:val="1086"/>
+          <w:trHeight w:val="716"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="7345FFB5" w14:textId="08D1F148" w:rsidR="00E63A81" w:rsidRPr="0025692C" w:rsidRDefault="0025692C" w:rsidP="00E63A81">
-[...783 lines deleted...]
-              <w:pStyle w:val="Default"/>
+          <w:p w14:paraId="7A2EF089" w14:textId="50A84513" w:rsidR="00033393" w:rsidRPr="003D1987" w:rsidRDefault="00033393" w:rsidP="00D05595">
+            <w:pPr>
+              <w:pStyle w:val="a0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="33"/>
+                <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-[...73 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По вопросам подготовки документов для получения допуска к участию в торгах Вы можете обращаться на </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r w:rsidRPr="003D1987">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>tovar@moex.com</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233FA0" w14:paraId="1570863F" w14:textId="77777777" w:rsidTr="00461DC7">
-[...8619 lines deleted...]
-      <w:tr w:rsidR="0087570C" w14:paraId="3E1133F3" w14:textId="77777777" w:rsidTr="00461DC7">
+      <w:tr w:rsidR="00F80AE3" w:rsidRPr="003D1987" w14:paraId="5C86B363" w14:textId="77777777" w:rsidTr="00303CCA">
         <w:trPr>
-          <w:trHeight w:val="1124"/>
+          <w:trHeight w:val="716"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="39457072" w14:textId="0C446205" w:rsidR="0087570C" w:rsidRPr="0042435C" w:rsidRDefault="00D34E40" w:rsidP="0087570C">
+          <w:p w14:paraId="169E9354" w14:textId="5014931B" w:rsidR="00303CCA" w:rsidRPr="003D1987" w:rsidRDefault="003417DF" w:rsidP="003D1987">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
-              <w:pBdr>
-[...1 lines deleted...]
-              </w:pBdr>
               <w:shd w:val="solid" w:color="8064A2" w:themeColor="accent4" w:fill="auto"/>
-              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+                <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:spacing w:val="10"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+                <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:spacing w:val="10"/>
-                <w:sz w:val="28"/>
-[...156 lines deleted...]
-            </w:r>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Доступ к Системе электронного документооборота (ЭДО)</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D34E40" w14:paraId="0F76EBB0" w14:textId="77777777" w:rsidTr="00461DC7">
+      <w:tr w:rsidR="00F80AE3" w:rsidRPr="003D1987" w14:paraId="18E68022" w14:textId="77777777" w:rsidTr="00303CCA">
+        <w:trPr>
+          <w:trHeight w:val="410"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7792" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="10348" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="3CFC2B89" w14:textId="46981BF8" w:rsidR="00710491" w:rsidRDefault="00710491" w:rsidP="00710491">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="5C8A25B5" w14:textId="2BB4FB4F" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00303CCA" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:pStyle w:val="a0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Н</w:t>
+            </w:r>
+            <w:r w:rsidR="00F80AE3" w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...36 lines deleted...]
-              <w:spacing w:before="120" w:after="120"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>еобходимо предоставить:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54433707" w14:textId="0ABBAA8A" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:pStyle w:val="a0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rStyle w:val="a5"/>
-[...7 lines deleted...]
-              <w:r w:rsidR="00486E5C" w:rsidRPr="006106F5">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:tooltip="Скачать" w:history="1">
+              <w:r w:rsidRPr="003D1987">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Договор об участии в Системе электронного документооборота (для резидентов)</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, оформленный в двух подлинных экземплярах и подписанный уполномоченным лицом, а также скрепленный печатью Кандидата (при наличии), без указания номера/даты.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="341DD74C" w14:textId="5EBAA992" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:tgtFrame="_blank" w:tooltip="https://fs.moex.com/files/23849/" w:history="1">
+              <w:r w:rsidRPr="003D1987">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>Инструкция по отправке документов через ЛКУ</w:t>
-[...369 lines deleted...]
-                </w:rPr>
                 <w:t>Заявление на создание СКПЭП</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...42 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(необходимо выбрать следующий тип СКПЭП:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11B48455" w14:textId="0426DA3D" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="00E15F9B" wp14:editId="611D7F9E">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="60FA1A95" wp14:editId="75DAC0DC">
                   <wp:extent cx="4924425" cy="407996"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="2" name="Рисунок 2"/>
+                  <wp:docPr id="4" name="Рисунок 4"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name="Рисунок 1"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId33">
+                          <a:blip r:embed="rId14">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="5038298" cy="417431"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-        </w:tc>
-[...28 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="233482A4" w14:textId="698CEF06" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:tgtFrame="_blank" w:tooltip="https://fs.moex.com/files/23850/" w:history="1">
+              <w:r w:rsidRPr="003D1987">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Доверенность на владельца СКПЭП</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-              <w:r w:rsidRPr="00D67F2E">
+          </w:p>
+          <w:p w14:paraId="406B5708" w14:textId="3FD16692" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r w:rsidRPr="003D1987">
                 <w:rPr>
-                  <w:color w:val="0563C1"/>
-                  <w:u w:val="single"/>
+                  <w:rStyle w:val="a5"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>Доверенность на подписание электронной подписью электронных документов</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...1 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E54651">
-[...3 lines deleted...]
-          <w:p w14:paraId="029D56C1" w14:textId="527C8E36" w:rsidR="00D67F2E" w:rsidRPr="00E54651" w:rsidRDefault="00AE4F5B" w:rsidP="0053069E">
+          </w:p>
+          <w:p w14:paraId="70F6A246" w14:textId="5F58B7B8" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:r w:rsidR="00D67F2E">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>- Копия паспорта владельца СКПЭП, заверенная уполномоченным лицом или нотариально</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="720F7085" w14:textId="334A2DF2" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>- Скан копия свидетельства государственного пенсионного страхования (СНИЛС) владельца СКПЭП</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BF8F546" w14:textId="7B562804" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:tooltip="Скачать" w:history="1">
+              <w:r w:rsidRPr="003D1987">
                 <w:rPr>
-                  <w:color w:val="00427F"/>
-[...2 lines deleted...]
-                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:rStyle w:val="a5"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>Таблица соответствия для Доверенности новой формы</w:t>
+                <w:t>Заявление о предоставлении доступа к информационному обеспечению «Личный кабинет Участника»</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00D67F2E" w:rsidRPr="00581D85">
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...18 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
-              </w:rPr>
-[...225 lines deleted...]
-              <w:r w:rsidRPr="00DA6CA1">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(перед заполнением необходимо пройти процедуру регистрации по адресу: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r w:rsidRPr="003D1987">
                 <w:rPr>
-                  <w:rStyle w:val="a5"/>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>https://passport.moex.com/registration</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...1 lines deleted...]
-                <w:rStyle w:val="a5"/>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
-              </w:rPr>
-[...170 lines deleted...]
-            </w:hyperlink>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F72B6" w14:paraId="4C673333" w14:textId="77777777" w:rsidTr="00461DC7">
+      <w:tr w:rsidR="00F80AE3" w:rsidRPr="003D1987" w14:paraId="2CADC028" w14:textId="77777777" w:rsidTr="00303CCA">
         <w:trPr>
-          <w:trHeight w:val="1784"/>
+          <w:trHeight w:val="1287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="6F2FCEB9" w14:textId="0DC35336" w:rsidR="004F72B6" w:rsidRDefault="004F72B6" w:rsidP="004F72B6">
+          <w:p w14:paraId="79FC11F9" w14:textId="77777777" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="a5"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00486E5C">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Подробнее о порядке подключения к ЭДО по ссылке</w:t>
             </w:r>
-            <w:r w:rsidRPr="0042435C">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:color w:val="262626"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-              <w:r w:rsidRPr="0042435C">
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r w:rsidRPr="003D1987">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>https://www.moex.com/s1303</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="195BF0F9" w14:textId="5820ACC0" w:rsidR="004F72B6" w:rsidRDefault="004F72B6" w:rsidP="004F72B6">
+          <w:p w14:paraId="7C3344E9" w14:textId="749457E0" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...16 lines deleted...]
-              <w:r w:rsidRPr="006159A3">
+                <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тарифы на услуги УЦ СЭД - </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r w:rsidRPr="003D1987">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
-                  <w:rFonts w:cs="Arial"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>https://www.moex.com/s1309</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="181A84D9" w14:textId="1B7EBB4B" w:rsidR="00295B5A" w:rsidRPr="0042435C" w:rsidRDefault="004F72B6" w:rsidP="00D36755">
-[...1 lines deleted...]
-              <w:spacing w:before="120" w:after="120"/>
+          <w:p w14:paraId="69884AE2" w14:textId="55E78D2A" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:pStyle w:val="a0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rStyle w:val="a5"/>
-[...7 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">По всем вопросам, связанным с оказанием услуг УЦ, Вы можете обращаться к Администратору СЭД по тел. +7 (495) 363-32-32 (доб.1110) или e-mail: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-              <w:r w:rsidRPr="0042435C">
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r w:rsidRPr="003D1987">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>pki@moex.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00082B80" w14:paraId="391B0A02" w14:textId="77777777" w:rsidTr="00461DC7">
+      <w:tr w:rsidR="00F80AE3" w:rsidRPr="003D1987" w14:paraId="5C0494DB" w14:textId="77777777" w:rsidTr="00303CCA">
         <w:trPr>
-          <w:trHeight w:val="1171"/>
+          <w:trHeight w:val="658"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="35131BB7" w14:textId="0AA881A4" w:rsidR="00082B80" w:rsidRPr="000C05D9" w:rsidRDefault="00082B80" w:rsidP="004F72B6">
-            <w:pPr>
+          <w:p w14:paraId="5F6FB877" w14:textId="4C1DD098" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00303CCA">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:pBdr>
+                <w:left w:val="single" w:sz="18" w:space="4" w:color="C00000"/>
+              </w:pBdr>
+              <w:shd w:val="solid" w:color="8064A2" w:themeColor="accent4" w:fill="auto"/>
               <w:spacing w:before="120" w:after="120"/>
-              <w:jc w:val="both"/>
-[...5 lines deleted...]
-              <w:rPr>
+              <w:jc w:val="center"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                 <w:b/>
-                <w:bCs/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                 <w:b/>
-                <w:bCs/>
-[...48 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Дополнительно кандидат в Участники торгов предоставляет на Биржу следующие документы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F72B6" w14:paraId="3DA46B15" w14:textId="77777777" w:rsidTr="00461DC7">
+      <w:tr w:rsidR="00F80AE3" w:rsidRPr="003D1987" w14:paraId="6721E63B" w14:textId="77777777" w:rsidTr="00303CCA">
         <w:trPr>
-          <w:trHeight w:val="520"/>
+          <w:trHeight w:val="265"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E705962" w14:textId="5BFE0117" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:pBdr>
+                <w:left w:val="single" w:sz="18" w:space="4" w:color="C00000"/>
+              </w:pBdr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>На бумажном носителе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F80AE3" w:rsidRPr="003D1987" w14:paraId="2E1F8022" w14:textId="77777777" w:rsidTr="00303CCA">
+        <w:trPr>
+          <w:trHeight w:val="950"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="442FBB22" w14:textId="3D70A101" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8153" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="762AF292" w14:textId="7EB8A7AF" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Договор об оказании услуг по проведению организованных торгов,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в 2 (двух) экземплярах, подписанный уполномоченным лицом юридического лица и скрепленный печатью (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="2" w:name="_MON_1670590649"/>
+        <w:bookmarkEnd w:id="2"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1759" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68A8C878" w14:textId="206DFEEC" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:object w:dxaOrig="1543" w:dyaOrig="991" w14:anchorId="778ABC7D">
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:77.25pt;height:49.5pt" o:ole="">
+                  <v:imagedata r:id="rId22" o:title=""/>
+                </v:shape>
+                <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1025" DrawAspect="Icon" ObjectID="_1824906878" r:id="rId23">
+                  <o:FieldCodes>\s</o:FieldCodes>
+                </o:OLEObject>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F80AE3" w:rsidRPr="003D1987" w14:paraId="4270DC1A" w14:textId="77777777" w:rsidTr="00303CCA">
+        <w:trPr>
+          <w:trHeight w:val="950"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="133212D0" w14:textId="5970E753" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8153" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="005F1C0A" w14:textId="77777777" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Договор о предоставлении интегрированного технологического сервиса, в 2 (двух) экземплярах, подписанный уполномоченным лицом юридического лица и скрепленный печатью (при наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0308660C" w14:textId="77777777" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="3" w:name="_MON_1686139779"/>
+        <w:bookmarkEnd w:id="3"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1759" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="743F7B7A" w14:textId="6FDBF9C9" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:object w:dxaOrig="1543" w:dyaOrig="991" w14:anchorId="485E9737">
+                <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:77.25pt;height:49.5pt" o:ole="">
+                  <v:imagedata r:id="rId24" o:title=""/>
+                </v:shape>
+                <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1026" DrawAspect="Icon" ObjectID="_1824906879" r:id="rId25">
+                  <o:FieldCodes>\s</o:FieldCodes>
+                </o:OLEObject>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F80AE3" w:rsidRPr="003D1987" w14:paraId="55985AD8" w14:textId="77777777" w:rsidTr="00303CCA">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10348" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="23C42F7C" w14:textId="74E5A611" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Через Личный кабинет участника </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r w:rsidRPr="003D1987">
+                <w:rPr>
+                  <w:b/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>https://cabinet.moex.com</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (после получения доступа к ЭД</w:t>
+            </w:r>
+            <w:r w:rsidR="00303CCA" w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FFF70D5" w14:textId="2058F9CA" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="003D1987" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:tooltip="Скачать" w:history="1">
+              <w:r w:rsidR="00F80AE3" w:rsidRPr="003D1987">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Инструкция по отправке документов через ЛКУ</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F80AE3" w:rsidRPr="003D1987" w14:paraId="28CC191A" w14:textId="77777777" w:rsidTr="00303CCA">
+        <w:trPr>
+          <w:trHeight w:val="950"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78BA8214" w14:textId="7BEA9B8C" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8153" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="261D26F6" w14:textId="725E3E38" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="_Toc83034648"/>
+            <w:bookmarkStart w:id="5" w:name="_Toc367285329"/>
+            <w:bookmarkStart w:id="6" w:name="_Toc367281676"/>
+            <w:bookmarkStart w:id="7" w:name="_Toc303184974"/>
+            <w:bookmarkStart w:id="8" w:name="_Toc243215134"/>
+            <w:bookmarkStart w:id="9" w:name="_Toc205647079"/>
+            <w:bookmarkStart w:id="10" w:name="_Toc205015699"/>
+            <w:bookmarkStart w:id="11" w:name="_Toc144823603"/>
+            <w:bookmarkStart w:id="12" w:name="_Toc116474145"/>
+            <w:bookmarkStart w:id="13" w:name="_Toc111375844"/>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Заявление на участие в организованных торгах товарами на спот-рынке АО НТБ</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="4"/>
+            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="11"/>
+            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="13"/>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, в форме электронного документа и/или на бумажном носителе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="14" w:name="_MON_1682515703"/>
+        <w:bookmarkEnd w:id="14"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1759" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="476C8235" w14:textId="4446078C" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:object w:dxaOrig="1543" w:dyaOrig="991" w14:anchorId="759084DD">
+                <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:77.25pt;height:49.5pt" o:ole="">
+                  <v:imagedata r:id="rId28" o:title=""/>
+                </v:shape>
+                <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1027" DrawAspect="Icon" ObjectID="_1824906880" r:id="rId29">
+                  <o:FieldCodes>\s</o:FieldCodes>
+                </o:OLEObject>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F80AE3" w:rsidRPr="003D1987" w14:paraId="2F7FA89B" w14:textId="77777777" w:rsidTr="00303CCA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09835858" w14:textId="710576A3" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8153" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EE0E018" w14:textId="572C3171" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Анкета юридического лица, в форме электронного документа и/или на бумажном носителе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="15" w:name="_MON_1665587609"/>
+        <w:bookmarkEnd w:id="15"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1759" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6401AE11" w14:textId="4352BD4D" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:object w:dxaOrig="1543" w:dyaOrig="991" w14:anchorId="24D2BABD">
+                <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:77.25pt;height:49.5pt" o:ole="">
+                  <v:imagedata r:id="rId30" o:title=""/>
+                </v:shape>
+                <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1028" DrawAspect="Icon" ObjectID="_1824906881" r:id="rId31">
+                  <o:FieldCodes>\s</o:FieldCodes>
+                </o:OLEObject>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F80AE3" w:rsidRPr="003D1987" w14:paraId="063755EE" w14:textId="77777777" w:rsidTr="00303CCA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="772D7BE9" w14:textId="3DCC34C8" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8153" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="786C9CBF" w14:textId="77777777" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Заявление о предоставлении Услуг ИТС (оригинал на бумажном носителе или электронный документ)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26F7835F" w14:textId="79C637F4" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="16" w:name="_MON_1660661270"/>
+        <w:bookmarkEnd w:id="16"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1759" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00779261" w14:textId="344DA443" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:object w:dxaOrig="1543" w:dyaOrig="991" w14:anchorId="430F12B6">
+                <v:shape id="_x0000_i1029" type="#_x0000_t75" style="width:77.25pt;height:49.5pt" o:ole="">
+                  <v:imagedata r:id="rId32" o:title=""/>
+                </v:shape>
+                <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1029" DrawAspect="Icon" ObjectID="_1824906882" r:id="rId33">
+                  <o:FieldCodes>\s</o:FieldCodes>
+                </o:OLEObject>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F80AE3" w:rsidRPr="003D1987" w14:paraId="0F77FFB5" w14:textId="77777777" w:rsidTr="00303CCA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="744187DB" w14:textId="666B10A3" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9912" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w14:paraId="39177EA6" w14:textId="3F65ABED" w:rsidR="004F72B6" w:rsidRPr="0042435C" w:rsidRDefault="00082B80" w:rsidP="004F72B6">
+          <w:p w14:paraId="33C45EDC" w14:textId="5A249690" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Удостоверенные подписью уполномоченного лица и заверенные печатью Кандидата (при наличии) – юридического лица копии учредительных документов Кандидата– юридического лица со всеми изменениями и дополнениями с отметкой о регистрации регистрирующим органом. Указанные документы могут предоставляться на бумажном носителе или в форме электронного документа.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F80AE3" w:rsidRPr="003D1987" w14:paraId="1193B1AE" w14:textId="77777777" w:rsidTr="00303CCA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31EBDD86" w14:textId="6889DD26" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9912" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BFB6701" w14:textId="77777777" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Отчетность:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62EF36BB" w14:textId="24A41427" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Копии бухгалтерского баланса (форма 0710001) и отчета о финансовых результатах (форма 0710002) юридического лица за отчетный год с отметкой налоговой инспекции в форме электронного документа или в электронном виде с одновременным представлением на бумажном носителе, заверенные подписью уполномоченного лица и печатью (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="409E3CEA" w14:textId="6ED5BB3F" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Копии бухгалтерского баланса (форма 0710001) и отчета о финансовых результатах (форма 0710002) юридического лица за последний отчетный период (в случае если последний отчетный период отличается от отчетного года), а также аналогичный период прошлого года в форме электронного документа или в электронном виде с одновременным представлением на бумажном носителе, заверенные подписью уполномоченного лица и печатью (при наличии).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F80AE3" w:rsidRPr="003D1987" w14:paraId="1570863F" w14:textId="77777777" w:rsidTr="00303CCA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02FA7FCF" w14:textId="7266FE8A" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9912" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="52A30A77" w14:textId="77777777" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>В отношении ЕИО (Единоличного исполнительного органа организации):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53D551F8" w14:textId="0D334D92" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- подлинник или нотариально удостоверенная копия или копия, заверенная подписью ЕИО и печатью Кандидата (при наличии) решения уполномоченного органа (также могут быть предоставлены нотариально удостоверенная выписка из решения или подлинник выписки, заверенный подписью лица, уполномоченного на подписание решения или копия, заверенная подписью ЕИО и печатью Кандидата (при наличии)) об избрании (назначении) ЕИО или о передаче полномочий ЕИО управляющей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>организации или управляющему (заверенную подписью уполномоченного лица и печатью (при наличии)). В случае передачи полномочий ЕИО управляющей организации или управляющему Кандидат предоставляет:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39B66FA9" w14:textId="4747A3F4" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">копию договора о передаче полномочий управляющей организации или управляющему, заверенную подписью уполномоченного лица Кандидата и печатью (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AB2F96C" w14:textId="77777777" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">копию устава управляющей организации со всеми изменениями и дополнениями с отметкой о регистрации федеральным органом исполнительной власти, уполномоченным на осуществление государственной регистрации юридических лиц (нотариально удостоверенную или заверенную налоговым органом или заверенную подписью уполномоченного лица и печатью (при наличии)); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F178AF7" w14:textId="77777777" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>копию протокола об избрании ЕИО управляющей организации, заверенную подписью уполномоченного лица управляющей организации или управляющего</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1987" w:rsidDel="00637410">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и печатью (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="653ADA54" w14:textId="77777777" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>копию документа, удостоверяющего личность управляющего, заверенную подписью уполномоченного лица управляющей организации или управляющего</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1987" w:rsidDel="00637410">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>и печатью (при наличии).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F59070D" w14:textId="66143BCC" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>- копия документа, удостоверяющего личность ЕИО, заверенная подписью уполномоченного лица и печатью Участника торгов/Кандидата (при наличии) или письмо юридического лица в произвольной форме, содержащее следующие сведения о ЕИО: фамилия, имя, отчество (при наличии), гражданство, реквизиты документа, удостоверяющего личность, дату и место рождения, адресе места жительства (регистрации) или места пребывания, заверенное подписью уполномоченного лица и печатью юридического лица (при наличии) при одновременном предоставлении оригинала или копии документа, удостоверяющего личность ЕИО, заверенной подписью уполномоченного лица и печатью юридического лица (при наличии) для сверки предоставленных сведений.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F80AE3" w:rsidRPr="003D1987" w14:paraId="364B7A8D" w14:textId="77777777" w:rsidTr="00303CCA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18DAD091" w14:textId="5373A5A9" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9912" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="15999E64" w14:textId="3146DE8C" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>В отношении представителя Кандидата:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="415E1DF9" w14:textId="61E12C8E" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>- оригинал доверенности, или нотариально удостоверенная копия, или копия, заверенная лицом, выдавшим указанную доверенность на представителя Кандидата, уполномоченного осуществлять действия (операции) от имени юридического лица во взаимоотношениях с Биржей, включая полномочия по подписанию необходимых документов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54BB7384" w14:textId="71380CED" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>- в случае если доверенность предоставляет полномочия на совершение операций с денежными средствами или иным имуществом, дополнительно предоставляется копия документа, удостоверяющего личность представителя Кандидата, заверенная подписью уполномоченного лица и печатью Кандидата (при наличии) или письмо юридического лица в произвольной форме, содержащее следующие сведения о представителе Кандидата: фамилия, имя, отчество (при наличии), гражданство, реквизиты документа, удостоверяющего личность, дату и место рождения, адресе места жительства (регистрации) или места пребывания, заверенное подписью уполномоченного лица и печатью юридического лица (при наличии) при одновременном предоставлении оригинала или копии документа, удостоверяющего личность представителя Кандидата, заверенной подписью уполномоченного лица и печатью юридического лица (при наличии) для сверки предоставленных сведений.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F80AE3" w:rsidRPr="003D1987" w14:paraId="74D5EBE1" w14:textId="77777777" w:rsidTr="00303CCA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08A946C5" w14:textId="7199AAD7" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9912" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="147A19BD" w14:textId="77777777" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>В случае если физическое лицо, на которое требуется предоставить копию документа, удостоверяющего личность, является иностранным гражданином (лицом без гражданства), пребывающим в Российской Федерации, то дополнительно необходимо предоставить:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B3A2EFE" w14:textId="1D4F1E44" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>- заверенную подписью уполномоченного лица и печатью Кандидата (при наличии) копию документа, подтверждающего право иностранного гражданина (лица без гражданства) на пребывание (проживание) в Российской Федерации (вид на жительство, разрешение на временное проживание, виза, иной документ, подтверждающий в соответствии с законодательством Российской Федерации право иностранного гражданина или лица без гражданства на пребывание (проживание) в Российской Федерации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72299D1D" w14:textId="7F48E73F" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>- заверенную подписью уполномоченного лица и печатью Кандидата (при наличии) копию миграционной карты;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="407C1F9F" w14:textId="036C2FFD" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>- письмо со сведениями об адресе места жительства (регистрации) или места пребывания (в случае если такая информация не содержится в иных документах, предоставленных в соответствии с настоящим списком).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F80AE3" w:rsidRPr="003D1987" w14:paraId="62E8E906" w14:textId="77777777" w:rsidTr="00303CCA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10348" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FF27115" w14:textId="504209DB" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Иные документы, которые могут быть запрошены Биржей в необходимых случаях, также Биржа вправе потребовать уточнения информации, содержащейся в ранее предоставленных документах.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F80AE3" w:rsidRPr="003D1987" w14:paraId="4E593C41" w14:textId="77777777" w:rsidTr="00303CCA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10348" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="026DEE3D" w14:textId="5B33562D" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:pBdr>
                 <w:left w:val="single" w:sz="18" w:space="4" w:color="C00000"/>
               </w:pBdr>
               <w:shd w:val="solid" w:color="8064A2" w:themeColor="accent4" w:fill="auto"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="17" w:name="_Toc488759371"/>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:spacing w:val="10"/>
-                <w:sz w:val="28"/>
-[...44 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Кандидат, являющийся Сельхозтоваропроизводителем, должен соответствовать следующим требованиям:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E4469" w14:paraId="07844888" w14:textId="77777777" w:rsidTr="00461DC7">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:bookmarkEnd w:id="17"/>
+      <w:tr w:rsidR="00F80AE3" w:rsidRPr="003D1987" w14:paraId="5712FAE5" w14:textId="77777777" w:rsidTr="00303CCA">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7792" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="8506" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="1981CE3D" w14:textId="77777777" w:rsidR="002E4469" w:rsidRDefault="002E4469" w:rsidP="002E4469">
-[...84 lines deleted...]
-              <w:t>ozsd@nsd.ru</w:t>
+          <w:p w14:paraId="1982443D" w14:textId="41D934A5" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1. Предоставить документы, указанные в прилагаемом перечне.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35808FFC" w14:textId="77777777" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2. Иметь статус сельхозтоваропроизводителя согласно статье 3 Федерального закона от 29.12.2006 № 264-ФЗ «О развитии сельского хозяйства».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20207663" w14:textId="77777777" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="18" w:name="_Hlk50677452"/>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Иметь код ОКВЭД 01.11 и/или код ОКВЭД 01.3.</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="18"/>
+          </w:p>
+          <w:p w14:paraId="186A8484" w14:textId="77777777" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. Быть членом Хартии. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48C4009B" w14:textId="77777777" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5. Иметь в собственности или в аренде земли сельскохозяйственного назначения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FEFC00F" w14:textId="262F7CD1" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6. В отношении Кандидата не введена процедура, связанная с несостоятельностью и банкротством.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkStart w:id="19" w:name="_MON_1670591901"/>
+        <w:bookmarkEnd w:id="19"/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2556" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1CBFDCBF" w14:textId="451F3772" w:rsidR="002E4469" w:rsidRDefault="00AE4F5B" w:rsidP="002E4469">
-[...13 lines deleted...]
-            </w:hyperlink>
+          <w:p w14:paraId="5BA7FFF3" w14:textId="40BECB22" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:object w:dxaOrig="1543" w:dyaOrig="991" w14:anchorId="7283B156">
+                <v:shape id="_x0000_i1030" type="#_x0000_t75" style="width:77.25pt;height:49.5pt" o:ole="">
+                  <v:imagedata r:id="rId34" o:title=""/>
+                </v:shape>
+                <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1030" DrawAspect="Icon" ObjectID="_1824906883" r:id="rId35">
+                  <o:FieldCodes>\s</o:FieldCodes>
+                </o:OLEObject>
+              </w:object>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C72DBA" w14:paraId="6EF14E09" w14:textId="77777777" w:rsidTr="00461DC7">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00F80AE3" w:rsidRPr="003D1987" w14:paraId="6A5E299A" w14:textId="77777777" w:rsidTr="00303CCA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="5B7750A6" w14:textId="2AC6D186" w:rsidR="00C72DBA" w:rsidRPr="001F45F6" w:rsidRDefault="00082B80" w:rsidP="004F72B6">
+          <w:p w14:paraId="1A87E4B8" w14:textId="2B0A49FC" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:pBdr>
                 <w:left w:val="single" w:sz="18" w:space="4" w:color="C00000"/>
               </w:pBdr>
               <w:shd w:val="solid" w:color="8064A2" w:themeColor="accent4" w:fill="auto"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
+                <w:rStyle w:val="a5"/>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:spacing w:val="10"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:spacing w:val="10"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00C72DBA" w:rsidRPr="001F45F6">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Кандидат, являющийся Имущественным трейдером, должен соответствовать следующим требованиям:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F80AE3" w:rsidRPr="003D1987" w14:paraId="7272C253" w14:textId="77777777" w:rsidTr="00303CCA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8506" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="30D6FF66" w14:textId="18058D16" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1. Предоставить все документы, указанные в прилагаемом перечне.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4310C166" w14:textId="77777777" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2. Быть членом Хартии.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74D83B9F" w14:textId="28023459" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. Имеет в собственности следующие основные средства общей остаточной стоимостью не менее 20 млн.  руб.: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26742D3D" w14:textId="77777777" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- здания, сооружения и передаточные устройства;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51F834FB" w14:textId="77777777" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- машины и оборудование;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A156763" w14:textId="77777777" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- грузовые транспортные средства;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="622C1183" w14:textId="77777777" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- земельные участки. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FA8B28B" w14:textId="77777777" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4. Не иметь задолженность по уплате налогов свыше 100 тыс. руб.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15D6642D" w14:textId="77777777" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5. Не иметь задолженности в предоставлении налоговой отчетности.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D0F4FA6" w14:textId="0E1056AF" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6. В отношении Кандидата/Участника торгов не введена процедура, связанная с несостоятельностью и банкротством.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="20" w:name="_MON_1686550389"/>
+        <w:bookmarkEnd w:id="20"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F6F789B" w14:textId="52E38759" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:object w:dxaOrig="1469" w:dyaOrig="941" w14:anchorId="1A83C184">
+                <v:shape id="_x0000_i1031" type="#_x0000_t75" style="width:73.5pt;height:47.25pt" o:ole="">
+                  <v:imagedata r:id="rId36" o:title=""/>
+                </v:shape>
+                <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1031" DrawAspect="Icon" ObjectID="_1824906884" r:id="rId37">
+                  <o:FieldCodes>\s</o:FieldCodes>
+                </o:OLEObject>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F80AE3" w:rsidRPr="003D1987" w14:paraId="3E1133F3" w14:textId="77777777" w:rsidTr="00303CCA">
+        <w:trPr>
+          <w:trHeight w:val="1124"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10348" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="39457072" w14:textId="4A1C383A" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00303CCA">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:pBdr>
+                <w:left w:val="single" w:sz="18" w:space="4" w:color="C00000"/>
+              </w:pBdr>
+              <w:shd w:val="solid" w:color="8064A2" w:themeColor="accent4" w:fill="auto"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:spacing w:val="10"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="2AE41330" w14:textId="77777777" w:rsidR="00B27276" w:rsidRPr="00D36755" w:rsidRDefault="00B27276" w:rsidP="00B27276">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Технический доступ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54B1A4EE" w14:textId="7AFC52AA" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Подробная информация об Интегрированном технологическом сервисе: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>https</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>://</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>namex</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>org</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ru</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>techservice</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F80AE3" w:rsidRPr="003D1987" w14:paraId="0F76EBB0" w14:textId="77777777" w:rsidTr="00303CCA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8506" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CFC2B89" w14:textId="46981BF8" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Необходимо предоставить: Заявление об идентификаторах, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(оригинал на бумажном носителе или электронный документ)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A55FA1C" w14:textId="24E1322B" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="21" w:name="_MON_1698733303"/>
+        <w:bookmarkEnd w:id="21"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F68B866" w14:textId="21B16062" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:object w:dxaOrig="1469" w:dyaOrig="941" w14:anchorId="4C252555">
+                <v:shape id="_x0000_i1032" type="#_x0000_t75" style="width:73.5pt;height:47.25pt" o:ole="">
+                  <v:imagedata r:id="rId38" o:title=""/>
+                </v:shape>
+                <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1032" DrawAspect="Icon" ObjectID="_1824906885" r:id="rId39">
+                  <o:FieldCodes>\s</o:FieldCodes>
+                </o:OLEObject>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F80AE3" w:rsidRPr="003D1987" w14:paraId="1A24B38E" w14:textId="77777777" w:rsidTr="00303CCA">
+        <w:trPr>
+          <w:trHeight w:val="844"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10348" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0572A4B0" w14:textId="13CAE013" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">За уточнением комплекта документов для подключения </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="22" w:name="_Hlk57705882"/>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>необходимо обратиться в отдел организации технического доступа (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>+7 (495) 363-32-32, доб. 3377</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r w:rsidRPr="003D1987">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>help</w:t>
+              </w:r>
+              <w:r w:rsidRPr="003D1987">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>@</w:t>
+              </w:r>
+              <w:r w:rsidRPr="003D1987">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>moex</w:t>
+              </w:r>
+              <w:r w:rsidRPr="003D1987">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>.</w:t>
+              </w:r>
+              <w:r w:rsidRPr="003D1987">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>com</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="22"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F80AE3" w:rsidRPr="003D1987" w14:paraId="3DA46B15" w14:textId="77777777" w:rsidTr="00303CCA">
+        <w:trPr>
+          <w:trHeight w:val="977"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10348" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="39177EA6" w14:textId="319FEF7A" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00303CCA">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:pBdr>
+                <w:left w:val="single" w:sz="18" w:space="4" w:color="C00000"/>
+              </w:pBdr>
+              <w:shd w:val="solid" w:color="8064A2" w:themeColor="accent4" w:fill="auto"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Допуск к клиринговому обслуживанию</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5562780D" w14:textId="7DEE639E" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>За уточнением комплекта документов для получения допуска к клиринговому обслуживанию необходимо обратиться в НКО АО НРД по контактам ниже:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F80AE3" w:rsidRPr="003D1987" w14:paraId="07844888" w14:textId="77777777" w:rsidTr="00303CCA">
+        <w:trPr>
+          <w:trHeight w:val="1462"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8506" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1981CE3D" w14:textId="77777777" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="23" w:name="_Hlk58328009"/>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Общий телефон: +7 (495) 956-27-89</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23D1AA31" w14:textId="77777777" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D7ADDD6" w14:textId="77777777" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Насибуллина Альбина, доб. 5868</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D9D31E3" w14:textId="77777777" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Оглоблина Елена, доб.5846</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="028F8E76" w14:textId="77777777" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Берестенко Ирина, доб.5809</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="23"/>
+          <w:p w14:paraId="1D3CD21E" w14:textId="5BD624D9" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> HYPERLINK "mailto:ozsd-f@nsd.ru" </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ozsd</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>f</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>@</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nsd</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ru</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CBFDCBF" w14:textId="22EA2169" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="003D1987" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r w:rsidR="00F80AE3" w:rsidRPr="003D1987">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Памятка по подключению участника к клирингу на товарном рынке НТБ</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F80AE3" w:rsidRPr="003D1987" w14:paraId="6EF14E09" w14:textId="77777777" w:rsidTr="00303CCA">
+        <w:trPr>
+          <w:trHeight w:val="1828"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10348" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B7750A6" w14:textId="5467A36E" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:pBdr>
+                <w:left w:val="single" w:sz="18" w:space="4" w:color="C00000"/>
+              </w:pBdr>
+              <w:shd w:val="solid" w:color="8064A2" w:themeColor="accent4" w:fill="auto"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Клиринговые отчеты</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AE41330" w14:textId="77777777" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D36755">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>MS</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D36755">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D36755">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D36755">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Отчет о регистрации и исполнении обязательств</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0AC0D56F" w14:textId="77777777" w:rsidR="00B27276" w:rsidRPr="00D36755" w:rsidRDefault="00B27276" w:rsidP="00B27276">
+          <w:p w14:paraId="0AC0D56F" w14:textId="77777777" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D36755">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">MS38Т Отчет об </w:t>
             </w:r>
             <w:bookmarkStart w:id="24" w:name="_Toc54778331"/>
-            <w:r w:rsidRPr="00D36755">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>обеспечении на клиринговом банковском счете</w:t>
             </w:r>
             <w:bookmarkEnd w:id="24"/>
           </w:p>
-          <w:p w14:paraId="22C8B142" w14:textId="77777777" w:rsidR="00B27276" w:rsidRPr="00D36755" w:rsidRDefault="00B27276" w:rsidP="00B27276">
+          <w:p w14:paraId="22C8B142" w14:textId="77777777" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D36755">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>GS</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D36755">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D36755">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D36755">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">  Отчет о списании комиссии</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve">  Отчет</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:r w:rsidR="00B27276" w:rsidRPr="00D36755">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о списании комиссии</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43A3689E" w14:textId="7CBCEB8E" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="003D1987" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r w:rsidR="00F80AE3" w:rsidRPr="003D1987">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
                   <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>Перечень документов, которые предоставляют и получают Участники клиринга в соответствии с Правилами клиринга</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C29F4" w14:paraId="4C764E99" w14:textId="77777777" w:rsidTr="00461DC7">
+      <w:tr w:rsidR="00F80AE3" w:rsidRPr="003D1987" w14:paraId="4C764E99" w14:textId="77777777" w:rsidTr="00303CCA">
         <w:trPr>
-          <w:trHeight w:val="2174"/>
+          <w:trHeight w:val="1643"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="5C3BC615" w14:textId="4BDE4EE7" w:rsidR="007C29F4" w:rsidRPr="001F45F6" w:rsidRDefault="007C29F4" w:rsidP="004F72B6">
+          <w:p w14:paraId="5C3BC615" w14:textId="4BDE4EE7" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:pBdr>
                 <w:left w:val="single" w:sz="18" w:space="4" w:color="C00000"/>
               </w:pBdr>
               <w:shd w:val="solid" w:color="8064A2" w:themeColor="accent4" w:fill="auto"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:spacing w:val="10"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001F45F6">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:spacing w:val="10"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Торговые отчеты </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F7D616B" w14:textId="1AAAF9D4" w:rsidR="007C29F4" w:rsidRPr="00082B80" w:rsidRDefault="00AE4F5B" w:rsidP="007C29F4">
+          <w:p w14:paraId="5F7D616B" w14:textId="1AAAF9D4" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="003D1987" w:rsidP="00F80AE3">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:tooltip="Скачать" w:history="1">
-              <w:r w:rsidR="00B27276" w:rsidRPr="00082B80">
+            <w:hyperlink r:id="rId43" w:tooltip="Скачать" w:history="1">
+              <w:r w:rsidR="00F80AE3" w:rsidRPr="003D1987">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>Отчетные документы и иные формы документов на организованных торгах сельскохозяйственной продукцией и иными товарами на спот-рынке АО НТБ</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00B27276" w:rsidRPr="00082B80">
+            <w:r w:rsidR="00F80AE3" w:rsidRPr="003D1987">
               <w:rPr>
                 <w:color w:val="333333"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:tooltip="Скачать" w:history="1"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="24001BE8" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="007C29F4" w:rsidP="00082B80">
+            <w:hyperlink r:id="rId44" w:tooltip="Скачать" w:history="1"/>
+          </w:p>
+          <w:p w14:paraId="24001BE8" w14:textId="77777777" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:spacing w:val="10"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00082B80">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Выписка из реестра заявок</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D777FFF" w14:textId="7EB94103" w:rsidR="007C29F4" w:rsidRPr="00082B80" w:rsidRDefault="007C29F4" w:rsidP="00082B80">
+          <w:p w14:paraId="5D777FFF" w14:textId="7EB94103" w:rsidR="00F80AE3" w:rsidRPr="003D1987" w:rsidRDefault="00F80AE3" w:rsidP="00F80AE3">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:spacing w:val="10"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00082B80">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Выписка из реестра договоров</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...53 lines deleted...]
-      <w:tr w:rsidR="00082B80" w:rsidRPr="00FC3693" w14:paraId="52336753" w14:textId="77777777" w:rsidTr="00082B80">
+      <w:tr w:rsidR="00303CCA" w:rsidRPr="003D1987" w14:paraId="3CA83421" w14:textId="77777777" w:rsidTr="00303CCA">
+        <w:trPr>
+          <w:trHeight w:val="474"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3005" w:type="dxa"/>
+            <w:tcW w:w="10348" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="04E5336E" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="3BDD879C" w14:textId="11C9960B" w:rsidR="00303CCA" w:rsidRPr="003D1987" w:rsidRDefault="00303CCA" w:rsidP="00F80AE3">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:pBdr>
+                <w:left w:val="single" w:sz="18" w:space="4" w:color="C00000"/>
+              </w:pBdr>
+              <w:shd w:val="solid" w:color="8064A2" w:themeColor="accent4" w:fill="auto"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Затраты на подключение и работу на рынке</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00082B80" w:rsidRPr="003D1987" w14:paraId="52336753" w14:textId="77777777" w:rsidTr="00303CCA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="04E5336E" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00082B80">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67F2B4C9" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="67F2B4C9" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00082B80">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="3146" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="650E7B34" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="650E7B34" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00082B80">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Периодичность оплаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2530" w:type="dxa"/>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="77996137" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="77996137" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00082B80">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Порядок оплаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00082B80" w:rsidRPr="00FC3693" w14:paraId="4A860F61" w14:textId="77777777" w:rsidTr="00082B80">
+      <w:tr w:rsidR="00082B80" w:rsidRPr="003D1987" w14:paraId="4A860F61" w14:textId="77777777" w:rsidTr="00303CCA">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3005" w:type="dxa"/>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="190FCE2C" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="190FCE2C" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00082B80">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Биржевая комиссия и Клиринговая комиссия</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E651A7F" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="0E651A7F" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-829"/>
               </w:tabs>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57B62991" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="57B62991" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="026578B2" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="026578B2" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00082B80">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>0,15% от сделки</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="09D3F00D" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="09D3F00D" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="3146" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22ACDCB9" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="22ACDCB9" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5C9C5FF1" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="5C9C5FF1" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00082B80">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>При заключении сделки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2530" w:type="dxa"/>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="76197AB9" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="76197AB9" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00082B80">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Расчёт в ТКС Агро, взимается с ТБС Участника в соответствии с Правилами клиринга</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00082B80" w:rsidRPr="00FC3693" w14:paraId="1FB51CD2" w14:textId="77777777" w:rsidTr="00082B80">
+      <w:tr w:rsidR="00082B80" w:rsidRPr="003D1987" w14:paraId="1FB51CD2" w14:textId="77777777" w:rsidTr="00303CCA">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3005" w:type="dxa"/>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="1408E5F7" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="1408E5F7" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="346AF385" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="346AF385" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00082B80">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Технический доступ:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="060D1767" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="060D1767" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F4774FA" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="3F4774FA" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00082B80">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">5 000 ₽ </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="335F7B41" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="335F7B41" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="3146" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71083DAF" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="71083DAF" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00082B80">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>разовый платеж</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2530" w:type="dxa"/>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="643350F1" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="643350F1" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00082B80">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Счет на оплату</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00082B80" w:rsidRPr="00FC3693" w14:paraId="790A181B" w14:textId="77777777" w:rsidTr="00082B80">
+      <w:tr w:rsidR="00082B80" w:rsidRPr="003D1987" w14:paraId="790A181B" w14:textId="77777777" w:rsidTr="00303CCA">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3005" w:type="dxa"/>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="021F7404" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="021F7404" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BB27B1F" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="0BB27B1F" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:rStyle w:val="a5"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00082B80">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>300 ₽</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="3146" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="592A1A8C" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="592A1A8C" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:rStyle w:val="a5"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00082B80">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>абонентская плата, ежемесячно</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2530" w:type="dxa"/>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="3F4945DD" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="3F4945DD" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:rStyle w:val="a5"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00082B80">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Счет на оплату</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00082B80" w:rsidRPr="00FC3693" w14:paraId="236ECA5A" w14:textId="77777777" w:rsidTr="00082B80">
+      <w:tr w:rsidR="00082B80" w:rsidRPr="003D1987" w14:paraId="236ECA5A" w14:textId="77777777" w:rsidTr="00303CCA">
         <w:trPr>
           <w:trHeight w:val="1229"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3005" w:type="dxa"/>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="134BC86F" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="134BC86F" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00082B80">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Электронный документооборот</w:t>
             </w:r>
-            <w:r w:rsidRPr="00082B80">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (ЭДО):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D551148" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="5D551148" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="22"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00082B80">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Абонентская плата</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2384D186" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="2384D186" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00082B80">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Изготовление ключа (единовременно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3966B767" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="3966B767" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3496CD53" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="3496CD53" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="184FBA01" w14:textId="3D18B0CE" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="001E42AF" w:rsidP="00082B80">
+          <w:p w14:paraId="184FBA01" w14:textId="3D18B0CE" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="001E42AF" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2 3</w:t>
             </w:r>
-            <w:r w:rsidR="00082B80" w:rsidRPr="00082B80">
+            <w:r w:rsidR="00082B80" w:rsidRPr="003D1987">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00082B80" w:rsidRPr="00082B80">
+            <w:r w:rsidR="00082B80" w:rsidRPr="003D1987">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>₽</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="459F6B77" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="459F6B77" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0FEA896D" w14:textId="37A5D102" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="001E42AF" w:rsidP="00082B80">
+          <w:p w14:paraId="0FEA896D" w14:textId="37A5D102" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="001E42AF" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00082B80" w:rsidRPr="00082B80">
+            <w:r w:rsidR="00082B80" w:rsidRPr="003D1987">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00082B80" w:rsidRPr="00082B80">
+            <w:r w:rsidR="00082B80" w:rsidRPr="003D1987">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>00 ₽</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="33A6E23B" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="33A6E23B" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="3146" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2441BDCA" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="2441BDCA" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="091AA562" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="091AA562" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5E476084" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="5E476084" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00082B80">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ежемесячно</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="734E7F77" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="734E7F77" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="257CFE6E" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="257CFE6E" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00082B80">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ежегодно</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2530" w:type="dxa"/>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="473981BA" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="473981BA" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="04328627" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="04328627" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="215147E2" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="215147E2" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00082B80">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Счет на оплату</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="463F680B" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="463F680B" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="098737A7" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="00082B80" w:rsidRDefault="00082B80" w:rsidP="00082B80">
+          <w:p w14:paraId="098737A7" w14:textId="77777777" w:rsidR="00082B80" w:rsidRPr="003D1987" w:rsidRDefault="00082B80" w:rsidP="00082B80">
             <w:pPr>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00082B80">
+            <w:r w:rsidRPr="003D1987">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Счет на оплату</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B7709" w:rsidRPr="003D1987" w14:paraId="33DF7A0F" w14:textId="77777777" w:rsidTr="00303CCA">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="793"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="56662439" w14:textId="77777777" w:rsidR="008B7709" w:rsidRPr="003D1987" w:rsidRDefault="008B7709" w:rsidP="00AA0B07">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Основные услуги и операции, за обслуживание банковского счета в НКО АО НРД*</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A8A5C54" w14:textId="238C3F53" w:rsidR="008B7709" w:rsidRPr="003D1987" w:rsidRDefault="008B7709" w:rsidP="00AA0B07">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5904F6F4" w14:textId="77777777" w:rsidR="008B7709" w:rsidRPr="003D1987" w:rsidRDefault="008B7709" w:rsidP="00AA0B07">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E82D2D2" w14:textId="77777777" w:rsidR="008B7709" w:rsidRPr="003D1987" w:rsidRDefault="008B7709" w:rsidP="00AA0B07">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3146" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BDE9682" w14:textId="77777777" w:rsidR="008B7709" w:rsidRPr="003D1987" w:rsidRDefault="008B7709" w:rsidP="00AA0B07">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5540D95C" w14:textId="77777777" w:rsidR="008B7709" w:rsidRPr="003D1987" w:rsidRDefault="008B7709" w:rsidP="00AA0B07">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B7709" w:rsidRPr="003D1987" w14:paraId="7CC5E008" w14:textId="77777777" w:rsidTr="00303CCA">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="413"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F5A70E9" w14:textId="77777777" w:rsidR="008B7709" w:rsidRPr="003D1987" w:rsidRDefault="008B7709" w:rsidP="00AA0B07">
+            <w:pPr>
+              <w:spacing w:after="40" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(1) Подключение АРМ Банк-Клиент </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BAA5DDA" w14:textId="77777777" w:rsidR="008B7709" w:rsidRPr="003D1987" w:rsidRDefault="008B7709" w:rsidP="00AA0B07">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3 000 ₽</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3146" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01DF71C7" w14:textId="77777777" w:rsidR="008B7709" w:rsidRPr="003D1987" w:rsidRDefault="008B7709" w:rsidP="00AA0B07">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Единовременно за каждый АРМ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="75DE9D2C" w14:textId="77777777" w:rsidR="008B7709" w:rsidRPr="003D1987" w:rsidRDefault="008B7709" w:rsidP="00AA0B07">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7ACF4639" w14:textId="3AFF7956" w:rsidR="008B7709" w:rsidRPr="003D1987" w:rsidRDefault="008B7709" w:rsidP="00AA0B07">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Списание с банковского счета 15 числа каждого месяца</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B7709" w:rsidRPr="003D1987" w14:paraId="62908DFE" w14:textId="77777777" w:rsidTr="00303CCA">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="413"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E307F54" w14:textId="77777777" w:rsidR="008B7709" w:rsidRPr="003D1987" w:rsidRDefault="008B7709" w:rsidP="00AA0B07">
+            <w:pPr>
+              <w:spacing w:after="40" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(2) Обслуживание АРМ Банк-Клиент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35918D10" w14:textId="77777777" w:rsidR="008B7709" w:rsidRPr="003D1987" w:rsidRDefault="008B7709" w:rsidP="00AA0B07">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3 600 ₽</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3146" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BDD6698" w14:textId="77777777" w:rsidR="008B7709" w:rsidRPr="003D1987" w:rsidRDefault="008B7709" w:rsidP="00AA0B07">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ежемесячно за каждый АРМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67B5AF81" w14:textId="77777777" w:rsidR="008B7709" w:rsidRPr="003D1987" w:rsidRDefault="008B7709" w:rsidP="00AA0B07">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="401AE358" w14:textId="77777777" w:rsidR="008B7709" w:rsidRPr="003D1987" w:rsidRDefault="008B7709" w:rsidP="00AA0B07">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B7709" w:rsidRPr="003D1987" w14:paraId="1DBB382D" w14:textId="77777777" w:rsidTr="00303CCA">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="610"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EA4401C" w14:textId="77777777" w:rsidR="008B7709" w:rsidRPr="003D1987" w:rsidRDefault="008B7709" w:rsidP="00AA0B07">
+            <w:pPr>
+              <w:spacing w:after="40" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(3) Обслуживание торгового банковского счета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E3C4F28" w14:textId="77777777" w:rsidR="008B7709" w:rsidRPr="003D1987" w:rsidRDefault="008B7709" w:rsidP="00AA0B07">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1 500 ₽</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3146" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AB59B54" w14:textId="77777777" w:rsidR="008B7709" w:rsidRPr="003D1987" w:rsidRDefault="008B7709" w:rsidP="00AA0B07">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ежемесячно при наличии распоряжений на списание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3414D1A3" w14:textId="77777777" w:rsidR="008B7709" w:rsidRPr="003D1987" w:rsidRDefault="008B7709" w:rsidP="00AA0B07">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B7709" w:rsidRPr="003D1987" w14:paraId="5B61CDF8" w14:textId="77777777" w:rsidTr="00303CCA">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="631578F1" w14:textId="77777777" w:rsidR="008B7709" w:rsidRPr="003D1987" w:rsidRDefault="008B7709" w:rsidP="00AA0B07">
+            <w:pPr>
+              <w:spacing w:after="40" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(4) Плата за перевод средств</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EE8B6A7" w14:textId="77777777" w:rsidR="008B7709" w:rsidRPr="003D1987" w:rsidRDefault="008B7709" w:rsidP="00AA0B07">
+            <w:pPr>
+              <w:spacing w:after="40" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3266E7A5" w14:textId="5EE59019" w:rsidR="008B7709" w:rsidRPr="003D1987" w:rsidRDefault="008B7709" w:rsidP="00AA0B07">
+            <w:pPr>
+              <w:spacing w:after="40" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">* </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r w:rsidRPr="003D1987">
+                <w:rPr>
+                  <w:i/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>Тарифы НКО АО НРД</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30D181DB" w14:textId="77777777" w:rsidR="008B7709" w:rsidRPr="003D1987" w:rsidRDefault="008B7709" w:rsidP="00AA0B07">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>35 ₽</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3146" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="706F6B06" w14:textId="77777777" w:rsidR="008B7709" w:rsidRPr="003D1987" w:rsidRDefault="008B7709" w:rsidP="00AA0B07">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1987">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>За каждый перевод по распоряжению на списание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7D69B56B" w14:textId="77777777" w:rsidR="008B7709" w:rsidRPr="003D1987" w:rsidRDefault="008B7709" w:rsidP="00AA0B07">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="288EA09C" w14:textId="4620756D" w:rsidR="00520AB4" w:rsidRPr="00FC3693" w:rsidRDefault="00520AB4" w:rsidP="00510629">
-[...645 lines deleted...]
-    <w:p w14:paraId="0229DF8E" w14:textId="2F783F51" w:rsidR="009E71FE" w:rsidRPr="009E71FE" w:rsidRDefault="009E71FE" w:rsidP="00920302">
+    <w:p w14:paraId="0229DF8E" w14:textId="2F783F51" w:rsidR="009E71FE" w:rsidRPr="003D1987" w:rsidRDefault="009E71FE" w:rsidP="00920302">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="009E71FE" w:rsidRPr="009E71FE" w:rsidSect="001F5B88">
-      <w:footerReference w:type="default" r:id="rId48"/>
+    <w:sectPr w:rsidR="009E71FE" w:rsidRPr="003D1987" w:rsidSect="001F5B88">
+      <w:footerReference w:type="default" r:id="rId46"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="426" w:right="850" w:bottom="284" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="35571E36" w14:textId="77777777" w:rsidR="00B36C69" w:rsidRDefault="00B36C69" w:rsidP="004256A0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2020EB4B" w14:textId="77777777" w:rsidR="00B36C69" w:rsidRDefault="00B36C69" w:rsidP="004256A0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
@@ -15246,50 +6498,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1BF9481D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="23DAA974"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D335A74"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="99F6F7D2"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -15331,51 +6696,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F3A1E3A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="841490C2"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -15444,51 +6809,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="22205054"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09F42B98"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -15557,51 +6922,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="240C1ED6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="45CAAD38"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -15706,51 +7071,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="250310B9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B15A4BA8"/>
     <w:lvl w:ilvl="0" w:tplc="741E36D4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -15795,51 +7160,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26611EEA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1F3C8B7C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-349" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -15916,51 +7281,51 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5694" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6763" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29850BCA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E730A988"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -16065,51 +7430,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A594269"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F3FC92A0"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -16178,51 +7543,140 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2CFB4BAF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="38B83392"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DEB5A3B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="943A19DE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -16327,51 +7781,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="321213BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="99946732"/>
     <w:lvl w:ilvl="0" w:tplc="4720F766">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:i w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -16445,51 +7899,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32E82331"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="983E03F6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -16558,51 +8012,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="349E6099"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0E4497CA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="a"/>
       <w:lvlText w:val="1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -16703,51 +8157,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3744"/>
         </w:tabs>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36A8136A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DAC436D8"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -16816,51 +8270,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38846798"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F842935A"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -16929,51 +8383,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AF205F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C152DD72"/>
     <w:lvl w:ilvl="0" w:tplc="E146CE80">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -17020,51 +8474,277 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4333388E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="23C0E038"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="438D3AD6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F4B69840"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4ED924F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0FF8EF52"/>
     <w:lvl w:ilvl="0" w:tplc="4990A9E2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2138" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2858" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -17132,51 +8812,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7178" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7898" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50F17403"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DB40AEDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -17245,51 +8925,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51F32DC4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EF2AB2FE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -17394,51 +9074,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="580F782A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9C1450F4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="934" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -17486,51 +9166,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3382" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3886" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4462" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B8A01CD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="69B84736"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -17635,51 +9315,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5CCC3EE8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F840656E"/>
     <w:lvl w:ilvl="0" w:tplc="B388E83A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="8B70B138" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17775,51 +9455,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="090A1352" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F4A7756"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E20CA052"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -17888,51 +9568,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FC72B1C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="030C1BD6"/>
     <w:lvl w:ilvl="0" w:tplc="437C67A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="502"/>
         </w:tabs>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="EB6C5130" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18028,51 +9708,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5542"/>
         </w:tabs>
         <w:ind w:left="5542" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="ABCC6616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6262"/>
         </w:tabs>
         <w:ind w:left="6262" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62E827EB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3BEA06F6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -18177,51 +9857,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68DA430B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9A566EB2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -18326,51 +10006,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A1B5AEA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1026C8BC"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -18439,51 +10119,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D7A3409"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D96EDE48"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -18588,51 +10268,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74A52E0E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1A544794"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -18701,64 +10381,64 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="793D6566"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="4F5E3F6C"/>
-    <w:lvl w:ilvl="0" w:tplc="0419000F">
+    <w:tmpl w:val="7B06FC4C"/>
+    <w:lvl w:ilvl="0" w:tplc="AF804D6A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="928" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1648"/>
         </w:tabs>
         <w:ind w:left="1648" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2368" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -18815,239 +10495,251 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5968" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6688" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="35"/>
+    <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="21"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="2"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="11">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="13">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="15">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="16">
-    <w:abstractNumId w:val="36"/>
+    <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="17">
-    <w:abstractNumId w:val="37"/>
+    <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="19">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="20">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="21">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="22">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="25">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="23">
-[...7 lines deleted...]
-  </w:num>
   <w:num w:numId="26">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="27">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="28">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="29">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="30">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="31">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="32">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="33">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="34">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="35">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="36">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="37">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="38">
     <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="39">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="40">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="41">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="42">
+    <w:abstractNumId w:val="27"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:trackRevisions/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CC2F2A"/>
     <w:rsid w:val="000017E4"/>
     <w:rsid w:val="000033E7"/>
     <w:rsid w:val="00003C76"/>
     <w:rsid w:val="00004310"/>
     <w:rsid w:val="0000502C"/>
     <w:rsid w:val="000059A9"/>
     <w:rsid w:val="00006861"/>
     <w:rsid w:val="00007F7C"/>
     <w:rsid w:val="00011523"/>
     <w:rsid w:val="00012056"/>
     <w:rsid w:val="0001623A"/>
     <w:rsid w:val="000164D7"/>
     <w:rsid w:val="000219B1"/>
     <w:rsid w:val="00023A57"/>
     <w:rsid w:val="00023E82"/>
     <w:rsid w:val="00025F56"/>
     <w:rsid w:val="00027A36"/>
     <w:rsid w:val="00032085"/>
+    <w:rsid w:val="00033393"/>
     <w:rsid w:val="00036395"/>
     <w:rsid w:val="0003744F"/>
     <w:rsid w:val="0004004D"/>
     <w:rsid w:val="00041245"/>
     <w:rsid w:val="0005056F"/>
     <w:rsid w:val="0006317B"/>
     <w:rsid w:val="000670AF"/>
     <w:rsid w:val="00070F93"/>
     <w:rsid w:val="000759B1"/>
     <w:rsid w:val="00082B80"/>
     <w:rsid w:val="00083411"/>
     <w:rsid w:val="00084F3B"/>
     <w:rsid w:val="00085CD3"/>
     <w:rsid w:val="00087F73"/>
     <w:rsid w:val="000922B6"/>
     <w:rsid w:val="00093D72"/>
     <w:rsid w:val="00093F66"/>
     <w:rsid w:val="000A022C"/>
     <w:rsid w:val="000A2A63"/>
     <w:rsid w:val="000A7691"/>
     <w:rsid w:val="000B02AC"/>
     <w:rsid w:val="000B22A6"/>
     <w:rsid w:val="000B3213"/>
     <w:rsid w:val="000B5D22"/>
     <w:rsid w:val="000C05D9"/>
@@ -19058,50 +10750,51 @@
     <w:rsid w:val="000E3B15"/>
     <w:rsid w:val="000E5B68"/>
     <w:rsid w:val="000F29B0"/>
     <w:rsid w:val="000F517F"/>
     <w:rsid w:val="000F6C66"/>
     <w:rsid w:val="00100D05"/>
     <w:rsid w:val="00101856"/>
     <w:rsid w:val="00102991"/>
     <w:rsid w:val="00104CC4"/>
     <w:rsid w:val="00107661"/>
     <w:rsid w:val="001129B8"/>
     <w:rsid w:val="001160E1"/>
     <w:rsid w:val="0011658B"/>
     <w:rsid w:val="00123792"/>
     <w:rsid w:val="001244DF"/>
     <w:rsid w:val="00127506"/>
     <w:rsid w:val="00131C2F"/>
     <w:rsid w:val="00131DCB"/>
     <w:rsid w:val="001402D3"/>
     <w:rsid w:val="00141FA2"/>
     <w:rsid w:val="001452B5"/>
     <w:rsid w:val="0014561D"/>
     <w:rsid w:val="001459B4"/>
     <w:rsid w:val="00154BEE"/>
     <w:rsid w:val="00156BCC"/>
+    <w:rsid w:val="00166BB4"/>
     <w:rsid w:val="00167324"/>
     <w:rsid w:val="001708D4"/>
     <w:rsid w:val="001720B3"/>
     <w:rsid w:val="001726A7"/>
     <w:rsid w:val="00172D8C"/>
     <w:rsid w:val="00174F76"/>
     <w:rsid w:val="00175218"/>
     <w:rsid w:val="00177A68"/>
     <w:rsid w:val="001817A4"/>
     <w:rsid w:val="001904F1"/>
     <w:rsid w:val="00191DF1"/>
     <w:rsid w:val="0019306B"/>
     <w:rsid w:val="00193497"/>
     <w:rsid w:val="001A069C"/>
     <w:rsid w:val="001A2167"/>
     <w:rsid w:val="001A3A3F"/>
     <w:rsid w:val="001A7305"/>
     <w:rsid w:val="001B0BE4"/>
     <w:rsid w:val="001B1FAB"/>
     <w:rsid w:val="001B2153"/>
     <w:rsid w:val="001B5B28"/>
     <w:rsid w:val="001C3194"/>
     <w:rsid w:val="001C4A2B"/>
     <w:rsid w:val="001C560B"/>
     <w:rsid w:val="001C6AD8"/>
@@ -19169,92 +10862,96 @@
     <w:rsid w:val="002977AE"/>
     <w:rsid w:val="002A371A"/>
     <w:rsid w:val="002B0F98"/>
     <w:rsid w:val="002B12E7"/>
     <w:rsid w:val="002B1495"/>
     <w:rsid w:val="002C0043"/>
     <w:rsid w:val="002D1911"/>
     <w:rsid w:val="002D4BF1"/>
     <w:rsid w:val="002E3430"/>
     <w:rsid w:val="002E3B50"/>
     <w:rsid w:val="002E4469"/>
     <w:rsid w:val="002E512A"/>
     <w:rsid w:val="002E6C27"/>
     <w:rsid w:val="002F0FA9"/>
     <w:rsid w:val="002F1336"/>
     <w:rsid w:val="002F1A8F"/>
     <w:rsid w:val="002F1A9A"/>
     <w:rsid w:val="002F3117"/>
     <w:rsid w:val="002F33E3"/>
     <w:rsid w:val="002F49CE"/>
     <w:rsid w:val="002F65F7"/>
     <w:rsid w:val="002F7700"/>
     <w:rsid w:val="00301FE2"/>
     <w:rsid w:val="0030259A"/>
     <w:rsid w:val="00303968"/>
+    <w:rsid w:val="00303CCA"/>
     <w:rsid w:val="003108C6"/>
     <w:rsid w:val="00312E3A"/>
     <w:rsid w:val="00313D97"/>
     <w:rsid w:val="00316985"/>
     <w:rsid w:val="00323B6A"/>
     <w:rsid w:val="00323D6C"/>
     <w:rsid w:val="00325AA1"/>
     <w:rsid w:val="003261CC"/>
     <w:rsid w:val="003366E7"/>
     <w:rsid w:val="00337512"/>
+    <w:rsid w:val="003417DF"/>
     <w:rsid w:val="003448EC"/>
     <w:rsid w:val="00347297"/>
     <w:rsid w:val="00347DAB"/>
     <w:rsid w:val="00347F54"/>
     <w:rsid w:val="00352DEF"/>
     <w:rsid w:val="00363B7E"/>
     <w:rsid w:val="00372220"/>
     <w:rsid w:val="003726B5"/>
     <w:rsid w:val="00372793"/>
     <w:rsid w:val="00381772"/>
     <w:rsid w:val="00381B47"/>
     <w:rsid w:val="00381F88"/>
     <w:rsid w:val="00385010"/>
     <w:rsid w:val="00390824"/>
+    <w:rsid w:val="00391E9E"/>
     <w:rsid w:val="00393483"/>
     <w:rsid w:val="0039380A"/>
     <w:rsid w:val="00397ABF"/>
     <w:rsid w:val="00397B07"/>
     <w:rsid w:val="003A0009"/>
     <w:rsid w:val="003A05AE"/>
     <w:rsid w:val="003A176B"/>
     <w:rsid w:val="003A1A60"/>
     <w:rsid w:val="003A2C3F"/>
     <w:rsid w:val="003A56A6"/>
     <w:rsid w:val="003A68B2"/>
     <w:rsid w:val="003A68CF"/>
     <w:rsid w:val="003A7077"/>
     <w:rsid w:val="003A7E3B"/>
     <w:rsid w:val="003B1E13"/>
     <w:rsid w:val="003B4993"/>
     <w:rsid w:val="003B5500"/>
     <w:rsid w:val="003B703F"/>
+    <w:rsid w:val="003D1987"/>
     <w:rsid w:val="003D1E0C"/>
     <w:rsid w:val="003D62FF"/>
     <w:rsid w:val="003E07D4"/>
     <w:rsid w:val="003E0CD2"/>
     <w:rsid w:val="003E10AB"/>
     <w:rsid w:val="003E3519"/>
     <w:rsid w:val="003E3A96"/>
     <w:rsid w:val="003F06BE"/>
     <w:rsid w:val="003F4032"/>
     <w:rsid w:val="003F4768"/>
     <w:rsid w:val="00404137"/>
     <w:rsid w:val="004075F1"/>
     <w:rsid w:val="004118F3"/>
     <w:rsid w:val="00414AFA"/>
     <w:rsid w:val="004176FA"/>
     <w:rsid w:val="0042323A"/>
     <w:rsid w:val="0042435C"/>
     <w:rsid w:val="004256A0"/>
     <w:rsid w:val="004258D1"/>
     <w:rsid w:val="004278D3"/>
     <w:rsid w:val="00432913"/>
     <w:rsid w:val="00436A52"/>
     <w:rsid w:val="0044617F"/>
     <w:rsid w:val="00446F94"/>
     <w:rsid w:val="0045593D"/>
@@ -19460,84 +11157,88 @@
     <w:rsid w:val="00845F6B"/>
     <w:rsid w:val="008535A3"/>
     <w:rsid w:val="0085561F"/>
     <w:rsid w:val="0086268F"/>
     <w:rsid w:val="00865065"/>
     <w:rsid w:val="00866401"/>
     <w:rsid w:val="00866678"/>
     <w:rsid w:val="00870278"/>
     <w:rsid w:val="00870B85"/>
     <w:rsid w:val="00873C7F"/>
     <w:rsid w:val="00875455"/>
     <w:rsid w:val="0087570C"/>
     <w:rsid w:val="00881662"/>
     <w:rsid w:val="00891682"/>
     <w:rsid w:val="00893D16"/>
     <w:rsid w:val="0089732C"/>
     <w:rsid w:val="00897433"/>
     <w:rsid w:val="008A0B90"/>
     <w:rsid w:val="008A1E45"/>
     <w:rsid w:val="008A3C04"/>
     <w:rsid w:val="008A602C"/>
     <w:rsid w:val="008A6E52"/>
     <w:rsid w:val="008B0AA7"/>
     <w:rsid w:val="008B44FE"/>
     <w:rsid w:val="008B6992"/>
+    <w:rsid w:val="008B7709"/>
     <w:rsid w:val="008C00E2"/>
     <w:rsid w:val="008D443B"/>
+    <w:rsid w:val="008E2227"/>
     <w:rsid w:val="008E22A1"/>
     <w:rsid w:val="008E5AD4"/>
     <w:rsid w:val="008F68BC"/>
     <w:rsid w:val="009002B4"/>
     <w:rsid w:val="0090150C"/>
     <w:rsid w:val="00903D06"/>
     <w:rsid w:val="00910E6F"/>
     <w:rsid w:val="00911223"/>
     <w:rsid w:val="00914BE9"/>
     <w:rsid w:val="00915B14"/>
     <w:rsid w:val="0091625C"/>
     <w:rsid w:val="009167F4"/>
     <w:rsid w:val="0091719C"/>
     <w:rsid w:val="00917D67"/>
     <w:rsid w:val="00920302"/>
+    <w:rsid w:val="0092068A"/>
     <w:rsid w:val="009224B0"/>
     <w:rsid w:val="00931359"/>
     <w:rsid w:val="009315A1"/>
     <w:rsid w:val="009357B5"/>
     <w:rsid w:val="00935C1C"/>
     <w:rsid w:val="00937A37"/>
     <w:rsid w:val="00937CDC"/>
     <w:rsid w:val="009434A4"/>
     <w:rsid w:val="009527E7"/>
     <w:rsid w:val="009528A1"/>
     <w:rsid w:val="00953AD2"/>
     <w:rsid w:val="009561A5"/>
     <w:rsid w:val="00956D23"/>
     <w:rsid w:val="009706B3"/>
     <w:rsid w:val="00971EC9"/>
     <w:rsid w:val="009741A0"/>
     <w:rsid w:val="00974A3E"/>
+    <w:rsid w:val="00976618"/>
     <w:rsid w:val="009838C7"/>
     <w:rsid w:val="00987210"/>
     <w:rsid w:val="009878DE"/>
     <w:rsid w:val="00997D79"/>
     <w:rsid w:val="009A244A"/>
     <w:rsid w:val="009B2211"/>
     <w:rsid w:val="009B239E"/>
     <w:rsid w:val="009C218F"/>
     <w:rsid w:val="009C2B71"/>
     <w:rsid w:val="009C35B9"/>
     <w:rsid w:val="009C4CE4"/>
     <w:rsid w:val="009C6370"/>
     <w:rsid w:val="009C7972"/>
     <w:rsid w:val="009D1534"/>
     <w:rsid w:val="009D3839"/>
     <w:rsid w:val="009D7753"/>
     <w:rsid w:val="009E033D"/>
     <w:rsid w:val="009E5BC9"/>
     <w:rsid w:val="009E7183"/>
     <w:rsid w:val="009E71FE"/>
     <w:rsid w:val="009E790C"/>
     <w:rsid w:val="009F1067"/>
     <w:rsid w:val="009F3465"/>
     <w:rsid w:val="00A10408"/>
     <w:rsid w:val="00A111EB"/>
@@ -19595,50 +11296,51 @@
     <w:rsid w:val="00AD3C10"/>
     <w:rsid w:val="00AE1CC3"/>
     <w:rsid w:val="00AE4F5B"/>
     <w:rsid w:val="00AF7D23"/>
     <w:rsid w:val="00B02948"/>
     <w:rsid w:val="00B02BDC"/>
     <w:rsid w:val="00B075BA"/>
     <w:rsid w:val="00B115A5"/>
     <w:rsid w:val="00B12EBC"/>
     <w:rsid w:val="00B15124"/>
     <w:rsid w:val="00B161FA"/>
     <w:rsid w:val="00B20071"/>
     <w:rsid w:val="00B20A63"/>
     <w:rsid w:val="00B27276"/>
     <w:rsid w:val="00B3172A"/>
     <w:rsid w:val="00B31E7E"/>
     <w:rsid w:val="00B35436"/>
     <w:rsid w:val="00B36C69"/>
     <w:rsid w:val="00B41DF8"/>
     <w:rsid w:val="00B4307B"/>
     <w:rsid w:val="00B45698"/>
     <w:rsid w:val="00B50662"/>
     <w:rsid w:val="00B5399F"/>
     <w:rsid w:val="00B56EC8"/>
     <w:rsid w:val="00B609FC"/>
+    <w:rsid w:val="00B62984"/>
     <w:rsid w:val="00B62FF5"/>
     <w:rsid w:val="00B71C78"/>
     <w:rsid w:val="00B72635"/>
     <w:rsid w:val="00B72B4F"/>
     <w:rsid w:val="00B761DC"/>
     <w:rsid w:val="00B773B9"/>
     <w:rsid w:val="00B77D01"/>
     <w:rsid w:val="00B96B22"/>
     <w:rsid w:val="00BA2A10"/>
     <w:rsid w:val="00BA36FD"/>
     <w:rsid w:val="00BB7FB2"/>
     <w:rsid w:val="00BC1929"/>
     <w:rsid w:val="00BC3E9E"/>
     <w:rsid w:val="00BC79E1"/>
     <w:rsid w:val="00BC7A56"/>
     <w:rsid w:val="00BD229F"/>
     <w:rsid w:val="00BD2D12"/>
     <w:rsid w:val="00BD5C27"/>
     <w:rsid w:val="00BD5E4A"/>
     <w:rsid w:val="00BD6F0C"/>
     <w:rsid w:val="00BE0972"/>
     <w:rsid w:val="00BE225B"/>
     <w:rsid w:val="00BE6726"/>
     <w:rsid w:val="00BF2C81"/>
     <w:rsid w:val="00BF39C9"/>
@@ -19676,62 +11378,64 @@
     <w:rsid w:val="00CA4426"/>
     <w:rsid w:val="00CA5ADA"/>
     <w:rsid w:val="00CB085C"/>
     <w:rsid w:val="00CB0D4B"/>
     <w:rsid w:val="00CB342B"/>
     <w:rsid w:val="00CB44D1"/>
     <w:rsid w:val="00CB4C3A"/>
     <w:rsid w:val="00CB5AD0"/>
     <w:rsid w:val="00CC1C6E"/>
     <w:rsid w:val="00CC2F2A"/>
     <w:rsid w:val="00CC644A"/>
     <w:rsid w:val="00CC6D85"/>
     <w:rsid w:val="00CD0601"/>
     <w:rsid w:val="00CD0778"/>
     <w:rsid w:val="00CD505A"/>
     <w:rsid w:val="00CD7B01"/>
     <w:rsid w:val="00CE48DF"/>
     <w:rsid w:val="00CE7D4F"/>
     <w:rsid w:val="00CF08E5"/>
     <w:rsid w:val="00CF1634"/>
     <w:rsid w:val="00CF6646"/>
     <w:rsid w:val="00D011D4"/>
     <w:rsid w:val="00D01318"/>
     <w:rsid w:val="00D0250A"/>
     <w:rsid w:val="00D0263E"/>
+    <w:rsid w:val="00D05595"/>
     <w:rsid w:val="00D07E96"/>
     <w:rsid w:val="00D12CB5"/>
     <w:rsid w:val="00D13019"/>
     <w:rsid w:val="00D1320A"/>
     <w:rsid w:val="00D14693"/>
     <w:rsid w:val="00D15384"/>
     <w:rsid w:val="00D153D0"/>
     <w:rsid w:val="00D17551"/>
     <w:rsid w:val="00D2000C"/>
     <w:rsid w:val="00D2171B"/>
     <w:rsid w:val="00D252A1"/>
     <w:rsid w:val="00D259B8"/>
+    <w:rsid w:val="00D25FBD"/>
     <w:rsid w:val="00D31F40"/>
     <w:rsid w:val="00D34737"/>
     <w:rsid w:val="00D34E40"/>
     <w:rsid w:val="00D36755"/>
     <w:rsid w:val="00D41057"/>
     <w:rsid w:val="00D429F1"/>
     <w:rsid w:val="00D46D2B"/>
     <w:rsid w:val="00D51465"/>
     <w:rsid w:val="00D5173E"/>
     <w:rsid w:val="00D6124E"/>
     <w:rsid w:val="00D65E31"/>
     <w:rsid w:val="00D65FD7"/>
     <w:rsid w:val="00D6662A"/>
     <w:rsid w:val="00D67F2E"/>
     <w:rsid w:val="00D77B97"/>
     <w:rsid w:val="00D807A3"/>
     <w:rsid w:val="00D812F6"/>
     <w:rsid w:val="00D818E1"/>
     <w:rsid w:val="00D84497"/>
     <w:rsid w:val="00D8718F"/>
     <w:rsid w:val="00D94F26"/>
     <w:rsid w:val="00D952FD"/>
     <w:rsid w:val="00D961D8"/>
     <w:rsid w:val="00DA10B3"/>
     <w:rsid w:val="00DA2D39"/>
@@ -19813,50 +11517,51 @@
     <w:rsid w:val="00F068E4"/>
     <w:rsid w:val="00F14E98"/>
     <w:rsid w:val="00F16489"/>
     <w:rsid w:val="00F16698"/>
     <w:rsid w:val="00F16B0D"/>
     <w:rsid w:val="00F25235"/>
     <w:rsid w:val="00F301A6"/>
     <w:rsid w:val="00F30CD4"/>
     <w:rsid w:val="00F31579"/>
     <w:rsid w:val="00F31A71"/>
     <w:rsid w:val="00F32D58"/>
     <w:rsid w:val="00F379E8"/>
     <w:rsid w:val="00F40975"/>
     <w:rsid w:val="00F44C50"/>
     <w:rsid w:val="00F45104"/>
     <w:rsid w:val="00F45153"/>
     <w:rsid w:val="00F46CE5"/>
     <w:rsid w:val="00F5085E"/>
     <w:rsid w:val="00F545E3"/>
     <w:rsid w:val="00F54A21"/>
     <w:rsid w:val="00F56ECB"/>
     <w:rsid w:val="00F660B4"/>
     <w:rsid w:val="00F70018"/>
     <w:rsid w:val="00F70230"/>
     <w:rsid w:val="00F73948"/>
+    <w:rsid w:val="00F80AE3"/>
     <w:rsid w:val="00F83FB7"/>
     <w:rsid w:val="00F85D4A"/>
     <w:rsid w:val="00F87DA7"/>
     <w:rsid w:val="00F90F83"/>
     <w:rsid w:val="00F93395"/>
     <w:rsid w:val="00F94031"/>
     <w:rsid w:val="00F9564B"/>
     <w:rsid w:val="00FA4422"/>
     <w:rsid w:val="00FA4684"/>
     <w:rsid w:val="00FA761E"/>
     <w:rsid w:val="00FB5490"/>
     <w:rsid w:val="00FB5E66"/>
     <w:rsid w:val="00FC087F"/>
     <w:rsid w:val="00FC1609"/>
     <w:rsid w:val="00FC1E6C"/>
     <w:rsid w:val="00FC2DF0"/>
     <w:rsid w:val="00FC3693"/>
     <w:rsid w:val="00FC3CB7"/>
     <w:rsid w:val="00FC4417"/>
     <w:rsid w:val="00FC5417"/>
     <w:rsid w:val="00FC6DDD"/>
     <w:rsid w:val="00FD0C1D"/>
     <w:rsid w:val="00FD2410"/>
     <w:rsid w:val="00FE10A7"/>
     <w:rsid w:val="00FE6473"/>
@@ -21232,51 +12937,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2077240584">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document3.docx"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.emf"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fs.moex.com/files/13856/24866" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.emf"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalclearingcentre.ru/connector?cmd=file&amp;target=B_XENsZWFyaW5nXNCa0LDQuiDRgdGC0LDRgtGMINCj0Jpc0JQt0YLRiyDQtNC70Y8g0YDQtdC30LjQtNC10L3RgtCwXNCd0L7QstCw0Y8g0YTQvtGA0LzQsC5kb2N4&amp;_t=1656330780" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pki@moex.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fs.moex.com/files/21585/36219" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document.docx"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fs.moex.com/files/17233/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fs.moex.com/files/8240/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fs.moex.com/files/22030/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document2.docx"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document4.docx"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://moex.com/s1273" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.moex.com/s1309" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document6.docx"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fs.moex.com/files/23850/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fs.moex.com/files/14171/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.moex.com/s1303" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nsd.ru/upload/docs/clearing/clearing_doc_list_2020_09_28.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.emf"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:help@moex.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://passport.moex.com/registration" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fs.moex.com/files/22025/37114" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.emf"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fs.moex.com/files/23849/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nsd.ru/upload/docs/repo/pam_ntb.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fs.moex.com/files/22025/37113" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document1.docx"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document5.docx"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document7.docx"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fs.moex.com/files/14555/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fs.moex.com/files/14535/42271" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tovar@moex.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fs.moex.com/files/22026/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fs.moex.com/files/22026/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fs.moex.com/files/23849/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://passport.moex.com/registration" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cabinet.moex.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document7.docx"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pki@moex.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.emf"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nsd.ru/upload/docs/clearing/clearing_doc_list_2020_09_28.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fs.moex.com/files/14555/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fs.moex.com/files/14171/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document1.docx"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document4.docx"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.emf"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalclearingcentre.ru/connector?cmd=file&amp;target=B_XENsZWFyaW5nXNCa0LDQuiDRgdGC0LDRgtGMINCj0Jpc0JQt0YLRiyDQtNC70Y8g0YDQtdC30LjQtNC10L3RgtCwXNCd0L7QstCw0Y8g0YTQvtGA0LzQsC5kb2N4&amp;_t=1656330780" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.moex.com/s1309" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document2.docx"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nsd.ru/services/collateral-management/sugar/?tab=tab_0" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tovar@moex.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.emf"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document6.docx"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:help@moex.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nsd.ru/services/collateral-management/sugar/?tab=tab_1" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fs.moex.com/files/23850/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document.docx"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.emf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fs.moex.com/files/22025/37114" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.moex.com/s1303" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document3.docx"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fs.moex.com/files/21585/36219" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fs.moex.com/files/22025/37113" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fs.moex.com/files/17233/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.emf"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document5.docx"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fs.moex.com/files/22030/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -21529,82 +13234,82 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DF97EC01-02D9-4ECF-880C-725FF6C1BCA2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{928AB2BC-04AB-4B1B-9155-5B97614CBDB2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>13582</Characters>
+  <Pages>5</Pages>
+  <Words>2267</Words>
+  <Characters>12927</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>113</Lines>
-  <Paragraphs>31</Paragraphs>
+  <Lines>107</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15933</CharactersWithSpaces>
+  <CharactersWithSpaces>15164</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Рекунова Наталья Александровна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>