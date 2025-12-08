--- v0 (2025-10-13)
+++ v1 (2025-12-08)
@@ -2,56 +2,56 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20382"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Интервенции_аккредитация\ИНТЕРВЕНЦИИ\Интервенции 2024\Кандидаты УТ\Муза АО (Панечко)\Согласование\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\office\Public\VDI\3_it_markets\Folders\MoskalenkoSA\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C3934203-6A6F-45A6-981D-4E6E7734CEF4}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DF80BE20-CE46-473C-8C7E-82CDED1404AA}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="9940" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="9945" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_Hlk116395077" localSheetId="0">Лист1!#REF!</definedName>
     <definedName name="_Hlk116480962" localSheetId="0">Лист1!#REF!</definedName>
     <definedName name="_Hlk117858382" localSheetId="0">Лист1!#REF!</definedName>
     <definedName name="_Hlk119499564" localSheetId="0">Лист1!#REF!</definedName>
     <definedName name="_Hlk120192283" localSheetId="0">Лист1!#REF!</definedName>
     <definedName name="_Hlk120193705" localSheetId="0">Лист1!#REF!</definedName>
     <definedName name="_Hlk121489471" localSheetId="0">Лист1!#REF!</definedName>
     <definedName name="_Hlk122526305" localSheetId="0">Лист1!#REF!</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Лист1!$A$1:$J$11</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -220,53 +220,50 @@
   <si>
     <t>Общество с ограниченной ответственностью «Анжеро-Судженский Мелькомбинат»</t>
   </si>
   <si>
     <t>4246020974</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью "Производственное объединение "Топчихинский мелькомбинат"</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью "ЖИТО"</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью "НОВОСИБИРСКИЙ МЕЛЬКОМБИНАТ №1"</t>
   </si>
   <si>
     <t>2222849374</t>
   </si>
   <si>
     <t>Акционерное общество "Томские мельницы"</t>
   </si>
   <si>
     <t>Акционерное общество "Мельница"</t>
   </si>
   <si>
-    <t>Общество с ограниченной ответственностью "Производственное объединение Усть-Калманский элеватор"</t>
-[...1 lines deleted...]
-  <si>
     <t>Закрытое акционерное общество "ХЛЕБОКОМБИНАТ "ИНСКОЙ"</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью "Давлекановский комбинат хлебопродуктов"</t>
   </si>
   <si>
     <t>поступление на Биржу заявления от 
 Участника торгов о прекращении допуска 
 к участию в торгах</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью "АльянсГрупп"</t>
   </si>
   <si>
     <t>0259009339</t>
   </si>
   <si>
     <t>Акционерное общество "Городищенский комбинат хлебопродуктов"</t>
   </si>
   <si>
     <t>3403016633</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью «Агросервис Регион»</t>
   </si>
@@ -305,50 +302,53 @@
 основанию принимается Биржей</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью "Торговый дом "ВВК"</t>
   </si>
   <si>
     <t>Акционерное общество «Магнитогорский комбинат хлебопродуктов – СИТНО»</t>
   </si>
   <si>
     <t>Акционерное общество "Хлеб"</t>
   </si>
   <si>
     <t>Закрытое акционерное общество "Энгельсский мукомольный завод"</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью "Русь"</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью "Бийскхлебопродукт"</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью "Рязаньэлеватор"</t>
   </si>
   <si>
     <t>Акционерное общество "Мукомольный завод "МуЗа"</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью "Производственное объединение "Усть-Калманский элеватор"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Tahoma"/>
@@ -1384,1365 +1384,1365 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:J66"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="50" workbookViewId="0">
-      <pane ySplit="5" topLeftCell="A62" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="F79" sqref="F79"/>
+      <pane ySplit="5" topLeftCell="A34" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="D39" sqref="D39"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8" style="9" customWidth="1"/>
-    <col min="2" max="2" width="43.453125" style="8" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="10" width="22.54296875" customWidth="1"/>
+    <col min="2" max="2" width="43.42578125" style="8" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="22.42578125" style="9" customWidth="1"/>
+    <col min="4" max="4" width="22.5703125" style="15" customWidth="1"/>
+    <col min="5" max="10" width="22.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="37" t="s">
         <v>21</v>
       </c>
       <c r="E1" s="38"/>
       <c r="F1" s="38"/>
       <c r="G1" s="38"/>
       <c r="H1" s="38"/>
       <c r="I1" s="38"/>
       <c r="J1" s="39"/>
     </row>
-    <row r="2" spans="1:10" ht="23.4" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:10" ht="23.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1"/>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="40"/>
       <c r="E2" s="41"/>
       <c r="F2" s="41"/>
       <c r="G2" s="41"/>
       <c r="H2" s="41"/>
       <c r="I2" s="41"/>
       <c r="J2" s="42"/>
     </row>
-    <row r="3" spans="1:10" ht="26" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:10" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="40"/>
       <c r="E3" s="41"/>
       <c r="F3" s="41"/>
       <c r="G3" s="41"/>
       <c r="H3" s="41"/>
       <c r="I3" s="41"/>
       <c r="J3" s="42"/>
     </row>
-    <row r="4" spans="1:10" ht="23.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="4" spans="1:10" ht="23.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="43"/>
       <c r="E4" s="44"/>
       <c r="F4" s="44"/>
       <c r="G4" s="44"/>
       <c r="H4" s="44"/>
       <c r="I4" s="44"/>
       <c r="J4" s="45"/>
     </row>
-    <row r="5" spans="1:10" ht="56.5" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="5" spans="1:10" ht="72" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="7" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="7" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>5</v>
       </c>
       <c r="G5" s="7" t="s">
         <v>6</v>
       </c>
       <c r="H5" s="7" t="s">
         <v>7</v>
       </c>
       <c r="I5" s="7" t="s">
         <v>8</v>
       </c>
       <c r="J5" s="7" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="6" spans="1:10" ht="28" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:10" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A6" s="10">
         <v>1</v>
       </c>
       <c r="B6" s="11" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="12" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="13">
         <v>44617</v>
       </c>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
       <c r="G6" s="4"/>
       <c r="H6" s="4"/>
       <c r="I6" s="4"/>
       <c r="J6" s="4"/>
     </row>
-    <row r="7" spans="1:10" ht="70" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:10" ht="85.5" x14ac:dyDescent="0.25">
       <c r="A7" s="18">
         <v>2</v>
       </c>
       <c r="B7" s="19" t="s">
         <v>17</v>
       </c>
       <c r="C7" s="20" t="s">
         <v>18</v>
       </c>
       <c r="D7" s="21">
         <v>44621</v>
       </c>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="14">
         <v>45678</v>
       </c>
       <c r="J7" s="3" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" ht="70" x14ac:dyDescent="0.35">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" ht="85.5" x14ac:dyDescent="0.25">
       <c r="A8" s="18">
         <v>3</v>
       </c>
       <c r="B8" s="23" t="s">
         <v>19</v>
       </c>
       <c r="C8" s="22">
         <v>7310104595</v>
       </c>
       <c r="D8" s="24">
         <v>44635</v>
       </c>
       <c r="E8" s="3"/>
       <c r="F8" s="3"/>
       <c r="G8" s="3"/>
       <c r="H8" s="3"/>
       <c r="I8" s="14">
         <v>45678</v>
       </c>
       <c r="J8" s="3" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" s="36" customFormat="1" ht="409.5" x14ac:dyDescent="0.35">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" s="36" customFormat="1" ht="409.5" x14ac:dyDescent="0.25">
       <c r="A9" s="30">
         <v>4</v>
       </c>
       <c r="B9" s="31" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="32">
         <v>5638021850</v>
       </c>
       <c r="D9" s="33">
         <v>44692</v>
       </c>
       <c r="E9" s="34"/>
       <c r="F9" s="34"/>
       <c r="G9" s="34"/>
       <c r="H9" s="34"/>
       <c r="I9" s="35">
         <v>45728</v>
       </c>
       <c r="J9" s="34" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" ht="28" x14ac:dyDescent="0.35">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A10" s="18">
         <v>5</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C10" s="3">
         <v>7714015735</v>
       </c>
       <c r="D10" s="14">
         <v>45523</v>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
       <c r="J10" s="2"/>
     </row>
-    <row r="11" spans="1:10" ht="28" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:10" ht="42.75" x14ac:dyDescent="0.25">
       <c r="A11" s="18">
         <v>6</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="3">
         <v>5036134335</v>
       </c>
       <c r="D11" s="14">
         <v>45523</v>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
       <c r="J11" s="2"/>
     </row>
-    <row r="12" spans="1:10" ht="42" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:10" ht="42.75" x14ac:dyDescent="0.25">
       <c r="A12" s="18">
         <v>7</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="3">
         <v>5040009908</v>
       </c>
       <c r="D12" s="14">
         <v>45523</v>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
       <c r="J12" s="2"/>
     </row>
-    <row r="13" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:10" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A13" s="18">
         <v>8</v>
       </c>
       <c r="B13" s="16" t="s">
         <v>15</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>16</v>
       </c>
       <c r="D13" s="14">
         <v>45524</v>
       </c>
       <c r="E13" s="17"/>
       <c r="F13" s="17"/>
       <c r="G13" s="17"/>
       <c r="H13" s="17"/>
       <c r="I13" s="17"/>
       <c r="J13" s="17"/>
     </row>
-    <row r="14" spans="1:10" ht="42.5" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:10" ht="43.5" x14ac:dyDescent="0.25">
       <c r="A14" s="18">
         <v>9</v>
       </c>
       <c r="B14" s="16" t="s">
         <v>22</v>
       </c>
       <c r="C14" s="25" t="s">
         <v>23</v>
       </c>
       <c r="D14" s="26">
         <v>45526</v>
       </c>
       <c r="E14" s="17"/>
       <c r="F14" s="17"/>
       <c r="G14" s="17"/>
       <c r="H14" s="17"/>
       <c r="I14" s="17"/>
       <c r="J14" s="17"/>
     </row>
-    <row r="15" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:10" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A15" s="18">
         <v>10</v>
       </c>
       <c r="B15" s="16" t="s">
         <v>25</v>
       </c>
       <c r="C15" s="25" t="s">
         <v>24</v>
       </c>
       <c r="D15" s="26">
         <v>45527</v>
       </c>
       <c r="E15" s="17"/>
       <c r="F15" s="17"/>
       <c r="G15" s="17"/>
       <c r="H15" s="17"/>
       <c r="I15" s="17"/>
       <c r="J15" s="17"/>
     </row>
-    <row r="16" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:10" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A16" s="18">
         <v>11</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="25">
         <v>6454017140</v>
       </c>
       <c r="D16" s="26">
         <v>45532</v>
       </c>
       <c r="E16" s="17"/>
       <c r="F16" s="17"/>
       <c r="G16" s="17"/>
       <c r="H16" s="17"/>
       <c r="I16" s="17"/>
       <c r="J16" s="17"/>
     </row>
-    <row r="17" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:10" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A17" s="18">
         <v>12</v>
       </c>
       <c r="B17" s="16" t="s">
         <v>27</v>
       </c>
       <c r="C17" s="25">
         <v>1617006212</v>
       </c>
       <c r="D17" s="26">
         <v>45532</v>
       </c>
       <c r="E17" s="17"/>
       <c r="F17" s="17"/>
       <c r="G17" s="17"/>
       <c r="H17" s="17"/>
       <c r="I17" s="17"/>
       <c r="J17" s="17"/>
     </row>
-    <row r="18" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:10" ht="43.5" x14ac:dyDescent="0.25">
       <c r="A18" s="18">
         <v>13</v>
       </c>
       <c r="B18" s="16" t="s">
         <v>28</v>
       </c>
       <c r="C18" s="25" t="s">
         <v>29</v>
       </c>
       <c r="D18" s="26">
         <v>45538</v>
       </c>
       <c r="E18" s="17"/>
       <c r="F18" s="17"/>
       <c r="G18" s="17"/>
       <c r="H18" s="17"/>
       <c r="I18" s="17"/>
       <c r="J18" s="17"/>
     </row>
-    <row r="19" spans="1:10" ht="44.4" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:10" ht="44.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="18">
         <v>14</v>
       </c>
       <c r="B19" s="16" t="s">
         <v>30</v>
       </c>
       <c r="C19" s="25">
         <v>7329019826</v>
       </c>
       <c r="D19" s="26">
         <v>45540</v>
       </c>
       <c r="E19" s="17"/>
       <c r="F19" s="17"/>
       <c r="G19" s="17"/>
       <c r="H19" s="17"/>
       <c r="I19" s="17"/>
       <c r="J19" s="17"/>
     </row>
-    <row r="20" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:10" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A20" s="18">
         <v>15</v>
       </c>
       <c r="B20" s="16" t="s">
         <v>31</v>
       </c>
       <c r="C20" s="25">
         <v>5259075228</v>
       </c>
       <c r="D20" s="26">
         <v>45544</v>
       </c>
       <c r="E20" s="17"/>
       <c r="F20" s="17"/>
       <c r="G20" s="17"/>
       <c r="H20" s="17"/>
       <c r="I20" s="17"/>
       <c r="J20" s="17"/>
     </row>
-    <row r="21" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:10" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A21" s="18">
         <v>16</v>
       </c>
       <c r="B21" s="16" t="s">
         <v>32</v>
       </c>
       <c r="C21" s="25">
         <v>1658200272</v>
       </c>
       <c r="D21" s="26">
         <v>45544</v>
       </c>
       <c r="E21" s="17"/>
       <c r="F21" s="17"/>
       <c r="G21" s="17"/>
       <c r="H21" s="17"/>
       <c r="I21" s="17"/>
       <c r="J21" s="17"/>
     </row>
-    <row r="22" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:10" ht="43.5" x14ac:dyDescent="0.25">
       <c r="A22" s="18">
         <v>17</v>
       </c>
       <c r="B22" s="16" t="s">
         <v>33</v>
       </c>
       <c r="C22" s="25">
         <v>5259154060</v>
       </c>
       <c r="D22" s="26">
         <v>45546</v>
       </c>
       <c r="E22" s="17"/>
       <c r="F22" s="17"/>
       <c r="G22" s="17"/>
       <c r="H22" s="17"/>
       <c r="I22" s="17"/>
       <c r="J22" s="17"/>
     </row>
-    <row r="23" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:10" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A23" s="18">
         <v>18</v>
       </c>
       <c r="B23" s="16" t="s">
         <v>34</v>
       </c>
       <c r="C23" s="25">
         <v>5903003690</v>
       </c>
       <c r="D23" s="26">
         <v>45552</v>
       </c>
       <c r="E23" s="17"/>
       <c r="F23" s="17"/>
       <c r="G23" s="17"/>
       <c r="H23" s="17"/>
       <c r="I23" s="17"/>
       <c r="J23" s="17"/>
     </row>
-    <row r="24" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:10" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A24" s="18">
         <v>19</v>
       </c>
       <c r="B24" s="16" t="s">
         <v>35</v>
       </c>
       <c r="C24" s="25">
         <v>3605000114</v>
       </c>
       <c r="D24" s="26">
         <v>45555</v>
       </c>
       <c r="E24" s="17"/>
       <c r="F24" s="17"/>
       <c r="G24" s="17"/>
       <c r="H24" s="17"/>
       <c r="I24" s="17"/>
       <c r="J24" s="17"/>
     </row>
-    <row r="25" spans="1:10" ht="49.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:10" ht="49.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="18">
         <v>20</v>
       </c>
       <c r="B25" s="16" t="s">
         <v>36</v>
       </c>
       <c r="C25" s="27">
         <v>2466240548</v>
       </c>
       <c r="D25" s="26">
         <v>45568</v>
       </c>
       <c r="E25" s="17"/>
       <c r="F25" s="17"/>
       <c r="G25" s="17"/>
       <c r="H25" s="17"/>
       <c r="I25" s="17"/>
       <c r="J25" s="17"/>
     </row>
-    <row r="26" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:10" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A26" s="18">
         <v>21</v>
       </c>
       <c r="B26" s="16" t="s">
         <v>37</v>
       </c>
       <c r="C26" s="27">
         <v>2443029690</v>
       </c>
       <c r="D26" s="26">
         <v>45568</v>
       </c>
       <c r="E26" s="17"/>
       <c r="F26" s="17"/>
       <c r="G26" s="17"/>
       <c r="H26" s="17"/>
       <c r="I26" s="17"/>
       <c r="J26" s="17"/>
     </row>
-    <row r="27" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:10" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A27" s="18">
         <v>22</v>
       </c>
       <c r="B27" s="16" t="s">
         <v>42</v>
       </c>
       <c r="C27" s="25">
         <v>2448004386</v>
       </c>
       <c r="D27" s="26">
         <v>45574</v>
       </c>
       <c r="E27" s="17"/>
       <c r="F27" s="17"/>
       <c r="G27" s="17"/>
       <c r="H27" s="17"/>
       <c r="I27" s="17"/>
       <c r="J27" s="17"/>
     </row>
-    <row r="28" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:10" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A28" s="18">
         <v>23</v>
       </c>
       <c r="B28" s="16" t="s">
         <v>43</v>
       </c>
       <c r="C28" s="25">
         <v>2455036413</v>
       </c>
       <c r="D28" s="26">
         <v>45574</v>
       </c>
       <c r="E28" s="17"/>
       <c r="F28" s="17"/>
       <c r="G28" s="17"/>
       <c r="H28" s="17"/>
       <c r="I28" s="17"/>
       <c r="J28" s="17"/>
     </row>
-    <row r="29" spans="1:10" ht="42.5" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:10" ht="57.75" x14ac:dyDescent="0.25">
       <c r="A29" s="18">
         <v>24</v>
       </c>
       <c r="B29" s="16" t="s">
         <v>44</v>
       </c>
       <c r="C29" s="25">
         <v>2466258136</v>
       </c>
       <c r="D29" s="26">
         <v>45574</v>
       </c>
       <c r="E29" s="17"/>
       <c r="F29" s="17"/>
       <c r="G29" s="17"/>
       <c r="H29" s="17"/>
       <c r="I29" s="17"/>
       <c r="J29" s="17"/>
     </row>
-    <row r="30" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:10" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A30" s="18">
         <v>25</v>
       </c>
       <c r="B30" s="16" t="s">
         <v>38</v>
       </c>
       <c r="C30" s="25" t="s">
         <v>39</v>
       </c>
       <c r="D30" s="26">
         <v>45579</v>
       </c>
       <c r="E30" s="17"/>
       <c r="F30" s="17"/>
       <c r="G30" s="17"/>
       <c r="H30" s="17"/>
       <c r="I30" s="17"/>
       <c r="J30" s="17"/>
     </row>
-    <row r="31" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:10" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A31" s="18">
         <v>26</v>
       </c>
       <c r="B31" s="16" t="s">
         <v>40</v>
       </c>
       <c r="C31" s="25" t="s">
         <v>41</v>
       </c>
       <c r="D31" s="26">
         <v>45579</v>
       </c>
       <c r="E31" s="17"/>
       <c r="F31" s="17"/>
       <c r="G31" s="17"/>
       <c r="H31" s="17"/>
       <c r="I31" s="17"/>
       <c r="J31" s="17"/>
     </row>
-    <row r="32" spans="1:10" ht="41.4" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:10" ht="41.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="18">
         <v>27</v>
       </c>
       <c r="B32" s="16" t="s">
         <v>45</v>
       </c>
       <c r="C32" s="25">
         <v>3623007578</v>
       </c>
       <c r="D32" s="26">
         <v>45582</v>
       </c>
       <c r="E32" s="17"/>
       <c r="F32" s="17"/>
       <c r="G32" s="17"/>
       <c r="H32" s="17"/>
       <c r="I32" s="17"/>
       <c r="J32" s="17"/>
     </row>
-    <row r="33" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:10" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A33" s="18">
         <v>28</v>
       </c>
       <c r="B33" s="16" t="s">
         <v>46</v>
       </c>
       <c r="C33" s="25" t="s">
         <v>47</v>
       </c>
       <c r="D33" s="26">
         <v>45583</v>
       </c>
       <c r="E33" s="17"/>
       <c r="F33" s="17"/>
       <c r="G33" s="17"/>
       <c r="H33" s="17"/>
       <c r="I33" s="17"/>
       <c r="J33" s="17"/>
     </row>
-    <row r="34" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:10" ht="43.5" x14ac:dyDescent="0.25">
       <c r="A34" s="27">
         <v>29</v>
       </c>
       <c r="B34" s="16" t="s">
         <v>48</v>
       </c>
       <c r="C34" s="25">
         <v>5520900173</v>
       </c>
       <c r="D34" s="26">
         <v>45590</v>
       </c>
       <c r="E34" s="17"/>
       <c r="F34" s="17"/>
       <c r="G34" s="17"/>
       <c r="H34" s="17"/>
       <c r="I34" s="17"/>
       <c r="J34" s="17"/>
     </row>
-    <row r="35" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:10" ht="43.5" x14ac:dyDescent="0.25">
       <c r="A35" s="28">
         <v>30</v>
       </c>
       <c r="B35" s="16" t="s">
         <v>49</v>
       </c>
       <c r="C35" s="25">
         <v>5405950881</v>
       </c>
       <c r="D35" s="26">
         <v>45601</v>
       </c>
       <c r="E35" s="17"/>
       <c r="F35" s="17"/>
       <c r="G35" s="17"/>
       <c r="H35" s="17"/>
       <c r="I35" s="17"/>
       <c r="J35" s="17"/>
     </row>
-    <row r="36" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:10" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A36" s="18">
         <v>31</v>
       </c>
       <c r="B36" s="16" t="s">
         <v>50</v>
       </c>
       <c r="C36" s="25">
         <v>3604082964</v>
       </c>
       <c r="D36" s="26">
         <v>45609</v>
       </c>
       <c r="E36" s="17"/>
       <c r="F36" s="17"/>
       <c r="G36" s="17"/>
       <c r="H36" s="17"/>
       <c r="I36" s="17"/>
       <c r="J36" s="17"/>
     </row>
-    <row r="37" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:10" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A37" s="28">
         <v>32</v>
       </c>
       <c r="B37" s="16" t="s">
         <v>51</v>
       </c>
       <c r="C37" s="25">
         <v>2276004246</v>
       </c>
       <c r="D37" s="26">
         <v>45609</v>
       </c>
       <c r="E37" s="17"/>
       <c r="F37" s="17"/>
       <c r="G37" s="17"/>
       <c r="H37" s="17"/>
       <c r="I37" s="17"/>
       <c r="J37" s="17"/>
     </row>
-    <row r="38" spans="1:10" ht="42.5" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:10" ht="43.5" x14ac:dyDescent="0.25">
       <c r="A38" s="28">
         <v>33</v>
       </c>
       <c r="B38" s="16" t="s">
         <v>52</v>
       </c>
       <c r="C38" s="25">
         <v>2201000766</v>
       </c>
       <c r="D38" s="26">
         <v>45614</v>
       </c>
       <c r="E38" s="17"/>
       <c r="F38" s="17"/>
       <c r="G38" s="17"/>
       <c r="H38" s="17"/>
       <c r="I38" s="17"/>
       <c r="J38" s="17"/>
     </row>
-    <row r="39" spans="1:10" ht="45.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:10" ht="45.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="28">
         <v>34</v>
       </c>
       <c r="B39" s="16" t="s">
         <v>53</v>
       </c>
       <c r="C39" s="25" t="s">
         <v>54</v>
       </c>
       <c r="D39" s="26">
         <v>45616</v>
       </c>
       <c r="E39" s="17"/>
       <c r="F39" s="17"/>
       <c r="G39" s="17"/>
       <c r="H39" s="17"/>
       <c r="I39" s="17"/>
       <c r="J39" s="17"/>
     </row>
-    <row r="40" spans="1:10" ht="59" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:10" ht="59.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="28">
         <v>35</v>
       </c>
       <c r="B40" s="16" t="s">
         <v>55</v>
       </c>
       <c r="C40" s="25">
         <v>5405495618</v>
       </c>
       <c r="D40" s="26">
         <v>45621</v>
       </c>
       <c r="E40" s="17"/>
       <c r="F40" s="17"/>
       <c r="G40" s="17"/>
       <c r="H40" s="17"/>
       <c r="I40" s="17"/>
       <c r="J40" s="17"/>
     </row>
-    <row r="41" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:10" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A41" s="28">
         <v>36</v>
       </c>
       <c r="B41" s="16" t="s">
         <v>56</v>
       </c>
       <c r="C41" s="25">
         <v>6324051581</v>
       </c>
       <c r="D41" s="26">
         <v>45624</v>
       </c>
       <c r="E41" s="17"/>
       <c r="F41" s="17"/>
       <c r="G41" s="17"/>
       <c r="H41" s="17"/>
       <c r="I41" s="17"/>
       <c r="J41" s="17"/>
     </row>
-    <row r="42" spans="1:10" ht="43.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:10" ht="43.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="28">
         <v>37</v>
       </c>
       <c r="B42" s="16" t="s">
         <v>57</v>
       </c>
       <c r="C42" s="25" t="s">
         <v>58</v>
       </c>
       <c r="D42" s="26">
         <v>45631</v>
       </c>
       <c r="E42" s="17"/>
       <c r="F42" s="17"/>
       <c r="G42" s="17"/>
       <c r="H42" s="17"/>
       <c r="I42" s="17"/>
       <c r="J42" s="17"/>
     </row>
-    <row r="43" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:10" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A43" s="28">
         <v>38</v>
       </c>
       <c r="B43" s="16" t="s">
         <v>59</v>
       </c>
       <c r="C43" s="25">
         <v>7017001936</v>
       </c>
       <c r="D43" s="26">
         <v>45642</v>
       </c>
       <c r="E43" s="17"/>
       <c r="F43" s="17"/>
       <c r="G43" s="17"/>
       <c r="H43" s="17"/>
       <c r="I43" s="17"/>
       <c r="J43" s="17"/>
     </row>
-    <row r="44" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A44" s="28">
         <v>39</v>
       </c>
       <c r="B44" s="16" t="s">
         <v>60</v>
       </c>
       <c r="C44" s="25">
         <v>5507019953</v>
       </c>
       <c r="D44" s="26">
         <v>45642</v>
       </c>
       <c r="E44" s="17"/>
       <c r="F44" s="17"/>
       <c r="G44" s="17"/>
       <c r="H44" s="17"/>
       <c r="I44" s="17"/>
       <c r="J44" s="17"/>
     </row>
-    <row r="45" spans="1:10" ht="42.5" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:10" ht="57.75" x14ac:dyDescent="0.25">
       <c r="A45" s="28">
         <v>40</v>
       </c>
       <c r="B45" s="16" t="s">
-        <v>61</v>
+        <v>86</v>
       </c>
       <c r="C45" s="25">
         <v>5405497245</v>
       </c>
       <c r="D45" s="26">
         <v>45642</v>
       </c>
       <c r="E45" s="17"/>
       <c r="F45" s="17"/>
       <c r="G45" s="17"/>
       <c r="H45" s="17"/>
       <c r="I45" s="17"/>
       <c r="J45" s="17"/>
     </row>
-    <row r="46" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:10" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A46" s="28">
         <v>41</v>
       </c>
       <c r="B46" s="16" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C46" s="25">
         <v>5409108122</v>
       </c>
       <c r="D46" s="26">
         <v>45645</v>
       </c>
       <c r="E46" s="17"/>
       <c r="F46" s="17"/>
       <c r="G46" s="17"/>
       <c r="H46" s="17"/>
       <c r="I46" s="17"/>
       <c r="J46" s="17"/>
     </row>
-    <row r="47" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:10" ht="43.5" x14ac:dyDescent="0.25">
       <c r="A47" s="27">
         <v>42</v>
       </c>
       <c r="B47" s="16" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="C47" s="25" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D47" s="26">
         <v>45649</v>
       </c>
       <c r="E47" s="17"/>
       <c r="F47" s="17"/>
       <c r="G47" s="17"/>
       <c r="H47" s="17"/>
       <c r="I47" s="17"/>
       <c r="J47" s="17"/>
     </row>
-    <row r="48" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:10" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A48" s="28">
         <v>43</v>
       </c>
       <c r="B48" s="16" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C48" s="25">
         <v>5262341310</v>
       </c>
       <c r="D48" s="26">
         <v>45684</v>
       </c>
       <c r="E48" s="17"/>
       <c r="F48" s="17"/>
       <c r="G48" s="17"/>
       <c r="H48" s="17"/>
       <c r="I48" s="17"/>
       <c r="J48" s="17"/>
     </row>
-    <row r="49" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:10" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A49" s="28">
         <v>44</v>
       </c>
       <c r="B49" s="16" t="s">
+        <v>66</v>
+      </c>
+      <c r="C49" s="25" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="D49" s="26">
         <v>45685</v>
       </c>
       <c r="E49" s="17"/>
       <c r="F49" s="17"/>
       <c r="G49" s="17"/>
       <c r="H49" s="17"/>
       <c r="I49" s="17"/>
       <c r="J49" s="17"/>
     </row>
-    <row r="50" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:10" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A50" s="27">
         <v>45</v>
       </c>
       <c r="B50" s="16" t="s">
+        <v>68</v>
+      </c>
+      <c r="C50" s="25" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="D50" s="26">
         <v>45686</v>
       </c>
       <c r="E50" s="17"/>
       <c r="F50" s="17"/>
       <c r="G50" s="17"/>
       <c r="H50" s="17"/>
       <c r="I50" s="17"/>
       <c r="J50" s="17"/>
     </row>
-    <row r="51" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:10" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A51" s="28">
         <v>46</v>
       </c>
       <c r="B51" s="16" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="C51" s="25">
         <v>6234184259</v>
       </c>
       <c r="D51" s="26">
         <v>45694</v>
       </c>
       <c r="E51" s="17"/>
       <c r="F51" s="17"/>
       <c r="G51" s="17"/>
       <c r="H51" s="17"/>
       <c r="I51" s="17"/>
       <c r="J51" s="17"/>
     </row>
-    <row r="52" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A52" s="28">
         <v>47</v>
       </c>
       <c r="B52" s="16" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="C52" s="25">
         <v>4510000164</v>
       </c>
       <c r="D52" s="26">
         <v>45698</v>
       </c>
       <c r="E52" s="17"/>
       <c r="F52" s="17"/>
       <c r="G52" s="17"/>
       <c r="H52" s="17"/>
       <c r="I52" s="17"/>
       <c r="J52" s="17"/>
     </row>
-    <row r="53" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:10" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A53" s="27">
         <v>48</v>
       </c>
       <c r="B53" s="16" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="C53" s="25">
         <v>7713200936</v>
       </c>
       <c r="D53" s="26">
         <v>45701</v>
       </c>
       <c r="E53" s="17"/>
       <c r="F53" s="17"/>
       <c r="G53" s="17"/>
       <c r="H53" s="17"/>
       <c r="I53" s="17"/>
       <c r="J53" s="17"/>
     </row>
-    <row r="54" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:10" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A54" s="28">
         <v>49</v>
       </c>
       <c r="B54" s="16" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C54" s="29">
         <v>211201859043</v>
       </c>
       <c r="D54" s="26">
         <v>45707</v>
       </c>
       <c r="E54" s="17"/>
       <c r="F54" s="17"/>
       <c r="G54" s="17"/>
       <c r="H54" s="17"/>
       <c r="I54" s="17"/>
       <c r="J54" s="17"/>
     </row>
-    <row r="55" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:10" ht="43.5" x14ac:dyDescent="0.25">
       <c r="A55" s="28">
         <v>50</v>
       </c>
       <c r="B55" s="16" t="s">
         <v>33</v>
       </c>
       <c r="C55" s="29">
         <v>5260495869</v>
       </c>
       <c r="D55" s="26">
         <v>45713</v>
       </c>
       <c r="E55" s="17"/>
       <c r="F55" s="17"/>
       <c r="G55" s="17"/>
       <c r="H55" s="17"/>
       <c r="I55" s="17"/>
       <c r="J55" s="17"/>
     </row>
-    <row r="56" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:10" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A56" s="27">
         <v>51</v>
       </c>
       <c r="B56" s="16" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="C56" s="29">
         <v>5619021196</v>
       </c>
       <c r="D56" s="26">
         <v>45722</v>
       </c>
       <c r="E56" s="17"/>
       <c r="F56" s="17"/>
       <c r="G56" s="17"/>
       <c r="H56" s="17"/>
       <c r="I56" s="17"/>
       <c r="J56" s="17"/>
     </row>
-    <row r="57" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:10" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A57" s="28">
         <v>52</v>
       </c>
       <c r="B57" s="16" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="C57" s="29">
         <v>3128033189</v>
       </c>
       <c r="D57" s="26">
         <v>45722</v>
       </c>
       <c r="E57" s="17"/>
       <c r="F57" s="17"/>
       <c r="G57" s="17"/>
       <c r="H57" s="17"/>
       <c r="I57" s="17"/>
       <c r="J57" s="17"/>
     </row>
-    <row r="58" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:10" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A58" s="28">
         <v>53</v>
       </c>
       <c r="B58" s="16" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="C58" s="28">
         <v>3455054929</v>
       </c>
       <c r="D58" s="26">
         <v>45723</v>
       </c>
       <c r="E58" s="17"/>
       <c r="F58" s="17"/>
       <c r="G58" s="17"/>
       <c r="H58" s="17"/>
       <c r="I58" s="17"/>
       <c r="J58" s="17"/>
     </row>
-    <row r="59" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:10" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A59" s="28">
         <v>54</v>
       </c>
       <c r="B59" s="16" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="C59" s="29">
         <v>3443091108</v>
       </c>
       <c r="D59" s="26">
         <v>45734</v>
       </c>
       <c r="E59" s="17"/>
       <c r="F59" s="17"/>
       <c r="G59" s="17"/>
       <c r="H59" s="17"/>
       <c r="I59" s="17"/>
       <c r="J59" s="17"/>
     </row>
-    <row r="60" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:10" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A60" s="28">
         <v>55</v>
       </c>
       <c r="B60" s="16" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="C60" s="29">
         <v>7414001724</v>
       </c>
       <c r="D60" s="26">
         <v>45743</v>
       </c>
       <c r="E60" s="17"/>
       <c r="F60" s="17"/>
       <c r="G60" s="17"/>
       <c r="H60" s="17"/>
       <c r="I60" s="17"/>
       <c r="J60" s="17"/>
     </row>
-    <row r="61" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A61" s="28">
         <v>56</v>
       </c>
       <c r="B61" s="16" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C61" s="29">
         <v>6325010612</v>
       </c>
       <c r="D61" s="26">
         <v>45751</v>
       </c>
       <c r="E61" s="17"/>
       <c r="F61" s="17"/>
       <c r="G61" s="17"/>
       <c r="H61" s="17"/>
       <c r="I61" s="17"/>
       <c r="J61" s="17"/>
     </row>
-    <row r="62" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:10" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A62" s="28">
         <v>57</v>
       </c>
       <c r="B62" s="16" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="C62" s="29">
         <v>6449002879</v>
       </c>
       <c r="D62" s="26">
         <v>45763</v>
       </c>
       <c r="E62" s="17"/>
       <c r="F62" s="17"/>
       <c r="G62" s="17"/>
       <c r="H62" s="17"/>
       <c r="I62" s="17"/>
       <c r="J62" s="17"/>
     </row>
-    <row r="63" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:10" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A63" s="28">
         <v>58</v>
       </c>
       <c r="B63" s="16" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="C63" s="29">
         <v>6449971810</v>
       </c>
       <c r="D63" s="26">
         <v>45763</v>
       </c>
       <c r="E63" s="17"/>
       <c r="F63" s="17"/>
       <c r="G63" s="17"/>
       <c r="H63" s="17"/>
       <c r="I63" s="17"/>
       <c r="J63" s="17"/>
     </row>
-    <row r="64" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:10" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A64" s="28">
         <v>59</v>
       </c>
       <c r="B64" s="16" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C64" s="29">
         <v>2204092035</v>
       </c>
       <c r="D64" s="26">
         <v>45765</v>
       </c>
       <c r="E64" s="17"/>
       <c r="F64" s="17"/>
       <c r="G64" s="17"/>
       <c r="H64" s="17"/>
       <c r="I64" s="17"/>
       <c r="J64" s="17"/>
     </row>
-    <row r="65" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="65" spans="1:10" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A65" s="28">
         <v>60</v>
       </c>
       <c r="B65" s="16" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="C65" s="29">
         <v>6229042107</v>
       </c>
       <c r="D65" s="26">
         <v>45775</v>
       </c>
       <c r="E65" s="17"/>
       <c r="F65" s="17"/>
       <c r="G65" s="17"/>
       <c r="H65" s="17"/>
       <c r="I65" s="17"/>
       <c r="J65" s="17"/>
     </row>
-    <row r="66" spans="1:10" ht="28.5" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:10" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A66" s="28">
         <v>61</v>
       </c>
       <c r="B66" s="16" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="C66" s="29">
         <v>4525001481</v>
       </c>
       <c r="D66" s="26">
         <v>45791</v>
       </c>
       <c r="E66" s="17"/>
       <c r="F66" s="17"/>
       <c r="G66" s="17"/>
       <c r="H66" s="17"/>
       <c r="I66" s="17"/>
       <c r="J66" s="17"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:J11" xr:uid="{00000000-0001-0000-0000-000000000000}">
     <filterColumn colId="3" showButton="0"/>
     <filterColumn colId="4" showButton="0"/>
     <filterColumn colId="5" showButton="0"/>
     <filterColumn colId="6" showButton="0"/>
     <filterColumn colId="7" showButton="0"/>
     <filterColumn colId="8" showButton="0"/>
   </autoFilter>
   <mergeCells count="1">
     <mergeCell ref="D1:J4"/>