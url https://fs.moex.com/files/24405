--- v0 (2025-12-02)
+++ v1 (2026-03-03)
@@ -5,68 +5,68 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20382"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\АО_НТБ\ТОРГИ\Еженедельный внебиржевой индекс сахара ЦФО\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{503C596E-C3EB-4126-ABB3-EF972F6AF7AB}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1C5DBA13-07A1-4869-9CC5-6A1664F563AD}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="16968" windowHeight="7260" xr2:uid="{33877F9B-9021-4045-BC44-7E36159EFEE0}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="16965" windowHeight="7260" xr2:uid="{33877F9B-9021-4045-BC44-7E36159EFEE0}"/>
   </bookViews>
   <sheets>
     <sheet name="История" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="204" uniqueCount="204">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="216" uniqueCount="216">
   <si>
     <t>Дата</t>
   </si>
   <si>
     <t>Сахар, ЦФО</t>
   </si>
   <si>
     <t>Цена, руб/т с НДС</t>
   </si>
   <si>
     <t>Объем, тонн</t>
   </si>
   <si>
     <t>26.12-01.01.2023</t>
   </si>
   <si>
     <t>10.01-16.01.2022</t>
   </si>
   <si>
     <t>17.01-23.01.2022</t>
   </si>
   <si>
     <t>24.01-30.01.2022</t>
   </si>
   <si>
@@ -634,50 +634,86 @@
     <t>29.09-05.10.2025</t>
   </si>
   <si>
     <t>06.10-12.10.2025</t>
   </si>
   <si>
     <t>13.10-19.10.2025</t>
   </si>
   <si>
     <t>20.10-26.10.2025</t>
   </si>
   <si>
     <t>27.10-02.11.2025</t>
   </si>
   <si>
     <t>03.11-09.11.2025</t>
   </si>
   <si>
     <t>10.11-16.11.2025</t>
   </si>
   <si>
     <t>17.11-23.11.2025</t>
   </si>
   <si>
     <t>24.11-30.11.2025</t>
+  </si>
+  <si>
+    <t>01.12-07.12.2025</t>
+  </si>
+  <si>
+    <t>08.12-14.12.2025</t>
+  </si>
+  <si>
+    <t>15.12-21.12.2025</t>
+  </si>
+  <si>
+    <t>22.12-28.12.2025</t>
+  </si>
+  <si>
+    <t>29.12-04.01.2026</t>
+  </si>
+  <si>
+    <t>12.01-18.01.2026</t>
+  </si>
+  <si>
+    <t>19.01-25.01.2026</t>
+  </si>
+  <si>
+    <t>26.01-01.02.2026</t>
+  </si>
+  <si>
+    <t>02.02-08.02.2026</t>
+  </si>
+  <si>
+    <t>09.02-15.02.2026</t>
+  </si>
+  <si>
+    <t>16.02-22.02.2026</t>
+  </si>
+  <si>
+    <t>23.02-01.03.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1052,2281 +1088,2413 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AEDEB864-9AD0-4558-BD15-B8DAFE56C186}">
-  <dimension ref="A1:J202"/>
+  <dimension ref="A1:J214"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="A195" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C203" sqref="C203"/>
+      <selection activeCell="B218" sqref="B218"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="15.5546875" style="1" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="16384" width="9.109375" style="1"/>
+    <col min="1" max="1" width="15.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="17.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A1" s="7" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="7"/>
       <c r="C1" s="7"/>
     </row>
-    <row r="2" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="3" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="3">
         <v>48794</v>
       </c>
       <c r="C3" s="3">
         <v>32285</v>
       </c>
     </row>
-    <row r="4" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="3">
         <v>49859</v>
       </c>
       <c r="C4" s="3">
         <v>12384</v>
       </c>
     </row>
-    <row r="5" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="3">
         <v>50132</v>
       </c>
       <c r="C5" s="3">
         <v>22750</v>
       </c>
     </row>
-    <row r="6" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="3">
         <v>49061</v>
       </c>
       <c r="C6" s="3">
         <v>21398</v>
       </c>
     </row>
-    <row r="7" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B7" s="3">
         <v>49681</v>
       </c>
       <c r="C7" s="3">
         <v>13233</v>
       </c>
     </row>
-    <row r="8" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="3">
         <v>49258</v>
       </c>
       <c r="C8" s="3">
         <v>17843</v>
       </c>
     </row>
-    <row r="9" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="3">
         <v>49246</v>
       </c>
       <c r="C9" s="3">
         <v>18464</v>
       </c>
     </row>
-    <row r="10" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="3">
         <v>53686</v>
       </c>
       <c r="C10" s="3">
         <v>47697</v>
       </c>
     </row>
-    <row r="11" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="3">
         <v>57474</v>
       </c>
       <c r="C11" s="3">
         <v>19740</v>
       </c>
     </row>
-    <row r="12" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B12" s="4">
         <v>57862</v>
       </c>
       <c r="C12" s="3">
         <v>52184</v>
       </c>
     </row>
-    <row r="13" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B13" s="4">
         <v>66937</v>
       </c>
       <c r="C13" s="3">
         <v>39224</v>
       </c>
     </row>
-    <row r="14" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A14" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B14" s="4">
         <v>65546</v>
       </c>
       <c r="C14" s="3">
         <v>40020</v>
       </c>
     </row>
-    <row r="15" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="4">
         <v>65844</v>
       </c>
       <c r="C15" s="3">
         <v>29667</v>
       </c>
     </row>
-    <row r="16" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="4">
         <v>66274</v>
       </c>
       <c r="C16" s="3">
         <v>21970</v>
       </c>
     </row>
-    <row r="17" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="4">
         <v>65618</v>
       </c>
       <c r="C17" s="3">
         <v>33486</v>
       </c>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B18" s="4">
         <v>63664</v>
       </c>
       <c r="C18" s="3">
         <v>32292</v>
       </c>
     </row>
-    <row r="19" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B19" s="4">
         <v>63291</v>
       </c>
       <c r="C19" s="3">
         <v>23491</v>
       </c>
     </row>
-    <row r="20" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B20" s="4">
         <v>63156</v>
       </c>
       <c r="C20" s="3">
         <v>14082</v>
       </c>
     </row>
-    <row r="21" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B21" s="4">
         <v>62527</v>
       </c>
       <c r="C21" s="3">
         <v>35846</v>
       </c>
     </row>
-    <row r="22" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B22" s="4">
         <v>60265</v>
       </c>
       <c r="C22" s="3">
         <v>30306</v>
       </c>
     </row>
-    <row r="23" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B23" s="4">
         <v>58460</v>
       </c>
       <c r="C23" s="3">
         <v>42715</v>
       </c>
     </row>
-    <row r="24" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A24" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B24" s="4">
         <v>55918</v>
       </c>
       <c r="C24" s="6">
         <v>31355</v>
       </c>
     </row>
-    <row r="25" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A25" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B25" s="4">
         <v>53306.261172787796</v>
       </c>
       <c r="C25" s="3">
         <v>32805.849999999991</v>
       </c>
     </row>
-    <row r="26" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A26" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B26" s="4">
         <v>51079.502198654387</v>
       </c>
       <c r="C26" s="3">
         <v>66252.25</v>
       </c>
     </row>
-    <row r="27" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A27" s="5" t="s">
         <v>29</v>
       </c>
       <c r="B27" s="4">
         <v>53046.535372376136</v>
       </c>
       <c r="C27" s="3">
         <v>87047.200000000012</v>
       </c>
     </row>
-    <row r="28" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A28" s="5" t="s">
         <v>30</v>
       </c>
       <c r="B28" s="4">
         <v>59516.178523601178</v>
       </c>
       <c r="C28" s="3">
         <v>39810.450000000026</v>
       </c>
     </row>
-    <row r="29" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="B29" s="4">
         <v>64173.040838174129</v>
       </c>
       <c r="C29" s="3">
         <v>14245.25</v>
       </c>
     </row>
-    <row r="30" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A30" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B30" s="4">
         <v>61641.341579448141</v>
       </c>
       <c r="C30" s="3">
         <v>11771.2</v>
       </c>
     </row>
-    <row r="31" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A31" s="5" t="s">
         <v>33</v>
       </c>
       <c r="B31" s="4">
         <v>61247.191096357426</v>
       </c>
       <c r="C31" s="3">
         <v>14519.899999999996</v>
       </c>
     </row>
-    <row r="32" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A32" s="5" t="s">
         <v>34</v>
       </c>
       <c r="B32" s="4">
         <v>65243.052756267462</v>
       </c>
       <c r="C32" s="3">
         <v>11312.4</v>
       </c>
     </row>
-    <row r="33" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A33" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B33" s="4">
         <v>64814.936624662798</v>
       </c>
       <c r="C33" s="3">
         <v>5412.2</v>
       </c>
     </row>
-    <row r="34" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A34" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B34" s="4">
         <v>62834.062873060087</v>
       </c>
       <c r="C34" s="3">
         <v>2513</v>
       </c>
     </row>
-    <row r="35" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A35" s="5" t="s">
         <v>37</v>
       </c>
       <c r="B35" s="4">
         <v>55491.289198606275</v>
       </c>
       <c r="C35" s="3">
         <v>3444</v>
       </c>
     </row>
-    <row r="36" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A36" s="5" t="s">
         <v>38</v>
       </c>
       <c r="B36" s="4">
         <v>53246.9242484028</v>
       </c>
       <c r="C36" s="3">
         <v>6574</v>
       </c>
     </row>
-    <row r="37" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A37" s="5" t="s">
         <v>39</v>
       </c>
       <c r="B37" s="4">
         <v>50784.703242669093</v>
       </c>
       <c r="C37" s="3">
         <v>25136.699999999997</v>
       </c>
     </row>
-    <row r="38" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A38" s="5" t="s">
         <v>40</v>
       </c>
       <c r="B38" s="4">
         <v>49292.402370603762</v>
       </c>
       <c r="C38" s="3">
         <v>42402.7</v>
       </c>
     </row>
-    <row r="39" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A39" s="5" t="s">
         <v>41</v>
       </c>
       <c r="B39" s="4">
         <v>50532.185779738094</v>
       </c>
       <c r="C39" s="3">
         <v>23397.599999999999</v>
       </c>
     </row>
-    <row r="40" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A40" s="5" t="s">
         <v>42</v>
       </c>
       <c r="B40" s="4">
         <v>51676.10759523273</v>
       </c>
       <c r="C40" s="3">
         <v>44897.9</v>
       </c>
     </row>
-    <row r="41" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A41" s="5" t="s">
         <v>43</v>
       </c>
       <c r="B41" s="4">
         <v>52405.679118887601</v>
       </c>
       <c r="C41" s="3">
         <v>13905.150000000001</v>
       </c>
     </row>
-    <row r="42" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A42" s="5" t="s">
         <v>44</v>
       </c>
       <c r="B42" s="4">
         <v>50184.694116285988</v>
       </c>
       <c r="C42" s="3">
         <v>16639.150000000001</v>
       </c>
     </row>
-    <row r="43" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A43" s="5" t="s">
         <v>45</v>
       </c>
       <c r="B43" s="4">
         <v>50134.591381908504</v>
       </c>
       <c r="C43" s="3">
         <v>13106.149999999998</v>
       </c>
     </row>
-    <row r="44" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A44" s="5" t="s">
         <v>46</v>
       </c>
       <c r="B44" s="4">
         <v>49248.82237772509</v>
       </c>
       <c r="C44" s="3">
         <v>19063.599999999999</v>
       </c>
     </row>
-    <row r="45" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="45" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A45" s="5" t="s">
         <v>47</v>
       </c>
       <c r="B45" s="4">
         <v>48481.828863861039</v>
       </c>
       <c r="C45" s="3">
         <v>11582.65</v>
       </c>
     </row>
-    <row r="46" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A46" s="5" t="s">
         <v>48</v>
       </c>
       <c r="B46" s="4">
         <v>47475.279185344509</v>
       </c>
       <c r="C46" s="3">
         <v>18783.400000000001</v>
       </c>
     </row>
-    <row r="47" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A47" s="5" t="s">
         <v>49</v>
       </c>
       <c r="B47" s="4">
         <v>46536.641500904916</v>
       </c>
       <c r="C47" s="3">
         <v>17763.95</v>
       </c>
     </row>
-    <row r="48" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A48" s="5" t="s">
         <v>50</v>
       </c>
       <c r="B48" s="4">
         <v>45568.071632667721</v>
       </c>
       <c r="C48" s="3">
         <v>19500.599999999999</v>
       </c>
     </row>
-    <row r="49" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A49" s="5" t="s">
         <v>51</v>
       </c>
       <c r="B49" s="4">
         <v>45816.456314756353</v>
       </c>
       <c r="C49" s="3">
         <v>23434</v>
       </c>
     </row>
-    <row r="50" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A50" s="5" t="s">
         <v>52</v>
       </c>
       <c r="B50" s="4">
         <v>45191.83150375168</v>
       </c>
       <c r="C50" s="3">
         <v>21403.799999999996</v>
       </c>
     </row>
-    <row r="51" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="51" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A51" s="5" t="s">
         <v>53</v>
       </c>
       <c r="B51" s="4">
         <v>46284.84482597743</v>
       </c>
       <c r="C51" s="3">
         <v>21433.999999999996</v>
       </c>
     </row>
-    <row r="52" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="52" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A52" s="5" t="s">
         <v>54</v>
       </c>
       <c r="B52" s="4">
         <v>49636.313459339071</v>
       </c>
       <c r="C52" s="3">
         <v>8306.5</v>
       </c>
     </row>
-    <row r="53" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A53" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B53" s="4">
         <v>49129.704428842655</v>
       </c>
       <c r="C53" s="3">
         <v>10561.449999999997</v>
       </c>
     </row>
-    <row r="54" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A54" s="5" t="s">
         <v>55</v>
       </c>
       <c r="B54" s="4">
         <v>50396.133015119427</v>
       </c>
       <c r="C54" s="3">
         <v>11753.099999999999</v>
       </c>
     </row>
-    <row r="55" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A55" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B55" s="4">
         <v>50067.94550143525</v>
       </c>
       <c r="C55" s="3">
         <v>10033.199999999999</v>
       </c>
     </row>
-    <row r="56" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A56" s="5" t="s">
         <v>57</v>
       </c>
       <c r="B56" s="4">
         <v>49792.84063337394</v>
       </c>
       <c r="C56" s="3">
         <v>17035.75</v>
       </c>
     </row>
-    <row r="57" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="57" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A57" s="5" t="s">
         <v>58</v>
       </c>
       <c r="B57" s="4">
         <v>50374.739556746768</v>
       </c>
       <c r="C57" s="3">
         <v>14774.85</v>
       </c>
     </row>
-    <row r="58" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="58" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A58" s="5" t="s">
         <v>59</v>
       </c>
       <c r="B58" s="4">
         <v>50918.350920314573</v>
       </c>
       <c r="C58" s="3">
         <v>8869.25</v>
       </c>
     </row>
-    <row r="59" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="59" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A59" s="5" t="s">
         <v>60</v>
       </c>
       <c r="B59" s="4">
         <v>54677.249035369743</v>
       </c>
       <c r="C59" s="3">
         <v>7837.2000000000025</v>
       </c>
     </row>
-    <row r="60" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="60" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A60" s="5" t="s">
         <v>61</v>
       </c>
       <c r="B60" s="4">
         <v>54495.94829123329</v>
       </c>
       <c r="C60" s="3">
         <v>2692</v>
       </c>
     </row>
-    <row r="61" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="61" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A61" s="5" t="s">
         <v>62</v>
       </c>
       <c r="B61" s="4">
         <v>54990.693662320511</v>
       </c>
       <c r="C61" s="3">
         <v>6059</v>
       </c>
     </row>
-    <row r="62" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="62" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A62" s="5" t="s">
         <v>63</v>
       </c>
       <c r="B62" s="4">
         <v>54323.374305687947</v>
       </c>
       <c r="C62" s="3">
         <v>9441</v>
       </c>
     </row>
-    <row r="63" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="63" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A63" s="5" t="s">
         <v>64</v>
       </c>
       <c r="B63" s="4">
         <v>53917.001634574633</v>
       </c>
       <c r="C63" s="3">
         <v>4365.05</v>
       </c>
     </row>
-    <row r="64" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="64" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A64" s="5" t="s">
         <v>65</v>
       </c>
       <c r="B64" s="4">
         <v>54085.368618031498</v>
       </c>
       <c r="C64" s="3">
         <v>5370.6</v>
       </c>
     </row>
-    <row r="65" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="65" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A65" s="5" t="s">
         <v>66</v>
       </c>
       <c r="B65" s="4">
         <v>54481.229117298564</v>
       </c>
       <c r="C65" s="3">
         <v>6752.0000000000009</v>
       </c>
     </row>
-    <row r="66" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="66" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A66" s="5" t="s">
         <v>67</v>
       </c>
       <c r="B66" s="4">
         <v>56414.059690116213</v>
       </c>
       <c r="C66" s="3">
         <v>8003</v>
       </c>
     </row>
-    <row r="67" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="67" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A67" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B67" s="4">
         <v>57043.607608677514</v>
       </c>
       <c r="C67" s="3">
         <v>5997.1000000000022</v>
       </c>
     </row>
-    <row r="68" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="68" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A68" s="5" t="s">
         <v>69</v>
       </c>
       <c r="B68" s="4">
         <v>57270.839018676117</v>
       </c>
       <c r="C68" s="3">
         <v>7555.1000000000031</v>
       </c>
     </row>
-    <row r="69" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="69" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A69" s="5" t="s">
         <v>70</v>
       </c>
       <c r="B69" s="4">
         <v>58015.822016758961</v>
       </c>
       <c r="C69" s="3">
         <v>14428.100000000002</v>
       </c>
     </row>
-    <row r="70" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="70" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A70" s="5" t="s">
         <v>71</v>
       </c>
       <c r="B70" s="4">
         <v>61438.282253317782</v>
       </c>
       <c r="C70" s="3">
         <v>8036.1500000000051</v>
       </c>
     </row>
-    <row r="71" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="71" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A71" s="5" t="s">
         <v>72</v>
       </c>
       <c r="B71" s="4">
         <v>62843.978585858589</v>
       </c>
       <c r="C71" s="3">
         <v>1088.9999999999998</v>
       </c>
     </row>
-    <row r="72" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="72" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A72" s="5" t="s">
         <v>73</v>
       </c>
       <c r="B72" s="4">
         <v>60980.919202898549</v>
       </c>
       <c r="C72" s="3">
         <v>2760</v>
       </c>
     </row>
-    <row r="73" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="73" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A73" s="5" t="s">
         <v>74</v>
       </c>
       <c r="B73" s="4">
         <v>60900.404903801027</v>
       </c>
       <c r="C73" s="3">
         <v>4262</v>
       </c>
     </row>
-    <row r="74" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="74" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A74" s="5" t="s">
         <v>75</v>
       </c>
       <c r="B74" s="4">
         <v>61749.692098234482</v>
       </c>
       <c r="C74" s="3">
         <v>4418.0000000000018</v>
       </c>
     </row>
-    <row r="75" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="75" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A75" s="5" t="s">
         <v>76</v>
       </c>
       <c r="B75" s="4">
         <v>61076.520010625107</v>
       </c>
       <c r="C75" s="3">
         <v>6211.7000000000007</v>
       </c>
     </row>
-    <row r="76" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="76" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A76" s="5" t="s">
         <v>77</v>
       </c>
       <c r="B76" s="4">
         <v>61527.616503290854</v>
       </c>
       <c r="C76" s="3">
         <v>5712.8000000000011</v>
       </c>
     </row>
-    <row r="77" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="77" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A77" s="5" t="s">
         <v>78</v>
       </c>
       <c r="B77" s="4">
         <v>62413.145818393248</v>
       </c>
       <c r="C77" s="3">
         <v>4127.6000000000004</v>
       </c>
     </row>
-    <row r="78" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="78" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A78" s="5" t="s">
         <v>79</v>
       </c>
       <c r="B78" s="4">
         <v>62217.544712550276</v>
       </c>
       <c r="C78" s="3">
         <v>9598.2000000000007</v>
       </c>
     </row>
-    <row r="79" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="79" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A79" s="5" t="s">
         <v>80</v>
       </c>
       <c r="B79" s="4">
         <v>64445.770078740148</v>
       </c>
       <c r="C79" s="3">
         <v>6426.2000000000007</v>
       </c>
     </row>
-    <row r="80" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="80" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A80" s="5" t="s">
         <v>81</v>
       </c>
       <c r="B80" s="4">
         <v>63558.848029066226</v>
       </c>
       <c r="C80" s="3">
         <v>11601.1</v>
       </c>
     </row>
-    <row r="81" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="81" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A81" s="5" t="s">
         <v>82</v>
       </c>
       <c r="B81" s="4">
         <v>64400.900274160384</v>
       </c>
       <c r="C81" s="3">
         <v>3209.8</v>
       </c>
     </row>
-    <row r="82" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="82" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A82" s="5" t="s">
         <v>83</v>
       </c>
       <c r="B82" s="4">
         <v>63745.877110694186</v>
       </c>
       <c r="C82" s="3">
         <v>2132</v>
       </c>
     </row>
-    <row r="83" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="83" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A83" s="5" t="s">
         <v>84</v>
       </c>
       <c r="B83" s="4">
         <v>65843.497774366857</v>
       </c>
       <c r="C83" s="3">
         <v>10424</v>
       </c>
     </row>
-    <row r="84" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="84" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A84" s="5" t="s">
         <v>85</v>
       </c>
       <c r="B84" s="4">
         <v>59889.259853944444</v>
       </c>
       <c r="C84" s="3">
         <v>4162.8000000000011</v>
       </c>
     </row>
-    <row r="85" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="85" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A85" s="5" t="s">
         <v>86</v>
       </c>
       <c r="B85" s="4">
         <v>57814.56279736018</v>
       </c>
       <c r="C85" s="3">
         <v>8220.25</v>
       </c>
     </row>
-    <row r="86" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="86" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A86" s="5" t="s">
         <v>87</v>
       </c>
       <c r="B86" s="4">
         <v>60092.728513503185</v>
       </c>
       <c r="C86" s="3">
         <v>6535.5</v>
       </c>
     </row>
-    <row r="87" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="87" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A87" s="5" t="s">
         <v>88</v>
       </c>
       <c r="B87" s="4">
         <v>58932.835767939519</v>
       </c>
       <c r="C87" s="3">
         <v>8280.6</v>
       </c>
     </row>
-    <row r="88" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="88" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A88" s="5" t="s">
         <v>89</v>
       </c>
       <c r="B88" s="4">
         <v>59474.88209676776</v>
       </c>
       <c r="C88" s="3">
         <v>5005.8</v>
       </c>
     </row>
-    <row r="89" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="89" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A89" s="5" t="s">
         <v>90</v>
       </c>
       <c r="B89" s="4">
         <v>61748.375104301726</v>
       </c>
       <c r="C89" s="3">
         <v>11512.993</v>
       </c>
     </row>
-    <row r="90" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="90" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A90" s="5" t="s">
         <v>91</v>
       </c>
       <c r="B90" s="4">
         <v>59182.470446092804</v>
       </c>
       <c r="C90" s="3">
         <v>19251.599999999995</v>
       </c>
     </row>
-    <row r="91" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="91" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A91" s="5" t="s">
         <v>92</v>
       </c>
       <c r="B91" s="4">
         <v>59294.521615340891</v>
       </c>
       <c r="C91" s="3">
         <v>17944.2</v>
       </c>
     </row>
-    <row r="92" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="92" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A92" s="5" t="s">
         <v>93</v>
       </c>
       <c r="B92" s="4">
         <v>58151.345449312197</v>
       </c>
       <c r="C92" s="3">
         <v>10075.4</v>
       </c>
     </row>
-    <row r="93" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="93" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A93" s="5" t="s">
         <v>94</v>
       </c>
       <c r="B93" s="4">
         <v>57702.994496237894</v>
       </c>
       <c r="C93" s="3">
         <v>16679.5</v>
       </c>
     </row>
-    <row r="94" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="94" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A94" s="5" t="s">
         <v>95</v>
       </c>
       <c r="B94" s="4">
         <v>57710.595724529165</v>
       </c>
       <c r="C94" s="3">
         <v>25207.75</v>
       </c>
     </row>
-    <row r="95" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="95" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A95" s="5" t="s">
         <v>96</v>
       </c>
       <c r="B95" s="4">
         <v>55692.417591585057</v>
       </c>
       <c r="C95" s="3">
         <v>9098.1</v>
       </c>
     </row>
-    <row r="96" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="96" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A96" s="5" t="s">
         <v>97</v>
       </c>
       <c r="B96" s="4">
         <v>53825.966274770784</v>
       </c>
       <c r="C96" s="3">
         <v>27048</v>
       </c>
     </row>
-    <row r="97" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="97" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A97" s="5" t="s">
         <v>98</v>
       </c>
       <c r="B97" s="4">
         <v>54369.895962156297</v>
       </c>
       <c r="C97" s="3">
         <v>12979.7</v>
       </c>
     </row>
-    <row r="98" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="98" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A98" s="5" t="s">
         <v>99</v>
       </c>
       <c r="B98" s="4">
         <v>52910.219346873957</v>
       </c>
       <c r="C98" s="3">
         <v>17010.5</v>
       </c>
     </row>
-    <row r="99" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="99" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A99" s="5" t="s">
         <v>100</v>
       </c>
       <c r="B99" s="4">
         <v>51450.626844810016</v>
       </c>
       <c r="C99" s="3">
         <v>49795.100000000006</v>
       </c>
     </row>
-    <row r="100" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="100" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A100" s="5" t="s">
         <v>102</v>
       </c>
       <c r="B100" s="4">
         <v>52386.645697080334</v>
       </c>
       <c r="C100" s="3">
         <v>32647.599999999995</v>
       </c>
     </row>
-    <row r="101" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="101" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A101" s="5" t="s">
         <v>101</v>
       </c>
       <c r="B101" s="4">
         <v>52588.283494147414</v>
       </c>
       <c r="C101" s="3">
         <v>12644</v>
       </c>
     </row>
-    <row r="102" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="102" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A102" s="5" t="s">
         <v>103</v>
       </c>
       <c r="B102" s="4">
         <v>51951.81451266638</v>
       </c>
       <c r="C102" s="3">
         <v>13042.4</v>
       </c>
     </row>
-    <row r="103" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="103" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A103" s="5" t="s">
         <v>104</v>
       </c>
       <c r="B103" s="4">
         <v>52056.501690979399</v>
       </c>
       <c r="C103" s="3">
         <v>19550.8</v>
       </c>
     </row>
-    <row r="104" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="104" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A104" s="5" t="s">
         <v>105</v>
       </c>
       <c r="B104" s="4">
         <v>51364.838535934105</v>
       </c>
       <c r="C104" s="3">
         <v>30709</v>
       </c>
     </row>
-    <row r="105" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="105" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A105" s="5" t="s">
         <v>106</v>
       </c>
       <c r="B105" s="4">
         <v>53108.348745872434</v>
       </c>
       <c r="C105" s="3">
         <v>9145.7999999999993</v>
       </c>
     </row>
-    <row r="106" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="106" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A106" s="5" t="s">
         <v>107</v>
       </c>
       <c r="B106" s="4">
         <v>54602.340291082757</v>
       </c>
       <c r="C106" s="3">
         <v>4221.4799999999996</v>
       </c>
     </row>
-    <row r="107" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="107" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A107" s="5" t="s">
         <v>108</v>
       </c>
       <c r="B107" s="4">
         <v>55826.233029271047</v>
       </c>
       <c r="C107" s="3">
         <v>4933.2000000000007</v>
       </c>
     </row>
-    <row r="108" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="108" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A108" s="5" t="s">
         <v>109</v>
       </c>
       <c r="B108" s="4">
         <v>55769.731557213265</v>
       </c>
       <c r="C108" s="3">
         <v>7507</v>
       </c>
     </row>
-    <row r="109" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="109" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A109" s="5" t="s">
         <v>110</v>
       </c>
       <c r="B109" s="4">
         <v>56694.940011682243</v>
       </c>
       <c r="C109" s="3">
         <v>3424</v>
       </c>
     </row>
-    <row r="110" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="110" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A110" s="5" t="s">
         <v>111</v>
       </c>
       <c r="B110" s="4">
         <v>57035.138125516954</v>
       </c>
       <c r="C110" s="3">
         <v>3868.8</v>
       </c>
     </row>
-    <row r="111" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="111" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A111" s="5" t="s">
         <v>112</v>
       </c>
       <c r="B111" s="4">
         <v>59773.013810420598</v>
       </c>
       <c r="C111" s="3">
         <v>1752.3</v>
       </c>
     </row>
-    <row r="112" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="112" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A112" s="5" t="s">
         <v>113</v>
       </c>
       <c r="B112" s="4">
         <v>60977.282971342967</v>
       </c>
       <c r="C112" s="3">
         <v>2536.9</v>
       </c>
     </row>
-    <row r="113" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="113" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A113" s="5" t="s">
         <v>114</v>
       </c>
       <c r="B113" s="4">
         <v>61264.763459570117</v>
       </c>
       <c r="C113" s="3">
         <v>1954</v>
       </c>
     </row>
-    <row r="114" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="114" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A114" s="5" t="s">
         <v>115</v>
       </c>
       <c r="B114" s="4">
         <v>61145.658720930231</v>
       </c>
       <c r="C114" s="3">
         <v>3784</v>
       </c>
     </row>
-    <row r="115" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="115" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A115" s="5" t="s">
         <v>116</v>
       </c>
       <c r="B115" s="4">
         <v>61924.432793407221</v>
       </c>
       <c r="C115" s="3">
         <v>3519</v>
       </c>
     </row>
-    <row r="116" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="116" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A116" s="5" t="s">
         <v>117</v>
       </c>
       <c r="B116" s="4">
         <v>60943.453944776986</v>
       </c>
       <c r="C116" s="3">
         <v>12947.5</v>
       </c>
     </row>
-    <row r="117" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="117" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A117" s="5" t="s">
         <v>118</v>
       </c>
       <c r="B117" s="4">
         <v>60797.254665633634</v>
       </c>
       <c r="C117" s="3">
         <v>10325.5</v>
       </c>
     </row>
-    <row r="118" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="118" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A118" s="5" t="s">
         <v>119</v>
       </c>
       <c r="B118" s="4">
         <v>60610.922449988568</v>
       </c>
       <c r="C118" s="3">
         <v>6775.95</v>
       </c>
     </row>
-    <row r="119" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="119" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A119" s="5" t="s">
         <v>120</v>
       </c>
       <c r="B119" s="4">
         <v>60422.614095153411</v>
       </c>
       <c r="C119" s="3">
         <v>11245</v>
       </c>
     </row>
-    <row r="120" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="120" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A120" s="5" t="s">
         <v>121</v>
       </c>
       <c r="B120" s="4">
         <v>60608.572317248836</v>
       </c>
       <c r="C120" s="3">
         <v>11108</v>
       </c>
     </row>
-    <row r="121" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="121" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A121" s="5" t="s">
         <v>122</v>
       </c>
       <c r="B121" s="4">
         <v>60698.569629111269</v>
       </c>
       <c r="C121" s="3">
         <v>1429</v>
       </c>
     </row>
-    <row r="122" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="122" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A122" s="5" t="s">
         <v>123</v>
       </c>
       <c r="B122" s="4">
         <v>60443.763643748382</v>
       </c>
       <c r="C122" s="3">
         <v>6155.2</v>
       </c>
     </row>
-    <row r="123" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="123" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A123" s="5" t="s">
         <v>124</v>
       </c>
       <c r="B123" s="4">
         <v>60723.423476598888</v>
       </c>
       <c r="C123" s="3">
         <v>12452.4</v>
       </c>
     </row>
-    <row r="124" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="124" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A124" s="5" t="s">
         <v>125</v>
       </c>
       <c r="B124" s="4">
         <v>62027.984618770388</v>
       </c>
       <c r="C124" s="3">
         <v>9996.6</v>
       </c>
     </row>
-    <row r="125" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="125" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A125" s="5" t="s">
         <v>126</v>
       </c>
       <c r="B125" s="4">
         <v>61524.260965196016</v>
       </c>
       <c r="C125" s="3">
         <v>7729</v>
       </c>
     </row>
-    <row r="126" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="126" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A126" s="5" t="s">
         <v>127</v>
       </c>
       <c r="B126" s="4">
         <v>61960.778659370721</v>
       </c>
       <c r="C126" s="3">
         <v>11257.400000000001</v>
       </c>
     </row>
-    <row r="127" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="127" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A127" s="5" t="s">
         <v>128</v>
       </c>
       <c r="B127" s="4">
         <v>61608.201714046831</v>
       </c>
       <c r="C127" s="3">
         <v>5740.8</v>
       </c>
     </row>
-    <row r="128" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="128" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A128" s="5" t="s">
         <v>129</v>
       </c>
       <c r="B128" s="4">
         <v>62426.032599192695</v>
       </c>
       <c r="C128" s="3">
         <v>10751.800000000001</v>
       </c>
     </row>
-    <row r="129" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="129" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A129" s="5" t="s">
         <v>130</v>
       </c>
       <c r="B129" s="4">
         <v>61751.991235244393</v>
       </c>
       <c r="C129" s="3">
         <v>11004.300000000001</v>
       </c>
     </row>
-    <row r="130" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="130" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A130" s="5" t="s">
         <v>131</v>
       </c>
       <c r="B130" s="4">
         <v>61083.221918453935</v>
       </c>
       <c r="C130" s="3">
         <v>5091.6000000000004</v>
       </c>
     </row>
-    <row r="131" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="131" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A131" s="5" t="s">
         <v>132</v>
       </c>
       <c r="B131" s="4">
         <v>63295.448815531679</v>
       </c>
       <c r="C131" s="3">
         <v>8421.5</v>
       </c>
     </row>
-    <row r="132" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="132" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A132" s="5" t="s">
         <v>133</v>
       </c>
       <c r="B132" s="4">
         <v>60702.538788870705</v>
       </c>
       <c r="C132" s="3">
         <v>6721</v>
       </c>
     </row>
-    <row r="133" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="133" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A133" s="5" t="s">
         <v>134</v>
       </c>
       <c r="B133" s="4">
         <v>59528.282722637261</v>
       </c>
       <c r="C133" s="3">
         <v>7589.7</v>
       </c>
     </row>
-    <row r="134" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="134" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A134" s="5" t="s">
         <v>135</v>
       </c>
       <c r="B134" s="4">
         <v>59487.330717777215</v>
       </c>
       <c r="C134" s="3">
         <v>3887</v>
       </c>
     </row>
-    <row r="135" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="135" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A135" s="5" t="s">
         <v>136</v>
       </c>
       <c r="B135" s="4">
         <v>57476.718888805808</v>
       </c>
       <c r="C135" s="3">
         <v>5349.2</v>
       </c>
     </row>
-    <row r="136" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="136" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A136" s="5" t="s">
         <v>137</v>
       </c>
       <c r="B136" s="8">
         <v>56546.858528896671</v>
       </c>
       <c r="C136" s="8">
         <v>8565</v>
       </c>
     </row>
-    <row r="137" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="137" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A137" s="5" t="s">
         <v>138</v>
       </c>
       <c r="B137" s="8">
         <v>55426.646008323871</v>
       </c>
       <c r="C137" s="8">
         <v>7929</v>
       </c>
     </row>
-    <row r="138" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="138" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A138" s="5" t="s">
         <v>139</v>
       </c>
       <c r="B138" s="9">
         <v>54354.912590325002</v>
       </c>
       <c r="C138" s="8">
         <v>16855.8</v>
       </c>
     </row>
-    <row r="139" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="139" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A139" s="5" t="s">
         <v>140</v>
       </c>
       <c r="B139" s="9">
         <v>52041.547486553165</v>
       </c>
       <c r="C139" s="8">
         <v>24727</v>
       </c>
       <c r="J139" s="10"/>
     </row>
-    <row r="140" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="140" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A140" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B140" s="9">
         <v>51748</v>
       </c>
       <c r="C140" s="8">
         <v>2235</v>
       </c>
     </row>
-    <row r="141" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="141" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A141" s="5" t="s">
         <v>142</v>
       </c>
       <c r="B141" s="4">
         <v>52860.594799999999</v>
       </c>
       <c r="C141" s="3">
         <v>5175.3</v>
       </c>
     </row>
-    <row r="142" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="142" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A142" s="5" t="s">
         <v>143</v>
       </c>
       <c r="B142" s="9">
         <v>54988.054356395842</v>
       </c>
       <c r="C142" s="8">
         <v>13444.6</v>
       </c>
     </row>
-    <row r="143" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="143" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A143" s="5" t="s">
         <v>144</v>
       </c>
       <c r="B143" s="9">
         <v>55924.195659995494</v>
       </c>
       <c r="C143" s="3">
         <v>10450.450000000001</v>
       </c>
     </row>
-    <row r="144" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="144" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A144" s="5" t="s">
         <v>145</v>
       </c>
       <c r="B144" s="4">
         <v>55767.10714065106</v>
       </c>
       <c r="C144" s="3">
         <v>24283.5</v>
       </c>
     </row>
-    <row r="145" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="145" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A145" s="5" t="s">
         <v>146</v>
       </c>
       <c r="B145" s="4">
         <v>55497</v>
       </c>
       <c r="C145" s="3">
         <v>17490</v>
       </c>
     </row>
-    <row r="146" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="146" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A146" s="5" t="s">
         <v>147</v>
       </c>
       <c r="B146" s="4">
         <v>55238</v>
       </c>
       <c r="C146" s="3">
         <v>19167</v>
       </c>
     </row>
-    <row r="147" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="147" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A147" s="5" t="s">
         <v>148</v>
       </c>
       <c r="B147" s="4">
         <v>55647.111271210422</v>
       </c>
       <c r="C147" s="3">
         <v>40634.5</v>
       </c>
     </row>
-    <row r="148" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="148" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A148" s="5" t="s">
         <v>149</v>
       </c>
       <c r="B148" s="4">
         <v>55228.948301729535</v>
       </c>
       <c r="C148" s="3">
         <v>9598</v>
       </c>
     </row>
-    <row r="149" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="149" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A149" s="5" t="s">
         <v>150</v>
       </c>
       <c r="B149" s="4">
         <v>54739.840141485402</v>
       </c>
       <c r="C149" s="3">
         <v>20510.949999999997</v>
       </c>
     </row>
-    <row r="150" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="150" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A150" s="5" t="s">
         <v>151</v>
       </c>
       <c r="B150" s="4">
         <v>55436.687004004365</v>
       </c>
       <c r="C150" s="3">
         <v>18130.2</v>
       </c>
     </row>
-    <row r="151" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="151" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A151" s="5" t="s">
         <v>152</v>
       </c>
       <c r="B151" s="4">
         <v>55987.650697935285</v>
       </c>
       <c r="C151" s="3">
         <v>19077.699999999997</v>
       </c>
     </row>
-    <row r="152" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="152" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A152" s="5" t="s">
         <v>153</v>
       </c>
       <c r="B152" s="4">
         <v>56470</v>
       </c>
       <c r="C152" s="3">
         <v>14015</v>
       </c>
     </row>
-    <row r="153" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="153" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A153" s="5" t="s">
         <v>154</v>
       </c>
       <c r="B153" s="4">
         <v>56385.666133008664</v>
       </c>
       <c r="C153" s="3">
         <v>16427.5</v>
       </c>
     </row>
-    <row r="154" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="154" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A154" s="5" t="s">
         <v>155</v>
       </c>
       <c r="B154" s="4">
         <v>56848.571811510839</v>
       </c>
       <c r="C154" s="3">
         <v>12605.5</v>
       </c>
     </row>
-    <row r="155" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="155" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A155" s="5" t="s">
         <v>156</v>
       </c>
       <c r="B155" s="4">
         <v>57683.671739254525</v>
       </c>
       <c r="C155" s="3">
         <v>8759.5</v>
       </c>
     </row>
-    <row r="156" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="156" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A156" s="5" t="s">
         <v>157</v>
       </c>
       <c r="B156" s="4">
         <v>58386.362472817651</v>
       </c>
       <c r="C156" s="3">
         <v>3219</v>
       </c>
     </row>
-    <row r="157" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="157" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A157" s="5" t="s">
         <v>158</v>
       </c>
       <c r="B157" s="4">
         <v>60963.681170889678</v>
       </c>
       <c r="C157" s="3">
         <v>4384.7000000000007</v>
       </c>
     </row>
-    <row r="158" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="158" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A158" s="5" t="s">
         <v>159</v>
       </c>
       <c r="B158" s="4">
         <v>60212.65283346059</v>
       </c>
       <c r="C158" s="3">
         <v>7727.3</v>
       </c>
     </row>
-    <row r="159" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="159" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A159" s="5" t="s">
         <v>160</v>
       </c>
       <c r="B159" s="4">
         <v>59707.178575283331</v>
       </c>
       <c r="C159" s="3">
         <v>10191.5</v>
       </c>
     </row>
-    <row r="160" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="160" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A160" s="5" t="s">
         <v>161</v>
       </c>
       <c r="B160" s="4">
         <v>60247.328465716317</v>
       </c>
       <c r="C160" s="3">
         <v>7162.3</v>
       </c>
     </row>
-    <row r="161" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="161" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A161" s="5" t="s">
         <v>162</v>
       </c>
       <c r="B161" s="4">
         <v>60045.319429530202</v>
       </c>
       <c r="C161" s="3">
         <v>5960</v>
       </c>
     </row>
-    <row r="162" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="162" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A162" s="5" t="s">
         <v>163</v>
       </c>
       <c r="B162" s="4">
         <v>59957.288311234399</v>
       </c>
       <c r="C162" s="3">
         <v>6843.6909999999998</v>
       </c>
     </row>
-    <row r="163" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="163" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A163" s="5" t="s">
         <v>164</v>
       </c>
       <c r="B163" s="4">
         <v>59819.578514766908</v>
       </c>
       <c r="C163" s="3">
         <v>8194</v>
       </c>
     </row>
-    <row r="164" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="164" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A164" s="5" t="s">
         <v>165</v>
       </c>
       <c r="B164" s="4">
         <v>59290.07742667928</v>
       </c>
       <c r="C164" s="3">
         <v>10570</v>
       </c>
     </row>
-    <row r="165" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="165" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A165" s="5" t="s">
         <v>166</v>
       </c>
       <c r="B165" s="4">
         <v>59093.889312977102</v>
       </c>
       <c r="C165" s="3">
         <v>7205</v>
       </c>
     </row>
-    <row r="166" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="166" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A166" s="5" t="s">
         <v>167</v>
       </c>
       <c r="B166" s="4">
         <v>59056.933817059049</v>
       </c>
       <c r="C166" s="3">
         <v>12955</v>
       </c>
     </row>
-    <row r="167" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="167" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A167" s="5" t="s">
         <v>168</v>
       </c>
       <c r="B167" s="4">
         <v>59712.122690597731</v>
       </c>
       <c r="C167" s="3">
         <v>3643.8</v>
       </c>
     </row>
-    <row r="168" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="168" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A168" s="5" t="s">
         <v>169</v>
       </c>
       <c r="B168" s="4">
         <v>58869</v>
       </c>
       <c r="C168" s="3">
         <v>8131</v>
       </c>
     </row>
-    <row r="169" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="169" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A169" s="5" t="s">
         <v>170</v>
       </c>
       <c r="B169" s="4">
         <v>59322.576501888099</v>
       </c>
       <c r="C169" s="3">
         <v>5826</v>
       </c>
     </row>
-    <row r="170" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="170" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A170" s="5" t="s">
         <v>171</v>
       </c>
       <c r="B170" s="4">
         <v>58605.990056633549</v>
       </c>
       <c r="C170" s="3">
         <v>10771</v>
       </c>
     </row>
-    <row r="171" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="171" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A171" s="5" t="s">
         <v>172</v>
       </c>
       <c r="B171" s="4">
         <v>57984.795371287131</v>
       </c>
       <c r="C171" s="3">
         <v>8888</v>
       </c>
     </row>
-    <row r="172" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="172" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A172" s="5" t="s">
         <v>173</v>
       </c>
       <c r="B172" s="4">
         <v>57185.468792826658</v>
       </c>
       <c r="C172" s="3">
         <v>5107.8</v>
       </c>
     </row>
-    <row r="173" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="173" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A173" s="5" t="s">
         <v>174</v>
       </c>
       <c r="B173" s="4">
         <v>56566.710484554344</v>
       </c>
       <c r="C173" s="3">
         <v>6490.5</v>
       </c>
     </row>
-    <row r="174" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="174" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A174" s="5" t="s">
         <v>175</v>
       </c>
       <c r="B174" s="4">
         <v>56057.152614825347</v>
       </c>
       <c r="C174" s="3">
         <v>27425.35</v>
       </c>
     </row>
-    <row r="175" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="175" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A175" s="5" t="s">
         <v>176</v>
       </c>
       <c r="B175" s="4">
         <v>55768.484541571583</v>
       </c>
       <c r="C175" s="3">
         <v>12730.712000000001</v>
       </c>
     </row>
-    <row r="176" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="176" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A176" s="5" t="s">
         <v>177</v>
       </c>
       <c r="B176" s="4">
         <v>54469.924204616342</v>
       </c>
       <c r="C176" s="3">
         <v>8015</v>
       </c>
     </row>
-    <row r="177" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="177" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A177" s="5" t="s">
         <v>178</v>
       </c>
       <c r="B177" s="4">
         <v>51596.190083007816</v>
       </c>
       <c r="C177" s="3">
         <v>22756.9</v>
       </c>
     </row>
-    <row r="178" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="178" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A178" s="5" t="s">
         <v>179</v>
       </c>
       <c r="B178" s="4">
         <v>50954.035326612349</v>
       </c>
       <c r="C178" s="3">
         <v>11585.6</v>
       </c>
     </row>
-    <row r="179" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="179" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A179" s="5" t="s">
         <v>180</v>
       </c>
       <c r="B179" s="4">
         <v>50445.302887388862</v>
       </c>
       <c r="C179" s="3">
         <v>33629</v>
       </c>
     </row>
-    <row r="180" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="180" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A180" s="5" t="s">
         <v>181</v>
       </c>
       <c r="B180" s="4">
         <v>53167.679105581708</v>
       </c>
       <c r="C180" s="3">
         <v>14870</v>
       </c>
     </row>
-    <row r="181" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="181" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A181" s="5" t="s">
         <v>182</v>
       </c>
       <c r="B181" s="4">
         <v>52736.300270374661</v>
       </c>
       <c r="C181" s="3">
         <v>7767</v>
       </c>
     </row>
-    <row r="182" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="182" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A182" s="5" t="s">
         <v>183</v>
       </c>
       <c r="B182" s="4">
         <v>51965</v>
       </c>
       <c r="C182" s="3">
         <v>14342</v>
       </c>
     </row>
-    <row r="183" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="183" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A183" s="5" t="s">
         <v>184</v>
       </c>
       <c r="B183" s="4">
         <v>51612.44272644099</v>
       </c>
       <c r="C183" s="3">
         <v>12023</v>
       </c>
     </row>
-    <row r="184" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="184" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A184" s="5" t="s">
         <v>185</v>
       </c>
       <c r="B184" s="4">
         <v>51083.326172859583</v>
       </c>
       <c r="C184" s="3">
         <v>12299</v>
       </c>
     </row>
-    <row r="185" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="185" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A185" s="5" t="s">
         <v>186</v>
       </c>
       <c r="B185" s="4">
         <v>51234.482295630114</v>
       </c>
       <c r="C185" s="3">
         <v>17346</v>
       </c>
     </row>
-    <row r="186" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="186" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A186" s="5" t="s">
         <v>187</v>
       </c>
       <c r="B186" s="4">
         <v>50884.707595274027</v>
       </c>
       <c r="C186" s="3">
         <v>11257</v>
       </c>
     </row>
-    <row r="187" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="187" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A187" s="5" t="s">
         <v>188</v>
       </c>
       <c r="B187" s="4">
         <v>50640.849082345427</v>
       </c>
       <c r="C187" s="3">
         <v>27515.8</v>
       </c>
     </row>
-    <row r="188" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="188" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A188" s="5" t="s">
         <v>189</v>
       </c>
       <c r="B188" s="4">
         <v>50600</v>
       </c>
       <c r="C188" s="3">
         <v>42499</v>
       </c>
     </row>
-    <row r="189" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="189" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A189" s="5" t="s">
         <v>190</v>
       </c>
       <c r="B189" s="4">
         <v>50148.859789981994</v>
       </c>
       <c r="C189" s="3">
         <v>14351.15</v>
       </c>
     </row>
-    <row r="190" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="190" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A190" s="5" t="s">
         <v>191</v>
       </c>
       <c r="B190" s="4">
         <v>49288.788915843761</v>
       </c>
       <c r="C190" s="3">
         <v>16364.8</v>
       </c>
     </row>
-    <row r="191" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="191" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A191" s="5" t="s">
         <v>192</v>
       </c>
       <c r="B191" s="4">
         <v>48255</v>
       </c>
       <c r="C191" s="3">
         <v>38189</v>
       </c>
     </row>
-    <row r="192" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="192" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A192" s="5" t="s">
         <v>193</v>
       </c>
       <c r="B192" s="4">
         <v>48243.857285162885</v>
       </c>
       <c r="C192" s="3">
         <v>14094.4</v>
       </c>
     </row>
-    <row r="193" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="193" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A193" s="5" t="s">
         <v>194</v>
       </c>
       <c r="B193" s="4">
         <v>47367.097839631555</v>
       </c>
       <c r="C193" s="3">
         <v>14766</v>
       </c>
     </row>
-    <row r="194" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="194" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A194" s="5" t="s">
         <v>195</v>
       </c>
       <c r="B194" s="4">
         <v>45973.108490339386</v>
       </c>
       <c r="C194" s="3">
         <v>18730.7</v>
       </c>
     </row>
-    <row r="195" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="195" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A195" s="5" t="s">
         <v>196</v>
       </c>
       <c r="B195" s="4">
         <v>45612.955578498797</v>
       </c>
       <c r="C195" s="3">
         <v>23536.35</v>
       </c>
     </row>
-    <row r="196" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="196" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A196" s="5" t="s">
         <v>197</v>
       </c>
       <c r="B196" s="4">
         <v>46284.146423733408</v>
       </c>
       <c r="C196" s="3">
         <v>7382</v>
       </c>
     </row>
-    <row r="197" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="197" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A197" s="5" t="s">
         <v>198</v>
       </c>
       <c r="B197" s="4">
         <v>46577.732635521519</v>
       </c>
       <c r="C197" s="3">
         <v>14951.5</v>
       </c>
     </row>
-    <row r="198" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="198" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A198" s="5" t="s">
         <v>199</v>
       </c>
       <c r="B198" s="4">
         <v>46898.291214615987</v>
       </c>
       <c r="C198" s="3">
         <v>8867</v>
       </c>
     </row>
-    <row r="199" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="199" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A199" s="5" t="s">
         <v>200</v>
       </c>
       <c r="B199" s="4">
         <v>46517</v>
       </c>
       <c r="C199" s="3">
         <v>8652</v>
       </c>
     </row>
-    <row r="200" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="200" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A200" s="5" t="s">
         <v>201</v>
       </c>
       <c r="B200" s="4">
         <v>46451.327752888472</v>
       </c>
       <c r="C200" s="3">
         <v>23325.5</v>
       </c>
     </row>
-    <row r="201" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="201" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A201" s="5" t="s">
         <v>202</v>
       </c>
       <c r="B201" s="4">
         <v>47064</v>
       </c>
       <c r="C201" s="3">
         <v>15897</v>
       </c>
     </row>
-    <row r="202" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="202" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A202" s="5" t="s">
         <v>203</v>
       </c>
       <c r="B202" s="4">
         <v>47957</v>
       </c>
       <c r="C202" s="3">
         <v>11942</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A203" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="B203" s="4">
+        <v>48160.965417027641</v>
+      </c>
+      <c r="C203" s="3">
+        <v>6348.5</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A204" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="B204" s="4">
+        <v>48057</v>
+      </c>
+      <c r="C204" s="3">
+        <v>17407</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A205" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="B205" s="4">
+        <v>48097</v>
+      </c>
+      <c r="C205" s="3">
+        <v>17877</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A206" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="B206" s="4">
+        <v>48636</v>
+      </c>
+      <c r="C206" s="3">
+        <v>14125</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A207" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="B207" s="4">
+        <v>50111</v>
+      </c>
+      <c r="C207" s="3">
+        <v>6817</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A208" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="B208" s="4">
+        <v>51044</v>
+      </c>
+      <c r="C208" s="3">
+        <v>14364</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A209" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="B209" s="4">
+        <v>45136</v>
+      </c>
+      <c r="C209" s="3">
+        <v>2164</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A210" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="B210" s="4">
+        <v>50842</v>
+      </c>
+      <c r="C210" s="3">
+        <v>9076</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A211" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="B211" s="4">
+        <v>51756</v>
+      </c>
+      <c r="C211" s="3">
+        <v>13428</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A212" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="B212" s="4">
+        <v>52603</v>
+      </c>
+      <c r="C212" s="3">
+        <v>11252</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A213" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="B213" s="4">
+        <v>52905</v>
+      </c>
+      <c r="C213" s="3">
+        <v>5471</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A214" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="B214" s="4">
+        <v>52778</v>
+      </c>
+      <c r="C214" s="3">
+        <v>7808</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">