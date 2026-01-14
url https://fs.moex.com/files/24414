--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -6,69 +6,69 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20382"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\ЛК_НТБ_внебиржевые_сделки\Обобщенные сведения_раскрытие на сайт\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DBBCEEE3-75CE-47AB-AE17-AF28CF357E6E}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3F5E92BB-CC38-40D9-A114-F30710484B35}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="21570" windowHeight="7980" xr2:uid="{C295FFA1-54A4-4218-BC85-04268D17329F}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="21576" windowHeight="7980" xr2:uid="{C295FFA1-54A4-4218-BC85-04268D17329F}"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId1"/>
     <sheet name="Лист2" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5655" uniqueCount="191">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6036" uniqueCount="203">
   <si>
     <t>Период (неделя)</t>
   </si>
   <si>
     <t>Классификация</t>
   </si>
   <si>
     <t>Валюта цены договора</t>
   </si>
   <si>
     <t>Договоров, шт</t>
   </si>
   <si>
     <t>Пшеница</t>
   </si>
   <si>
     <t>Доллар США</t>
   </si>
   <si>
     <t>Российский рубль</t>
   </si>
   <si>
     <t>Сахар</t>
   </si>
   <si>
@@ -598,50 +598,86 @@
   </si>
   <si>
     <t>18.08.2025-24.08.2025</t>
   </si>
   <si>
     <t>25.08.2025-31.08.2025</t>
   </si>
   <si>
     <t>01.09.2025-07.09.2025</t>
   </si>
   <si>
     <t>08.09.2025-14.09.2025</t>
   </si>
   <si>
     <t>15.09.2025-21.09.2025</t>
   </si>
   <si>
     <t>22.09.2025-28.09.2025</t>
   </si>
   <si>
     <t>29.09.2025-05.10.2025</t>
   </si>
   <si>
     <t>06.10.2025-12.10.2025</t>
   </si>
+  <si>
+    <t>13.10.2025-19.10.2025</t>
+  </si>
+  <si>
+    <t>20.10.2025-26.10.2025</t>
+  </si>
+  <si>
+    <t>27.10.2025-02.11.2025</t>
+  </si>
+  <si>
+    <t>03.11.2025-09.11.2025</t>
+  </si>
+  <si>
+    <t>10.11.2025-16.11.2025</t>
+  </si>
+  <si>
+    <t>17.11.2025-23.11.2025</t>
+  </si>
+  <si>
+    <t>24.11.2025-30.11.2025</t>
+  </si>
+  <si>
+    <t>01.12.2025-07.12.2025</t>
+  </si>
+  <si>
+    <t>08.12.2025-14.12.2025</t>
+  </si>
+  <si>
+    <t>15.12.2025-21.12.2025</t>
+  </si>
+  <si>
+    <t>22.12.2025-28.12.2025</t>
+  </si>
+  <si>
+    <t>29.12.2025-04.01.2026</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00\ _₽_-;\-* #,##0.00\ _₽_-;_-* &quot;-&quot;??\ _₽_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0\ _₽_-;\-* #,##0\ _₽_-;_-* &quot;-&quot;??\ _₽_-;_-@_-"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1009,37739 +1045,40279 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F4A76081-1640-4E3F-9420-DF5494D443E2}">
-  <dimension ref="A1:I1871"/>
+  <dimension ref="A1:I1998"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A1828" workbookViewId="0">
-      <selection activeCell="F1876" sqref="F1876"/>
+    <sheetView tabSelected="1" topLeftCell="A1951" workbookViewId="0">
+      <selection activeCell="D2004" sqref="D2004"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="20.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="20.6640625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="4" max="4" width="19.28515625" customWidth="1"/>
+    <col min="4" max="4" width="19.33203125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="28.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:6" ht="28.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="E1" s="3" t="s">
         <v>12</v>
       </c>
       <c r="F1" s="3" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D2" s="2">
         <v>387.53148834145657</v>
       </c>
       <c r="E2" s="2">
         <v>115395650.8284</v>
       </c>
       <c r="F2" s="1">
         <v>25</v>
       </c>
     </row>
-    <row r="3" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D3" s="2">
         <v>16854.680763508146</v>
       </c>
       <c r="E3" s="2">
         <v>5425619056.6999998</v>
       </c>
       <c r="F3" s="1">
         <v>172</v>
       </c>
     </row>
-    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D4" s="2">
         <v>792.74587206448894</v>
       </c>
       <c r="E4" s="2">
         <v>10660370.840000009</v>
       </c>
       <c r="F4" s="1">
         <v>210</v>
       </c>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D5" s="2">
         <v>61745.709886050536</v>
       </c>
       <c r="E5" s="2">
         <v>7030267117.0328016</v>
       </c>
       <c r="F5" s="1">
         <v>1265</v>
       </c>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D6" s="2">
         <v>16914.603899693386</v>
       </c>
       <c r="E6" s="2">
         <v>272025565.14999998</v>
       </c>
       <c r="F6" s="1">
         <v>27</v>
       </c>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D7" s="2">
         <v>17460.023808698581</v>
       </c>
       <c r="E7" s="2">
         <v>1336465178.2</v>
       </c>
       <c r="F7" s="1">
         <v>45</v>
       </c>
     </row>
-    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A8" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D8" s="2">
         <v>334.83861673552326</v>
       </c>
       <c r="E8" s="2">
         <v>53284593.5</v>
       </c>
       <c r="F8" s="1">
         <v>25</v>
       </c>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A9" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D9" s="2">
         <v>16030.330745077508</v>
       </c>
       <c r="E9" s="2">
         <v>1327134362.75</v>
       </c>
       <c r="F9" s="1">
         <v>55</v>
       </c>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A10" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D10" s="2">
         <v>395.87273788674838</v>
       </c>
       <c r="E10" s="2">
         <v>94938200</v>
       </c>
       <c r="F10" s="1">
         <v>21</v>
       </c>
     </row>
-    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A11" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D11" s="2">
         <v>16783.148039271186</v>
       </c>
       <c r="E11" s="2">
         <v>4117202990.4400001</v>
       </c>
       <c r="F11" s="1">
         <v>161</v>
       </c>
     </row>
-    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A12" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D12" s="2">
         <v>693.55817384007582</v>
       </c>
       <c r="E12" s="2">
         <v>14497210.697999997</v>
       </c>
       <c r="F12" s="1">
         <v>231</v>
       </c>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A13" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D13" s="2">
         <v>59464.592325848331</v>
       </c>
       <c r="E13" s="2">
         <v>9529864961.3196964</v>
       </c>
       <c r="F13" s="1">
         <v>1961</v>
       </c>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A14" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D14" s="2">
         <v>362.75633468717587</v>
       </c>
       <c r="E14" s="2">
         <v>34041613.091800004</v>
       </c>
       <c r="F14" s="1">
         <v>7</v>
       </c>
     </row>
-    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A15" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D15" s="2">
         <v>15135.20129211856</v>
       </c>
       <c r="E15" s="2">
         <v>825959446</v>
       </c>
       <c r="F15" s="1">
         <v>51</v>
       </c>
     </row>
-    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A16" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D16" s="2">
         <v>406.7194887446999</v>
       </c>
       <c r="E16" s="2">
         <v>152356527.48675001</v>
       </c>
       <c r="F16" s="1">
         <v>22</v>
       </c>
     </row>
-    <row r="17" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A17" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D17" s="2">
         <v>20051.901455392712</v>
       </c>
       <c r="E17" s="2">
         <v>4420868440.4599991</v>
       </c>
       <c r="F17" s="1">
         <v>121</v>
       </c>
     </row>
-    <row r="18" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A18" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D18" s="2">
         <v>641.69809531138753</v>
       </c>
       <c r="E18" s="2">
         <v>3335354.189999999</v>
       </c>
       <c r="F18" s="1">
         <v>206</v>
       </c>
     </row>
-    <row r="19" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A19" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D19" s="2">
         <v>56808.838927006705</v>
       </c>
       <c r="E19" s="2">
         <v>6151207678.7076979</v>
       </c>
       <c r="F19" s="1">
         <v>1103</v>
       </c>
     </row>
-    <row r="20" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A20" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D20" s="2">
         <v>354.19587817931892</v>
       </c>
       <c r="E20" s="2">
         <v>10525798.300000001</v>
       </c>
       <c r="F20" s="1">
         <v>7</v>
       </c>
     </row>
-    <row r="21" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A21" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D21" s="2">
         <v>15827.097528125494</v>
       </c>
       <c r="E21" s="2">
         <v>918940275</v>
       </c>
       <c r="F21" s="1">
         <v>36</v>
       </c>
     </row>
-    <row r="22" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A22" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D22" s="2">
         <v>16470.813964362631</v>
       </c>
       <c r="E22" s="2">
         <v>260486400.5</v>
       </c>
       <c r="F22" s="1">
         <v>21</v>
       </c>
     </row>
-    <row r="23" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A23" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D23" s="2">
         <v>677.77167575427018</v>
       </c>
       <c r="E23" s="2">
         <v>3729099.7599999947</v>
       </c>
       <c r="F23" s="1">
         <v>182</v>
       </c>
     </row>
-    <row r="24" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A24" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D24" s="2">
         <v>53526.39902157888</v>
       </c>
       <c r="E24" s="2">
         <v>6227605276.3369999</v>
       </c>
       <c r="F24" s="1">
         <v>1123</v>
       </c>
     </row>
-    <row r="25" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A25" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D25" s="2">
         <v>395.62851064862042</v>
       </c>
       <c r="E25" s="2">
         <v>69901121.746999994</v>
       </c>
       <c r="F25" s="1">
         <v>11</v>
       </c>
     </row>
-    <row r="26" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A26" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D26" s="2">
         <v>410</v>
       </c>
       <c r="E26" s="2">
         <v>17835000</v>
       </c>
       <c r="F26" s="1">
         <v>4</v>
       </c>
     </row>
-    <row r="27" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A27" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D27" s="2">
         <v>17564.958115158566</v>
       </c>
       <c r="E27" s="2">
         <v>1948782552.1300004</v>
       </c>
       <c r="F27" s="1">
         <v>81</v>
       </c>
     </row>
-    <row r="28" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A28" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D28" s="2">
         <v>16734.690231276949</v>
       </c>
       <c r="E28" s="2">
         <v>100606280.12000002</v>
       </c>
       <c r="F28" s="1">
         <v>15</v>
       </c>
     </row>
-    <row r="29" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A29" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D29" s="2">
         <v>360.09207524718846</v>
       </c>
       <c r="E29" s="2">
         <v>16633401.227</v>
       </c>
       <c r="F29" s="1">
         <v>7</v>
       </c>
     </row>
-    <row r="30" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A30" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D30" s="2">
         <v>15194.012750084386</v>
       </c>
       <c r="E30" s="2">
         <v>744513614</v>
       </c>
       <c r="F30" s="1">
         <v>27</v>
       </c>
     </row>
-    <row r="31" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A31" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D31" s="2">
         <v>396.94229317632852</v>
       </c>
       <c r="E31" s="2">
         <v>105173830</v>
       </c>
       <c r="F31" s="1">
         <v>11</v>
       </c>
     </row>
-    <row r="32" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A32" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D32" s="2">
         <v>16177.100496951018</v>
       </c>
       <c r="E32" s="2">
         <v>2846463929.0999999</v>
       </c>
       <c r="F32" s="1">
         <v>99</v>
       </c>
     </row>
-    <row r="33" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A33" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D33" s="2">
         <v>603.23503279859688</v>
       </c>
       <c r="E33" s="2">
         <v>1857601.96</v>
       </c>
       <c r="F33" s="1">
         <v>122</v>
       </c>
     </row>
-    <row r="34" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A34" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D34" s="2">
         <v>52059.157922654842</v>
       </c>
       <c r="E34" s="2">
         <v>17856744290.381138</v>
       </c>
       <c r="F34" s="1">
         <v>2345</v>
       </c>
     </row>
-    <row r="35" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A35" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D35" s="2">
         <v>356.42011174927114</v>
       </c>
       <c r="E35" s="2">
         <v>24039106.579999998</v>
       </c>
       <c r="F35" s="1">
         <v>5</v>
       </c>
     </row>
-    <row r="36" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A36" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D36" s="2">
         <v>14875.574964825799</v>
       </c>
       <c r="E36" s="2">
         <v>147807580.5</v>
       </c>
       <c r="F36" s="1">
         <v>20</v>
       </c>
     </row>
-    <row r="37" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A37" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D37" s="2">
         <v>16087.605444664567</v>
       </c>
       <c r="E37" s="2">
         <v>201396726.748</v>
       </c>
       <c r="F37" s="1">
         <v>22</v>
       </c>
     </row>
-    <row r="38" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A38" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D38" s="2">
         <v>14329.003770240019</v>
       </c>
       <c r="E38" s="2">
         <v>353732836.94200003</v>
       </c>
       <c r="F38" s="1">
         <v>21</v>
       </c>
     </row>
-    <row r="39" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A39" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D39" s="2">
         <v>386.42698329550086</v>
       </c>
       <c r="E39" s="2">
         <v>66392020</v>
       </c>
       <c r="F39" s="1">
         <v>10</v>
       </c>
     </row>
-    <row r="40" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A40" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D40" s="2">
         <v>16005.600235023763</v>
       </c>
       <c r="E40" s="2">
         <v>3536798250.197</v>
       </c>
       <c r="F40" s="1">
         <v>67</v>
       </c>
     </row>
-    <row r="41" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A41" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D41" s="2">
         <v>655.09562362704355</v>
       </c>
       <c r="E41" s="2">
         <v>5367853.5399999944</v>
       </c>
       <c r="F41" s="1">
         <v>251</v>
       </c>
     </row>
-    <row r="42" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A42" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D42" s="2">
         <v>53475.710599522055</v>
       </c>
       <c r="E42" s="2">
         <v>13069017576.145367</v>
       </c>
       <c r="F42" s="1">
         <v>2193</v>
       </c>
     </row>
-    <row r="43" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A43" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D43" s="2">
         <v>336.23901581722322</v>
       </c>
       <c r="E43" s="2">
         <v>9566000</v>
       </c>
       <c r="F43" s="1">
         <v>7</v>
       </c>
     </row>
-    <row r="44" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A44" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D44" s="2">
         <v>14418.152558263142</v>
       </c>
       <c r="E44" s="2">
         <v>195312620</v>
       </c>
       <c r="F44" s="1">
         <v>21</v>
       </c>
     </row>
-    <row r="45" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A45" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D45" s="2">
         <v>377.92804050741091</v>
       </c>
       <c r="E45" s="2">
         <v>137969811.81999999</v>
       </c>
       <c r="F45" s="1">
         <v>29</v>
       </c>
     </row>
-    <row r="46" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A46" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D46" s="2">
         <v>14916.596887985168</v>
       </c>
       <c r="E46" s="2">
         <v>3514251031.4400005</v>
       </c>
       <c r="F46" s="1">
         <v>124</v>
       </c>
     </row>
-    <row r="47" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A47" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D47" s="2">
         <v>310.59887640449438</v>
       </c>
       <c r="E47" s="2">
         <v>8292990</v>
       </c>
       <c r="F47" s="1">
         <v>7</v>
       </c>
     </row>
-    <row r="48" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A48" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D48" s="2">
         <v>14705.986123866518</v>
       </c>
       <c r="E48" s="2">
         <v>326981424.94999999</v>
       </c>
       <c r="F48" s="1">
         <v>24</v>
       </c>
     </row>
-    <row r="49" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A49" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D49" s="2">
         <v>776.04995693367755</v>
       </c>
       <c r="E49" s="2">
         <v>9009939.9999999963</v>
       </c>
       <c r="F49" s="1">
         <v>171</v>
       </c>
     </row>
-    <row r="50" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A50" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D50" s="2">
         <v>59343.931895867514</v>
       </c>
       <c r="E50" s="2">
         <v>10092975297.205328</v>
       </c>
       <c r="F50" s="1">
         <v>1600</v>
       </c>
     </row>
-    <row r="51" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A51" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D51" s="2">
         <v>332.40875912408757</v>
       </c>
       <c r="E51" s="2">
         <v>22770000</v>
       </c>
       <c r="F51" s="1">
         <v>3</v>
       </c>
     </row>
-    <row r="52" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A52" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D52" s="2">
         <v>12814.597242618993</v>
       </c>
       <c r="E52" s="2">
         <v>428294172</v>
       </c>
       <c r="F52" s="1">
         <v>26</v>
       </c>
     </row>
-    <row r="53" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A53" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D53" s="2">
         <v>368.30803525518928</v>
       </c>
       <c r="E53" s="2">
         <v>109080313.51800001</v>
       </c>
       <c r="F53" s="1">
         <v>41</v>
       </c>
     </row>
-    <row r="54" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A54" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D54" s="2">
         <v>441.42815832389704</v>
       </c>
       <c r="E54" s="2">
         <v>81474836.609999999</v>
       </c>
       <c r="F54" s="1">
         <v>3</v>
       </c>
     </row>
-    <row r="55" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A55" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D55" s="2">
         <v>16939.136684999768</v>
       </c>
       <c r="E55" s="2">
         <v>9302998903.4458942</v>
       </c>
       <c r="F55" s="1">
         <v>257</v>
       </c>
     </row>
-    <row r="56" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A56" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D56" s="2">
         <v>315.86263020833331</v>
       </c>
       <c r="E56" s="2">
         <v>24258250</v>
       </c>
       <c r="F56" s="1">
         <v>5</v>
       </c>
     </row>
-    <row r="57" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A57" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D57" s="2">
         <v>13251.108110156772</v>
       </c>
       <c r="E57" s="2">
         <v>606609624.60000002</v>
       </c>
       <c r="F57" s="1">
         <v>16</v>
       </c>
     </row>
-    <row r="58" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A58" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D58" s="2">
         <v>314.55095541401272</v>
       </c>
       <c r="E58" s="2">
         <v>4938450</v>
       </c>
       <c r="F58" s="1">
         <v>4</v>
       </c>
     </row>
-    <row r="59" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A59" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D59" s="2">
         <v>13614.558942436795</v>
       </c>
       <c r="E59" s="2">
         <v>171762596.23000002</v>
       </c>
       <c r="F59" s="1">
         <v>16</v>
       </c>
     </row>
-    <row r="60" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A60" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D60" s="2">
         <v>685.01845735379834</v>
       </c>
       <c r="E60" s="2">
         <v>2115474</v>
       </c>
       <c r="F60" s="1">
         <v>98</v>
       </c>
     </row>
-    <row r="61" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A61" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D61" s="2">
         <v>62975.165209478619</v>
       </c>
       <c r="E61" s="2">
         <v>5518425813.9759932</v>
       </c>
       <c r="F61" s="1">
         <v>1019</v>
       </c>
     </row>
-    <row r="62" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A62" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D62" s="2">
         <v>678.38189602446494</v>
       </c>
       <c r="E62" s="2">
         <v>2218308.8000000003</v>
       </c>
       <c r="F62" s="1">
         <v>139</v>
       </c>
     </row>
-    <row r="63" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A63" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D63" s="2">
         <v>61567.280780631721</v>
       </c>
       <c r="E63" s="2">
         <v>5991559563.7600002</v>
       </c>
       <c r="F63" s="1">
         <v>975</v>
       </c>
     </row>
-    <row r="64" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A64" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D64" s="2">
         <v>357.92911368030065</v>
       </c>
       <c r="E64" s="2">
         <v>355611353.36874998</v>
       </c>
       <c r="F64" s="1">
         <v>58</v>
       </c>
     </row>
-    <row r="65" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A65" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D65" s="2">
         <v>14326.78146212345</v>
       </c>
       <c r="E65" s="2">
         <v>5053304305.3886204</v>
       </c>
       <c r="F65" s="1">
         <v>316</v>
       </c>
     </row>
-    <row r="66" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A66" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D66" s="2">
         <v>307.21417151410009</v>
       </c>
       <c r="E66" s="2">
         <v>90311750</v>
       </c>
       <c r="F66" s="1">
         <v>11</v>
       </c>
     </row>
-    <row r="67" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A67" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D67" s="2">
         <v>11645.807519533186</v>
       </c>
       <c r="E67" s="2">
         <v>517149318.69999999</v>
       </c>
       <c r="F67" s="1">
         <v>32</v>
       </c>
     </row>
-    <row r="68" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A68" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D68" s="2">
         <v>13321.68306230342</v>
       </c>
       <c r="E68" s="2">
         <v>199065910</v>
       </c>
       <c r="F68" s="1">
         <v>23</v>
       </c>
     </row>
-    <row r="69" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A69" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D69" s="2">
         <v>63187.546336126492</v>
       </c>
       <c r="E69" s="2">
         <v>8365162179.7659893</v>
       </c>
       <c r="F69" s="1">
         <v>1543</v>
       </c>
     </row>
-    <row r="70" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A70" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D70" s="2">
         <v>671.07089970464597</v>
       </c>
       <c r="E70" s="2">
         <v>4830462.2860000003</v>
       </c>
       <c r="F70" s="1">
         <v>151</v>
       </c>
     </row>
-    <row r="71" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A71" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D71" s="2">
         <v>14402.762960935137</v>
       </c>
       <c r="E71" s="2">
         <v>5740125947.012001</v>
       </c>
       <c r="F71" s="1">
         <v>253</v>
       </c>
     </row>
-    <row r="72" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A72" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D72" s="2">
         <v>347.82090717502422</v>
       </c>
       <c r="E72" s="2">
         <v>251488172.03200001</v>
       </c>
       <c r="F72" s="1">
         <v>70</v>
       </c>
     </row>
-    <row r="73" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A73" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D73" s="2">
         <v>15770.641684735305</v>
       </c>
       <c r="E73" s="2">
         <v>1434971570.05</v>
       </c>
       <c r="F73" s="1">
         <v>31</v>
       </c>
     </row>
-    <row r="74" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A74" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D74" s="2">
         <v>326.87099476439789</v>
       </c>
       <c r="E74" s="2">
         <v>31216180</v>
       </c>
       <c r="F74" s="1">
         <v>6</v>
       </c>
     </row>
-    <row r="75" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A75" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D75" s="2">
         <v>17141.29516418777</v>
       </c>
       <c r="E75" s="2">
         <v>573126711.70190001</v>
       </c>
       <c r="F75" s="1">
         <v>23</v>
       </c>
     </row>
-    <row r="76" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A76" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D76" s="2">
         <v>13648.441459043806</v>
       </c>
       <c r="E76" s="2">
         <v>6733344997.8409967</v>
       </c>
       <c r="F76" s="1">
         <v>320</v>
       </c>
     </row>
-    <row r="77" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A77" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D77" s="2">
         <v>327.45999999999998</v>
       </c>
       <c r="E77" s="2">
         <v>389388981.59299999</v>
       </c>
       <c r="F77" s="1">
         <v>58</v>
       </c>
     </row>
-    <row r="78" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A78" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D78" s="2">
         <v>55576.739970813964</v>
       </c>
       <c r="E78" s="2">
         <v>11283894573.090946</v>
       </c>
       <c r="F78" s="1">
         <v>884</v>
       </c>
     </row>
-    <row r="79" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A79" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D79" s="2">
         <v>662.74607242339846</v>
       </c>
       <c r="E79" s="2">
         <v>2379258.4000000004</v>
       </c>
       <c r="F79" s="1">
         <v>152</v>
       </c>
     </row>
-    <row r="80" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A80" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D80" s="2">
         <v>320.04476690336526</v>
       </c>
       <c r="E80" s="2">
         <v>4146500.0000000005</v>
       </c>
       <c r="F80" s="1">
         <v>4</v>
       </c>
     </row>
-    <row r="81" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A81" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D81" s="2">
         <v>13430.897766907454</v>
       </c>
       <c r="E81" s="2">
         <v>509378617</v>
       </c>
       <c r="F81" s="1">
         <v>22</v>
       </c>
     </row>
-    <row r="82" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A82" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D82" s="2">
         <v>13623.112755951681</v>
       </c>
       <c r="E82" s="2">
         <v>449767340.0999999</v>
       </c>
       <c r="F82" s="1">
         <v>42</v>
       </c>
     </row>
-    <row r="83" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A83" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D83" s="2">
         <v>299.16842975206612</v>
       </c>
       <c r="E83" s="2">
         <v>36199380</v>
       </c>
       <c r="F83" s="1">
         <v>7</v>
       </c>
     </row>
-    <row r="84" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A84" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D84" s="2">
         <v>340.6904761904762</v>
       </c>
       <c r="E84" s="2">
         <v>21463500</v>
       </c>
       <c r="F84" s="1">
         <v>7</v>
       </c>
     </row>
-    <row r="85" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A85" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D85" s="2">
         <v>333.22462872478212</v>
       </c>
       <c r="E85" s="2">
         <v>273967902.46650004</v>
       </c>
       <c r="F85" s="1">
         <v>69</v>
       </c>
     </row>
-    <row r="86" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A86" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D86" s="2">
         <v>14099.532094836082</v>
       </c>
       <c r="E86" s="2">
         <v>10137963283.8225</v>
       </c>
       <c r="F86" s="1">
         <v>451</v>
       </c>
     </row>
-    <row r="87" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A87" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D87" s="2">
         <v>298.85254556882467</v>
       </c>
       <c r="E87" s="2">
         <v>23773720</v>
       </c>
       <c r="F87" s="1">
         <v>4</v>
       </c>
     </row>
-    <row r="88" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A88" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D88" s="2">
         <v>15888.84980838497</v>
       </c>
       <c r="E88" s="2">
         <v>882483401.64999998</v>
       </c>
       <c r="F88" s="1">
         <v>27</v>
       </c>
     </row>
-    <row r="89" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A89" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D89" s="2">
         <v>15741.840730936234</v>
       </c>
       <c r="E89" s="2">
         <v>153064529</v>
       </c>
       <c r="F89" s="1">
         <v>15</v>
       </c>
     </row>
-    <row r="90" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A90" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D90" s="2">
         <v>689.89298669891173</v>
       </c>
       <c r="E90" s="2">
         <v>912866.39999999991</v>
       </c>
       <c r="F90" s="1">
         <v>56</v>
       </c>
     </row>
-    <row r="91" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A91" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D91" s="2">
         <v>62212.983595911181</v>
       </c>
       <c r="E91" s="2">
         <v>8556776127.8750019</v>
       </c>
       <c r="F91" s="1">
         <v>593</v>
       </c>
     </row>
-    <row r="92" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A92" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D92" s="2">
         <v>327.30088965213957</v>
       </c>
       <c r="E92" s="2">
         <v>228971705.458</v>
       </c>
       <c r="F92" s="1">
         <v>54</v>
       </c>
     </row>
-    <row r="93" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A93" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D93" s="2">
         <v>383.36407766990294</v>
       </c>
       <c r="E93" s="2">
         <v>78973000</v>
       </c>
       <c r="F93" s="1">
         <v>8</v>
       </c>
     </row>
-    <row r="94" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A94" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D94" s="2">
         <v>12765.244543958052</v>
       </c>
       <c r="E94" s="2">
         <v>8195100216.1629019</v>
       </c>
       <c r="F94" s="1">
         <v>436</v>
       </c>
     </row>
-    <row r="95" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A95" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D95" s="2">
         <v>739.47790226307848</v>
       </c>
       <c r="E95" s="2">
         <v>4633420.6399999997</v>
       </c>
       <c r="F95" s="1">
         <v>63</v>
       </c>
     </row>
-    <row r="96" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A96" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D96" s="2">
         <v>61438.59635260448</v>
       </c>
       <c r="E96" s="2">
         <v>5626211875.0600004</v>
       </c>
       <c r="F96" s="1">
         <v>843</v>
       </c>
     </row>
-    <row r="97" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A97" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D97" s="2">
         <v>299.03865862114219</v>
       </c>
       <c r="E97" s="2">
         <v>35954109.004359998</v>
       </c>
       <c r="F97" s="1">
         <v>9</v>
       </c>
     </row>
-    <row r="98" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A98" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D98" s="2">
         <v>13643.342089826316</v>
       </c>
       <c r="E98" s="2">
         <v>1069883600</v>
       </c>
       <c r="F98" s="1">
         <v>26</v>
       </c>
     </row>
-    <row r="99" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A99" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D99" s="2">
         <v>13515.232701041945</v>
       </c>
       <c r="E99" s="2">
         <v>164409427</v>
       </c>
       <c r="F99" s="1">
         <v>13</v>
       </c>
     </row>
-    <row r="100" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A100" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D100" s="2">
         <v>312.57421425352544</v>
       </c>
       <c r="E100" s="2">
         <v>187590073.42829996</v>
       </c>
       <c r="F100" s="1">
         <v>53</v>
       </c>
     </row>
-    <row r="101" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A101" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D101" s="2">
         <v>304.32111163588456</v>
       </c>
       <c r="E101" s="2">
         <v>28157828.199999999</v>
       </c>
       <c r="F101" s="1">
         <v>6</v>
       </c>
     </row>
-    <row r="102" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A102" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B102" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D102" s="2">
         <v>13580.9943342571</v>
       </c>
       <c r="E102" s="2">
         <v>6509671254.0429983</v>
       </c>
       <c r="F102" s="1">
         <v>319</v>
       </c>
     </row>
-    <row r="103" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A103" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D103" s="2">
         <v>288.12726825510606</v>
       </c>
       <c r="E103" s="2">
         <v>30182185.935200002</v>
       </c>
       <c r="F103" s="1">
         <v>14</v>
       </c>
     </row>
-    <row r="104" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A104" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D104" s="2">
         <v>14098.199428418971</v>
       </c>
       <c r="E104" s="2">
         <v>1265574920.3</v>
       </c>
       <c r="F104" s="1">
         <v>32</v>
       </c>
     </row>
-    <row r="105" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A105" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D105" s="2">
         <v>13082.644038790644</v>
       </c>
       <c r="E105" s="2">
         <v>45867750</v>
       </c>
       <c r="F105" s="1">
         <v>6</v>
       </c>
     </row>
-    <row r="106" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A106" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D106" s="2">
         <v>685.80370847075847</v>
       </c>
       <c r="E106" s="2">
         <v>6820180.7199999988</v>
       </c>
       <c r="F106" s="1">
         <v>108</v>
       </c>
     </row>
-    <row r="107" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A107" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D107" s="2">
         <v>57829.447726059829</v>
       </c>
       <c r="E107" s="2">
         <v>6539102101.6180019</v>
       </c>
       <c r="F107" s="1">
         <v>819</v>
       </c>
     </row>
-    <row r="108" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A108" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D108" s="2">
         <v>305.22029115973106</v>
       </c>
       <c r="E108" s="2">
         <v>328974545.61950004</v>
       </c>
       <c r="F108" s="1">
         <v>83</v>
       </c>
     </row>
-    <row r="109" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A109" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D109" s="2">
         <v>303.66915903998455</v>
       </c>
       <c r="E109" s="2">
         <v>7170652.21</v>
       </c>
       <c r="F109" s="1">
         <v>6</v>
       </c>
     </row>
-    <row r="110" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A110" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D110" s="2">
         <v>13424.365698162028</v>
       </c>
       <c r="E110" s="2">
         <v>6836657353.5055008</v>
       </c>
       <c r="F110" s="1">
         <v>247</v>
       </c>
     </row>
-    <row r="111" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A111" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B111" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D111" s="2">
         <v>701.13882538977975</v>
       </c>
       <c r="E111" s="2">
         <v>5054650.0200000014</v>
       </c>
       <c r="F111" s="1">
         <v>190</v>
       </c>
     </row>
-    <row r="112" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A112" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D112" s="2">
         <v>54874.594318273768</v>
       </c>
       <c r="E112" s="2">
         <v>7326058395.7712955</v>
       </c>
       <c r="F112" s="1">
         <v>943</v>
       </c>
     </row>
-    <row r="113" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A113" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B113" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D113" s="2">
         <v>282.19845386296078</v>
       </c>
       <c r="E113" s="2">
         <v>39690450.600000001</v>
       </c>
       <c r="F113" s="1">
         <v>13</v>
       </c>
     </row>
-    <row r="114" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A114" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D114" s="2">
         <v>14967.049292453279</v>
       </c>
       <c r="E114" s="2">
         <v>1610681329.5</v>
       </c>
       <c r="F114" s="1">
         <v>45</v>
       </c>
     </row>
-    <row r="115" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A115" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D115" s="2">
         <v>82655.144239813497</v>
       </c>
       <c r="E115" s="2">
         <v>601805244.83311009</v>
       </c>
       <c r="F115" s="1">
         <v>15</v>
       </c>
     </row>
-    <row r="116" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A116" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D116" s="2">
         <v>260.40401590210104</v>
       </c>
       <c r="E116" s="2">
         <v>6422253.8839999996</v>
       </c>
       <c r="F116" s="1">
         <v>11</v>
       </c>
     </row>
-    <row r="117" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A117" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D117" s="2">
         <v>17463.912093900115</v>
       </c>
       <c r="E117" s="2">
         <v>437791286.10000002</v>
       </c>
       <c r="F117" s="1">
         <v>8</v>
       </c>
     </row>
-    <row r="118" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A118" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D118" s="2">
         <v>302.05039415235677</v>
       </c>
       <c r="E118" s="2">
         <v>280108932.78625</v>
       </c>
       <c r="F118" s="1">
         <v>76</v>
       </c>
     </row>
-    <row r="119" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A119" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D119" s="2">
         <v>464.92514213518638</v>
       </c>
       <c r="E119" s="2">
         <v>73597650</v>
       </c>
       <c r="F119" s="1">
         <v>7</v>
       </c>
     </row>
-    <row r="120" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A120" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D120" s="2">
         <v>14128.833815664344</v>
       </c>
       <c r="E120" s="2">
         <v>9083110166.6732807</v>
       </c>
       <c r="F120" s="1">
         <v>224</v>
       </c>
     </row>
-    <row r="121" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A121" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D121" s="2">
         <v>74058.729894155651</v>
       </c>
       <c r="E121" s="2">
         <v>30110857499.232327</v>
       </c>
       <c r="F121" s="1">
         <v>773</v>
       </c>
     </row>
-    <row r="122" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A122" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D122" s="2">
         <v>276.40578146994545</v>
       </c>
       <c r="E122" s="2">
         <v>27415733.100000001</v>
       </c>
       <c r="F122" s="1">
         <v>10</v>
       </c>
     </row>
-    <row r="123" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A123" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D123" s="2">
         <v>15902.63172364317</v>
       </c>
       <c r="E123" s="2">
         <v>2151513322.5500002</v>
       </c>
       <c r="F123" s="1">
         <v>49</v>
       </c>
     </row>
-    <row r="124" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A124" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D124" s="2">
         <v>681.77330071106383</v>
       </c>
       <c r="E124" s="2">
         <v>1783382.6000000008</v>
       </c>
       <c r="F124" s="1">
         <v>76</v>
       </c>
     </row>
-    <row r="125" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A125" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D125" s="2">
         <v>52618.996192876519</v>
       </c>
       <c r="E125" s="2">
         <v>10884228312.507303</v>
       </c>
       <c r="F125" s="1">
         <v>1148</v>
       </c>
     </row>
-    <row r="126" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A126" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D126" s="2">
         <v>14778.104761904762</v>
       </c>
       <c r="E126" s="2">
         <v>139653090</v>
       </c>
       <c r="F126" s="1">
         <v>6</v>
       </c>
     </row>
-    <row r="127" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A127" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D127" s="2">
         <v>314.55291064498056</v>
       </c>
       <c r="E127" s="2">
         <v>290460446.06199998</v>
       </c>
       <c r="F127" s="1">
         <v>66</v>
       </c>
     </row>
-    <row r="128" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A128" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D128" s="2">
         <v>307.53968253968253</v>
       </c>
       <c r="E128" s="2">
         <v>9687500</v>
       </c>
       <c r="F128" s="1">
         <v>6</v>
       </c>
     </row>
-    <row r="129" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A129" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D129" s="2">
         <v>12350.375425837676</v>
       </c>
       <c r="E129" s="2">
         <v>7546949049.2228012</v>
       </c>
       <c r="F129" s="1">
         <v>255</v>
       </c>
     </row>
-    <row r="130" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A130" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D130" s="2">
         <v>268.49730405993404</v>
       </c>
       <c r="E130" s="2">
         <v>19129090.427749999</v>
       </c>
       <c r="F130" s="1">
         <v>9</v>
       </c>
     </row>
-    <row r="131" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A131" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B131" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D131" s="2">
         <v>13311.407005130779</v>
       </c>
       <c r="E131" s="2">
         <v>1322374380.25</v>
       </c>
       <c r="F131" s="1">
         <v>37</v>
       </c>
     </row>
-    <row r="132" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A132" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B132" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D132" s="2">
         <v>12681.221017461379</v>
       </c>
       <c r="E132" s="2">
         <v>336678695.14999998</v>
       </c>
       <c r="F132" s="1">
         <v>18</v>
       </c>
     </row>
-    <row r="133" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="133" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A133" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D133" s="2">
         <v>773.00231892459851</v>
       </c>
       <c r="E133" s="2">
         <v>4266818.1999999993</v>
       </c>
       <c r="F133" s="1">
         <v>146</v>
       </c>
     </row>
-    <row r="134" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="134" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A134" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B134" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D134" s="2">
         <v>50314.911344615328</v>
       </c>
       <c r="E134" s="2">
         <v>15397608769.287004</v>
       </c>
       <c r="F134" s="1">
         <v>2126</v>
       </c>
     </row>
-    <row r="135" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A135" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B135" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D135" s="2">
         <v>92884.545732462415</v>
       </c>
       <c r="E135" s="2">
         <v>1982057283.889539</v>
       </c>
       <c r="F135" s="1">
         <v>565</v>
       </c>
     </row>
-    <row r="136" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A136" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B136" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D136" s="2">
         <v>14649.53851114904</v>
       </c>
       <c r="E136" s="2">
         <v>1159174722.3000002</v>
       </c>
       <c r="F136" s="1">
         <v>26</v>
       </c>
     </row>
-    <row r="137" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A137" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B137" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D137" s="2">
         <v>301.65029955727852</v>
       </c>
       <c r="E137" s="2">
         <v>289532994.35475004</v>
       </c>
       <c r="F137" s="1">
         <v>79</v>
       </c>
     </row>
-    <row r="138" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A138" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B138" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D138" s="2">
         <v>12561.274241885025</v>
       </c>
       <c r="E138" s="2">
         <v>8552250237.3197994</v>
       </c>
       <c r="F138" s="1">
         <v>258</v>
       </c>
     </row>
-    <row r="139" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A139" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D139" s="2">
         <v>90037.119938729986</v>
       </c>
       <c r="E139" s="2">
         <v>4503725617.7320261</v>
       </c>
       <c r="F139" s="1">
         <v>630</v>
       </c>
     </row>
-    <row r="140" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A140" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B140" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D140" s="2">
         <v>273.33541949767493</v>
       </c>
       <c r="E140" s="2">
         <v>38634302.399999999</v>
       </c>
       <c r="F140" s="1">
         <v>9</v>
       </c>
     </row>
-    <row r="141" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A141" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B141" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D141" s="2">
         <v>14758.689958144963</v>
       </c>
       <c r="E141" s="2">
         <v>277260734.39999998</v>
       </c>
       <c r="F141" s="1">
         <v>14</v>
       </c>
     </row>
-    <row r="142" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="142" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A142" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D142" s="2">
         <v>852.00379151869618</v>
       </c>
       <c r="E142" s="2">
         <v>6525667.4399999985</v>
       </c>
       <c r="F142" s="1">
         <v>112</v>
       </c>
     </row>
-    <row r="143" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="143" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A143" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D143" s="2">
         <v>52249.555752242435</v>
       </c>
       <c r="E143" s="2">
         <v>11398312064.743992</v>
       </c>
       <c r="F143" s="1">
         <v>1523</v>
       </c>
     </row>
-    <row r="144" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="144" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A144" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D144" s="2">
         <v>301.15129099208548</v>
       </c>
       <c r="E144" s="2">
         <v>207908894.52839997</v>
       </c>
       <c r="F144" s="1">
         <v>68</v>
       </c>
     </row>
-    <row r="145" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="145" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A145" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D145" s="2">
         <v>13183.169425881553</v>
       </c>
       <c r="E145" s="2">
         <v>6438911653.8543997</v>
       </c>
       <c r="F145" s="1">
         <v>298</v>
       </c>
     </row>
-    <row r="146" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="146" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A146" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D146" s="2">
         <v>352.94117647058823</v>
       </c>
       <c r="E146" s="2">
         <v>24000000</v>
       </c>
       <c r="F146" s="1">
         <v>4</v>
       </c>
     </row>
-    <row r="147" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="147" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A147" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B147" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D147" s="2">
         <v>277.16596037562721</v>
       </c>
       <c r="E147" s="2">
         <v>23862880.524500001</v>
       </c>
       <c r="F147" s="1">
         <v>7</v>
       </c>
     </row>
-    <row r="148" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="148" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A148" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B148" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D148" s="2">
         <v>13936.741377339498</v>
       </c>
       <c r="E148" s="2">
         <v>726652775.89999998</v>
       </c>
       <c r="F148" s="1">
         <v>28</v>
       </c>
     </row>
-    <row r="149" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="149" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A149" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B149" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D149" s="2">
         <v>189.89003740675977</v>
       </c>
       <c r="E149" s="2">
         <v>8579042</v>
       </c>
       <c r="F149" s="1">
         <v>5</v>
       </c>
     </row>
-    <row r="150" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="150" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A150" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B150" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D150" s="2">
         <v>13693.342667709921</v>
       </c>
       <c r="E150" s="2">
         <v>176233183.19999999</v>
       </c>
       <c r="F150" s="1">
         <v>21</v>
       </c>
     </row>
-    <row r="151" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="151" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A151" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B151" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D151" s="2">
         <v>849.78371224453667</v>
       </c>
       <c r="E151" s="2">
         <v>35549019.029999956</v>
       </c>
       <c r="F151" s="1">
         <v>168</v>
       </c>
     </row>
-    <row r="152" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="152" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A152" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B152" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D152" s="2">
         <v>46752.57080416043</v>
       </c>
       <c r="E152" s="2">
         <v>20593649108.785095</v>
       </c>
       <c r="F152" s="1">
         <v>2518</v>
       </c>
     </row>
-    <row r="153" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="153" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A153" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D153" s="2">
         <v>78627.887936564919</v>
       </c>
       <c r="E153" s="2">
         <v>12683574917.974054</v>
       </c>
       <c r="F153" s="1">
         <v>1464</v>
       </c>
     </row>
-    <row r="154" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="154" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A154" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B154" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D154" s="2">
         <v>300.40058437904497</v>
       </c>
       <c r="E154" s="2">
         <v>266927570.29250002</v>
       </c>
       <c r="F154" s="1">
         <v>73</v>
       </c>
     </row>
-    <row r="155" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="155" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A155" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D155" s="2">
         <v>324.46674057649665</v>
       </c>
       <c r="E155" s="2">
         <v>29266900</v>
       </c>
       <c r="F155" s="1">
         <v>8</v>
       </c>
     </row>
-    <row r="156" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="156" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A156" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D156" s="2">
         <v>12293.661125468339</v>
       </c>
       <c r="E156" s="2">
         <v>5841250507.2445002</v>
       </c>
       <c r="F156" s="1">
         <v>250</v>
       </c>
     </row>
-    <row r="157" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A157" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D157" s="2">
         <v>292.04176400687811</v>
       </c>
       <c r="E157" s="2">
         <v>16149568.444799999</v>
       </c>
       <c r="F157" s="1">
         <v>7</v>
       </c>
     </row>
-    <row r="158" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="158" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A158" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D158" s="2">
         <v>13293.464776999903</v>
       </c>
       <c r="E158" s="2">
         <v>1436978211.6787999</v>
       </c>
       <c r="F158" s="1">
         <v>49</v>
       </c>
     </row>
-    <row r="159" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="159" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A159" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D159" s="2">
         <v>263.42805755395682</v>
       </c>
       <c r="E159" s="2">
         <v>7323300</v>
       </c>
       <c r="F159" s="1">
         <v>8</v>
       </c>
     </row>
-    <row r="160" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="160" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A160" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D160" s="2">
         <v>13509.69188339227</v>
       </c>
       <c r="E160" s="2">
         <v>343320381.315</v>
       </c>
       <c r="F160" s="1">
         <v>21</v>
       </c>
     </row>
-    <row r="161" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="161" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A161" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C161" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D161" s="2">
         <v>890.16140186275607</v>
       </c>
       <c r="E161" s="2">
         <v>33776106.200000048</v>
       </c>
       <c r="F161" s="1">
         <v>155</v>
       </c>
     </row>
-    <row r="162" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="162" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A162" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B162" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D162" s="2">
         <v>46706.362949864488</v>
       </c>
       <c r="E162" s="2">
         <v>7956768063.4108067</v>
       </c>
       <c r="F162" s="1">
         <v>1541</v>
       </c>
     </row>
-    <row r="163" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="163" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A163" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B163" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D163" s="2">
         <v>87861.646976338947</v>
       </c>
       <c r="E163" s="2">
         <v>23413413508.398827</v>
       </c>
       <c r="F163" s="1">
         <v>1133</v>
       </c>
     </row>
-    <row r="164" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="164" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A164" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D164" s="2">
         <v>298.07598075364035</v>
       </c>
       <c r="E164" s="2">
         <v>242942252.64695001</v>
       </c>
       <c r="F164" s="1">
         <v>83</v>
       </c>
     </row>
-    <row r="165" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="165" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A165" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B165" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C165" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D165" s="2">
         <v>324.32456140350877</v>
       </c>
       <c r="E165" s="2">
         <v>9243250</v>
       </c>
       <c r="F165" s="1">
         <v>3</v>
       </c>
     </row>
-    <row r="166" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="166" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A166" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D166" s="2">
         <v>13154.716960272999</v>
       </c>
       <c r="E166" s="2">
         <v>9339805197.1222</v>
       </c>
       <c r="F166" s="1">
         <v>317</v>
       </c>
     </row>
-    <row r="167" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="167" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A167" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D167" s="2">
         <v>286.48508891292897</v>
       </c>
       <c r="E167" s="2">
         <v>33168957.109250002</v>
       </c>
       <c r="F167" s="1">
         <v>7</v>
       </c>
     </row>
-    <row r="168" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="168" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A168" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C168" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D168" s="2">
         <v>13511.283868873737</v>
       </c>
       <c r="E168" s="2">
         <v>737588958.05929995</v>
       </c>
       <c r="F168" s="1">
         <v>35</v>
       </c>
     </row>
-    <row r="169" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="169" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A169" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D169" s="2">
         <v>320.92908329750622</v>
       </c>
       <c r="E169" s="2">
         <v>15892475.6</v>
       </c>
       <c r="F169" s="1">
         <v>7</v>
       </c>
     </row>
-    <row r="170" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="170" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A170" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C170" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D170" s="2">
         <v>1853.7051531812394</v>
       </c>
       <c r="E170" s="2">
         <v>52562365.729999997</v>
       </c>
       <c r="F170" s="1">
         <v>9</v>
       </c>
     </row>
-    <row r="171" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="171" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A171" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D171" s="2">
         <v>12228.017201682029</v>
       </c>
       <c r="E171" s="2">
         <v>112856406</v>
       </c>
       <c r="F171" s="1">
         <v>27</v>
       </c>
     </row>
-    <row r="172" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="172" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A172" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B172" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C172" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D172" s="2">
         <v>763.86509334735672</v>
       </c>
       <c r="E172" s="2">
         <v>4647966.3199999966</v>
       </c>
       <c r="F172" s="1">
         <v>123</v>
       </c>
     </row>
-    <row r="173" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="173" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A173" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B173" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D173" s="2">
         <v>45927.140031001989</v>
       </c>
       <c r="E173" s="2">
         <v>11738598690.07168</v>
       </c>
       <c r="F173" s="1">
         <v>1448</v>
       </c>
     </row>
-    <row r="174" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="174" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A174" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D174" s="2">
         <v>79978.944438595267</v>
       </c>
       <c r="E174" s="2">
         <v>10873921929.914061</v>
       </c>
       <c r="F174" s="1">
         <v>1332</v>
       </c>
     </row>
-    <row r="175" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="175" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A175" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B175" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D175" s="2">
         <v>80213.296814475965</v>
       </c>
       <c r="E175" s="2">
         <v>4908178637.9776802</v>
       </c>
       <c r="F175" s="1">
         <v>1402</v>
       </c>
     </row>
-    <row r="176" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="176" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A176" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B176" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D176" s="2">
         <v>303.03195446720474</v>
       </c>
       <c r="E176" s="2">
         <v>350900521.70074999</v>
       </c>
       <c r="F176" s="1">
         <v>87</v>
       </c>
     </row>
-    <row r="177" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A177" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B177" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D177" s="2">
         <v>313.40101522842639</v>
       </c>
       <c r="E177" s="2">
         <v>30870000</v>
       </c>
       <c r="F177" s="1">
         <v>6</v>
       </c>
     </row>
-    <row r="178" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="178" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A178" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D178" s="2">
         <v>12970.924532681485</v>
       </c>
       <c r="E178" s="2">
         <v>7367136190.7513037</v>
       </c>
       <c r="F178" s="1">
         <v>253</v>
       </c>
     </row>
-    <row r="179" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A179" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C179" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D179" s="2">
         <v>280.88081861958267</v>
       </c>
       <c r="E179" s="2">
         <v>34997750</v>
       </c>
       <c r="F179" s="1">
         <v>7</v>
       </c>
     </row>
-    <row r="180" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A180" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B180" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C180" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D180" s="2">
         <v>11417.679469845121</v>
       </c>
       <c r="E180" s="2">
         <v>275460423</v>
       </c>
       <c r="F180" s="1">
         <v>26</v>
       </c>
     </row>
-    <row r="181" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="181" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A181" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D181" s="2">
         <v>265.83697478991598</v>
       </c>
       <c r="E181" s="2">
         <v>7908650</v>
       </c>
       <c r="F181" s="1">
         <v>5</v>
       </c>
     </row>
-    <row r="182" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="182" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A182" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B182" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C182" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D182" s="2">
         <v>9945.7243028644425</v>
       </c>
       <c r="E182" s="2">
         <v>362723648.5</v>
       </c>
       <c r="F182" s="1">
         <v>27</v>
       </c>
     </row>
-    <row r="183" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="183" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A183" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C183" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D183" s="2">
         <v>821.03643783830216</v>
       </c>
       <c r="E183" s="2">
         <v>1911208.6199999999</v>
       </c>
       <c r="F183" s="1">
         <v>65</v>
       </c>
     </row>
-    <row r="184" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="184" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A184" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C184" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D184" s="2">
         <v>50254.931886540406</v>
       </c>
       <c r="E184" s="2">
         <v>10557236117.573097</v>
       </c>
       <c r="F184" s="1">
         <v>1498</v>
       </c>
     </row>
-    <row r="185" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="185" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A185" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C185" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D185" s="2">
         <v>303.83431647633893</v>
       </c>
       <c r="E185" s="2">
         <v>255044603.45574006</v>
       </c>
       <c r="F185" s="1">
         <v>75</v>
       </c>
     </row>
-    <row r="186" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="186" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A186" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B186" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C186" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D186" s="2">
         <v>12005.555023983528</v>
       </c>
       <c r="E186" s="2">
         <v>10408162947.528198</v>
       </c>
       <c r="F186" s="1">
         <v>302</v>
       </c>
     </row>
-    <row r="187" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="187" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A187" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B187" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C187" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D187" s="2">
         <v>239.92226148409895</v>
       </c>
       <c r="E187" s="2">
         <v>3394900</v>
       </c>
       <c r="F187" s="1">
         <v>3</v>
       </c>
     </row>
-    <row r="188" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="188" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A188" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B188" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D188" s="2">
         <v>12708.788601246442</v>
       </c>
       <c r="E188" s="2">
         <v>350274675</v>
       </c>
       <c r="F188" s="1">
         <v>23</v>
       </c>
     </row>
-    <row r="189" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="189" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A189" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B189" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C189" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D189" s="2">
         <v>12243.58516526062</v>
       </c>
       <c r="E189" s="2">
         <v>319083256.324</v>
       </c>
       <c r="F189" s="1">
         <v>26</v>
       </c>
     </row>
-    <row r="190" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="190" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A190" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B190" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D190" s="2">
         <v>751.04888602911637</v>
       </c>
       <c r="E190" s="2">
         <v>14940465.280000007</v>
       </c>
       <c r="F190" s="1">
         <v>237</v>
       </c>
     </row>
-    <row r="191" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="191" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A191" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B191" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C191" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D191" s="2">
         <v>48225.454991507628</v>
       </c>
       <c r="E191" s="2">
         <v>12169314322.128881</v>
       </c>
       <c r="F191" s="1">
         <v>1349</v>
       </c>
     </row>
-    <row r="192" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="192" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A192" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B192" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C192" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D192" s="2">
         <v>86006.876390203091</v>
       </c>
       <c r="E192" s="2">
         <v>3336632641.2278662</v>
       </c>
       <c r="F192" s="1">
         <v>1670</v>
       </c>
     </row>
-    <row r="193" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="193" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A193" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B193" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C193" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D193" s="2">
         <v>303.27585070518052</v>
       </c>
       <c r="E193" s="2">
         <v>284739923.06799996</v>
       </c>
       <c r="F193" s="1">
         <v>46</v>
       </c>
     </row>
-    <row r="194" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="194" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A194" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B194" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C194" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D194" s="2">
         <v>12335.109728252317</v>
       </c>
       <c r="E194" s="2">
         <v>4020563282.1240997</v>
       </c>
       <c r="F194" s="1">
         <v>174</v>
       </c>
     </row>
-    <row r="195" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="195" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A195" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B195" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D195" s="2">
         <v>283.32056194125158</v>
       </c>
       <c r="E195" s="2">
         <v>22184000</v>
       </c>
       <c r="F195" s="1">
         <v>3</v>
       </c>
     </row>
-    <row r="196" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="196" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A196" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B196" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C196" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D196" s="2">
         <v>13074.852834973401</v>
       </c>
       <c r="E196" s="2">
         <v>474342586</v>
       </c>
       <c r="F196" s="1">
         <v>20</v>
       </c>
     </row>
-    <row r="197" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="197" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A197" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B197" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C197" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D197" s="2">
         <v>259.16223404255317</v>
       </c>
       <c r="E197" s="2">
         <v>4872250</v>
       </c>
       <c r="F197" s="1">
         <v>5</v>
       </c>
     </row>
-    <row r="198" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="198" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A198" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B198" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D198" s="2">
         <v>10834.556947574536</v>
       </c>
       <c r="E198" s="2">
         <v>340541013.59200001</v>
       </c>
       <c r="F198" s="1">
         <v>36</v>
       </c>
     </row>
-    <row r="199" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="199" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A199" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B199" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D199" s="2">
         <v>838.34527952610131</v>
       </c>
       <c r="E199" s="2">
         <v>4528741.1999999993</v>
       </c>
       <c r="F199" s="1">
         <v>91</v>
       </c>
     </row>
-    <row r="200" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="200" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A200" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B200" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C200" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D200" s="2">
         <v>47730.777992997726</v>
       </c>
       <c r="E200" s="2">
         <v>8396700998.2795</v>
       </c>
       <c r="F200" s="1">
         <v>1036</v>
       </c>
     </row>
-    <row r="201" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="201" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A201" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B201" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D201" s="2">
         <v>91175.587370568115</v>
       </c>
       <c r="E201" s="2">
         <v>6418014896.3542004</v>
       </c>
       <c r="F201" s="1">
         <v>1251</v>
       </c>
     </row>
-    <row r="202" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="202" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A202" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D202" s="2">
         <v>306.16915886235222</v>
       </c>
       <c r="E202" s="2">
         <v>339992337.88318002</v>
       </c>
       <c r="F202" s="1">
         <v>82</v>
       </c>
     </row>
-    <row r="203" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="203" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A203" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B203" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C203" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D203" s="2">
         <v>342.74193548387098</v>
       </c>
       <c r="E203" s="2">
         <v>10625000</v>
       </c>
       <c r="F203" s="1">
         <v>4</v>
       </c>
     </row>
-    <row r="204" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="204" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A204" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B204" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D204" s="2">
         <v>13090.030245461534</v>
       </c>
       <c r="E204" s="2">
         <v>8578263982.1092997</v>
       </c>
       <c r="F204" s="1">
         <v>251</v>
       </c>
     </row>
-    <row r="205" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="205" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A205" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B205" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C205" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D205" s="2">
         <v>249.98022273307458</v>
       </c>
       <c r="E205" s="2">
         <v>7807248.3270000005</v>
       </c>
       <c r="F205" s="1">
         <v>7</v>
       </c>
     </row>
-    <row r="206" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="206" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A206" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B206" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C206" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D206" s="2">
         <v>15535.097724974177</v>
       </c>
       <c r="E206" s="2">
         <v>587173595.03999996</v>
       </c>
       <c r="F206" s="1">
         <v>21</v>
       </c>
     </row>
-    <row r="207" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="207" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A207" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B207" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D207" s="2">
         <v>280.89140507978266</v>
       </c>
       <c r="E207" s="2">
         <v>2246563.8399999999</v>
       </c>
       <c r="F207" s="1">
         <v>5</v>
       </c>
     </row>
-    <row r="208" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="208" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A208" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B208" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C208" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D208" s="2">
         <v>11073.725103190758</v>
       </c>
       <c r="E208" s="2">
         <v>395191394.17000002</v>
       </c>
       <c r="F208" s="1">
         <v>39</v>
       </c>
     </row>
-    <row r="209" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="209" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A209" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B209" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C209" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D209" s="2">
         <v>1229.2143935559889</v>
       </c>
       <c r="E209" s="2">
         <v>46795140.984369993</v>
       </c>
       <c r="F209" s="1">
         <v>86</v>
       </c>
     </row>
-    <row r="210" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="210" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A210" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B210" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C210" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D210" s="2">
         <v>84514.510604232768</v>
       </c>
       <c r="E210" s="2">
         <v>3531400625.0390735</v>
       </c>
       <c r="F210" s="1">
         <v>1866</v>
       </c>
     </row>
-    <row r="211" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="211" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A211" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B211" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C211" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D211" s="2">
         <v>717.54512239678479</v>
       </c>
       <c r="E211" s="2">
         <v>1963921</v>
       </c>
       <c r="F211" s="1">
         <v>118</v>
       </c>
     </row>
-    <row r="212" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="212" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A212" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B212" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C212" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D212" s="2">
         <v>46615.874317226699</v>
       </c>
       <c r="E212" s="2">
         <v>11658842874.9729</v>
       </c>
       <c r="F212" s="1">
         <v>1515</v>
       </c>
     </row>
-    <row r="213" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="213" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A213" s="1" t="s">
         <v>40</v>
       </c>
       <c r="B213" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C213" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D213" s="2">
         <v>312.06519871099658</v>
       </c>
       <c r="E213" s="2">
         <v>412309933.69945002</v>
       </c>
       <c r="F213" s="1">
         <v>68</v>
       </c>
     </row>
-    <row r="214" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="214" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A214" s="1" t="s">
         <v>40</v>
       </c>
       <c r="B214" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C214" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D214" s="2">
         <v>296.90507364975451</v>
       </c>
       <c r="E214" s="2">
         <v>18140900</v>
       </c>
       <c r="F214" s="1">
         <v>10</v>
       </c>
     </row>
-    <row r="215" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="215" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A215" s="1" t="s">
         <v>40</v>
       </c>
       <c r="B215" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C215" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D215" s="2">
         <v>12159.876664768775</v>
       </c>
       <c r="E215" s="2">
         <v>5533367003.189599</v>
       </c>
       <c r="F215" s="1">
         <v>249</v>
       </c>
     </row>
-    <row r="216" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="216" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A216" s="1" t="s">
         <v>40</v>
       </c>
       <c r="B216" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C216" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D216" s="2">
         <v>273.74626825700744</v>
       </c>
       <c r="E216" s="2">
         <v>37108389.050099999</v>
       </c>
       <c r="F216" s="1">
         <v>11</v>
       </c>
     </row>
-    <row r="217" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="217" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A217" s="1" t="s">
         <v>40</v>
       </c>
       <c r="B217" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C217" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D217" s="2">
         <v>12141.235515165576</v>
       </c>
       <c r="E217" s="2">
         <v>1248014462.78</v>
       </c>
       <c r="F217" s="1">
         <v>18</v>
       </c>
     </row>
-    <row r="218" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="218" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A218" s="1" t="s">
         <v>40</v>
       </c>
       <c r="B218" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C218" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D218" s="2">
         <v>258.58921305712482</v>
       </c>
       <c r="E218" s="2">
         <v>19239431.800000001</v>
       </c>
       <c r="F218" s="1">
         <v>16</v>
       </c>
     </row>
-    <row r="219" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="219" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A219" s="1" t="s">
         <v>40</v>
       </c>
       <c r="B219" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C219" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D219" s="2">
         <v>11864.915101901945</v>
       </c>
       <c r="E219" s="2">
         <v>712096728.31999993</v>
       </c>
       <c r="F219" s="1">
         <v>39</v>
       </c>
     </row>
-    <row r="220" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="220" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A220" s="1" t="s">
         <v>40</v>
       </c>
       <c r="B220" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C220" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D220" s="2">
         <v>807.79060027919968</v>
       </c>
       <c r="E220" s="2">
         <v>1735942</v>
       </c>
       <c r="F220" s="1">
         <v>18</v>
       </c>
     </row>
-    <row r="221" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="221" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A221" s="1" t="s">
         <v>40</v>
       </c>
       <c r="B221" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C221" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D221" s="2">
         <v>42760.691754124106</v>
       </c>
       <c r="E221" s="2">
         <v>7005427343.8794966</v>
       </c>
       <c r="F221" s="1">
         <v>1038</v>
       </c>
     </row>
-    <row r="222" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="222" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A222" s="1" t="s">
         <v>40</v>
       </c>
       <c r="B222" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C222" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D222" s="2">
         <v>1273.6229822444304</v>
       </c>
       <c r="E222" s="2">
         <v>62420659.730169989</v>
       </c>
       <c r="F222" s="1">
         <v>46</v>
       </c>
     </row>
-    <row r="223" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="223" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A223" s="1" t="s">
         <v>40</v>
       </c>
       <c r="B223" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C223" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D223" s="2">
         <v>89520.350180057227</v>
       </c>
       <c r="E223" s="2">
         <v>9340473306.5941792</v>
       </c>
       <c r="F223" s="1">
         <v>1577</v>
       </c>
     </row>
-    <row r="224" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="224" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A224" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B224" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C224" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D224" s="2">
         <v>307.25561916720687</v>
       </c>
       <c r="E224" s="2">
         <v>394233520.1767</v>
       </c>
       <c r="F224" s="1">
         <v>71</v>
       </c>
     </row>
-    <row r="225" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="225" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A225" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B225" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C225" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D225" s="2">
         <v>12472.203571413474</v>
       </c>
       <c r="E225" s="2">
         <v>7884255893.7402</v>
       </c>
       <c r="F225" s="1">
         <v>315</v>
       </c>
     </row>
-    <row r="226" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="226" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A226" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B226" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C226" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D226" s="2">
         <v>273.78994352618008</v>
       </c>
       <c r="E226" s="2">
         <v>38663583.910470001</v>
       </c>
       <c r="F226" s="1">
         <v>5</v>
       </c>
     </row>
-    <row r="227" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="227" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A227" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B227" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C227" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D227" s="2">
         <v>14236.504380314593</v>
       </c>
       <c r="E227" s="2">
         <v>418882305.57999992</v>
       </c>
       <c r="F227" s="1">
         <v>23</v>
       </c>
     </row>
-    <row r="228" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="228" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A228" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B228" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C228" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D228" s="2">
         <v>256.13012820512819</v>
       </c>
       <c r="E228" s="2">
         <v>19978150</v>
       </c>
       <c r="F228" s="1">
         <v>15</v>
       </c>
     </row>
-    <row r="229" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="229" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A229" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B229" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C229" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D229" s="2">
         <v>12133.111638270695</v>
       </c>
       <c r="E229" s="2">
         <v>711041351.92000008</v>
       </c>
       <c r="F229" s="1">
         <v>39</v>
       </c>
     </row>
-    <row r="230" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="230" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A230" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B230" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C230" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D230" s="2">
         <v>764.45628246287163</v>
       </c>
       <c r="E230" s="2">
         <v>17573168.129999999</v>
       </c>
       <c r="F230" s="1">
         <v>195</v>
       </c>
     </row>
-    <row r="231" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="231" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A231" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B231" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C231" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D231" s="2">
         <v>45929.586159646926</v>
       </c>
       <c r="E231" s="2">
         <v>11011000850.348602</v>
       </c>
       <c r="F231" s="1">
         <v>1135</v>
       </c>
     </row>
-    <row r="232" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="232" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A232" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B232" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C232" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D232" s="2">
         <v>1203.9179666705522</v>
       </c>
       <c r="E232" s="2">
         <v>107223657.37411998</v>
       </c>
       <c r="F232" s="1">
         <v>26</v>
       </c>
     </row>
-    <row r="233" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="233" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A233" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B233" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C233" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D233" s="2">
         <v>87218.177598348862</v>
       </c>
       <c r="E233" s="2">
         <v>3021483540.0494571</v>
       </c>
       <c r="F233" s="1">
         <v>1332</v>
       </c>
     </row>
-    <row r="234" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="234" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A234" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B234" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C234" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D234" s="2">
         <v>301.98794570551229</v>
       </c>
       <c r="E234" s="2">
         <v>224862418.31474996</v>
       </c>
       <c r="F234" s="1">
         <v>60</v>
       </c>
     </row>
-    <row r="235" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="235" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A235" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B235" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C235" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D235" s="2">
         <v>13521.61733580974</v>
       </c>
       <c r="E235" s="2">
         <v>7074043640.2110987</v>
       </c>
       <c r="F235" s="1">
         <v>281</v>
       </c>
     </row>
-    <row r="236" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="236" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A236" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B236" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C236" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D236" s="2">
         <v>15956.235413085245</v>
       </c>
       <c r="E236" s="2">
         <v>788956060</v>
       </c>
       <c r="F236" s="1">
         <v>19</v>
       </c>
     </row>
-    <row r="237" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="237" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A237" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B237" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C237" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D237" s="2">
         <v>253.86858690964456</v>
       </c>
       <c r="E237" s="2">
         <v>15864796.606000001</v>
       </c>
       <c r="F237" s="1">
         <v>13</v>
       </c>
     </row>
-    <row r="238" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="238" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A238" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B238" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C238" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D238" s="2">
         <v>12593.839687770975</v>
       </c>
       <c r="E238" s="2">
         <v>808922082.88</v>
       </c>
       <c r="F238" s="1">
         <v>40</v>
       </c>
     </row>
-    <row r="239" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="239" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A239" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B239" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C239" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D239" s="2">
         <v>684.05976828714051</v>
       </c>
       <c r="E239" s="2">
         <v>3011231.0999999926</v>
       </c>
       <c r="F239" s="1">
         <v>172</v>
       </c>
     </row>
-    <row r="240" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="240" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A240" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B240" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C240" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D240" s="2">
         <v>44878.764551693705</v>
       </c>
       <c r="E240" s="2">
         <v>11369471725.797703</v>
       </c>
       <c r="F240" s="1">
         <v>1546</v>
       </c>
     </row>
-    <row r="241" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="241" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A241" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B241" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C241" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D241" s="2">
         <v>1273.1506216277421</v>
       </c>
       <c r="E241" s="2">
         <v>37385558.743849993</v>
       </c>
       <c r="F241" s="1">
         <v>55</v>
       </c>
     </row>
-    <row r="242" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="242" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A242" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B242" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C242" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D242" s="2">
         <v>86124.565563460288</v>
       </c>
       <c r="E242" s="2">
         <v>7033822379.6710014</v>
       </c>
       <c r="F242" s="1">
         <v>1684</v>
       </c>
     </row>
-    <row r="243" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="243" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A243" s="1" t="s">
         <v>43</v>
       </c>
       <c r="B243" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C243" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D243" s="2">
         <v>299.73855449469795</v>
       </c>
       <c r="E243" s="2">
         <v>173492034.81124997</v>
       </c>
       <c r="F243" s="1">
         <v>36</v>
       </c>
     </row>
-    <row r="244" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="244" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A244" s="1" t="s">
         <v>43</v>
       </c>
       <c r="B244" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C244" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D244" s="2">
         <v>13825.62500445882</v>
       </c>
       <c r="E244" s="2">
         <v>9439797209.5200005</v>
       </c>
       <c r="F244" s="1">
         <v>263</v>
       </c>
     </row>
-    <row r="245" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="245" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A245" s="1" t="s">
         <v>43</v>
       </c>
       <c r="B245" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C245" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D245" s="2">
         <v>261.058292258866</v>
       </c>
       <c r="E245" s="2">
         <v>14186628.64435</v>
       </c>
       <c r="F245" s="1">
         <v>6</v>
       </c>
     </row>
-    <row r="246" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="246" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A246" s="1" t="s">
         <v>43</v>
       </c>
       <c r="B246" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C246" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D246" s="2">
         <v>12326.373592862474</v>
       </c>
       <c r="E246" s="2">
         <v>103881376.3</v>
       </c>
       <c r="F246" s="1">
         <v>12</v>
       </c>
     </row>
-    <row r="247" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="247" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A247" s="1" t="s">
         <v>43</v>
       </c>
       <c r="B247" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C247" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D247" s="2">
         <v>247.09555996383173</v>
       </c>
       <c r="E247" s="2">
         <v>3932404.76</v>
       </c>
       <c r="F247" s="1">
         <v>8</v>
       </c>
     </row>
-    <row r="248" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="248" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A248" s="1" t="s">
         <v>43</v>
       </c>
       <c r="B248" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C248" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D248" s="2">
         <v>218.89636029555496</v>
       </c>
       <c r="E248" s="2">
         <v>11198300</v>
       </c>
       <c r="F248" s="1">
         <v>15</v>
       </c>
     </row>
-    <row r="249" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="249" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A249" s="1" t="s">
         <v>43</v>
       </c>
       <c r="B249" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C249" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D249" s="2">
         <v>11937.878537841179</v>
       </c>
       <c r="E249" s="2">
         <v>903496371.44000006</v>
       </c>
       <c r="F249" s="1">
         <v>38</v>
       </c>
     </row>
-    <row r="250" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="250" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A250" s="1" t="s">
         <v>43</v>
       </c>
       <c r="B250" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C250" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D250" s="2">
         <v>923.9657989877079</v>
       </c>
       <c r="E250" s="2">
         <v>1277844.7</v>
       </c>
       <c r="F250" s="1">
         <v>17</v>
       </c>
     </row>
-    <row r="251" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="251" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A251" s="1" t="s">
         <v>43</v>
       </c>
       <c r="B251" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C251" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D251" s="2">
         <v>44796.87942852627</v>
       </c>
       <c r="E251" s="2">
         <v>10201398754.614044</v>
       </c>
       <c r="F251" s="1">
         <v>1117</v>
       </c>
     </row>
-    <row r="252" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="252" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A252" s="1" t="s">
         <v>43</v>
       </c>
       <c r="B252" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C252" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D252" s="2">
         <v>1187.6388374176181</v>
       </c>
       <c r="E252" s="2">
         <v>26475900.774640001</v>
       </c>
       <c r="F252" s="1">
         <v>45</v>
       </c>
     </row>
-    <row r="253" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="253" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A253" s="1" t="s">
         <v>43</v>
       </c>
       <c r="B253" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C253" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D253" s="2">
         <v>103938.64797006018</v>
       </c>
       <c r="E253" s="2">
         <v>14708395803.972437</v>
       </c>
       <c r="F253" s="1">
         <v>1515</v>
       </c>
     </row>
-    <row r="254" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="254" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A254" s="1" t="s">
         <v>44</v>
       </c>
       <c r="B254" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C254" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D254" s="2">
         <v>306.10217906297459</v>
       </c>
       <c r="E254" s="2">
         <v>396355290.81724995</v>
       </c>
       <c r="F254" s="1">
         <v>56</v>
       </c>
     </row>
-    <row r="255" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="255" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A255" s="1" t="s">
         <v>44</v>
       </c>
       <c r="B255" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C255" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D255" s="2">
         <v>346.91128306897195</v>
       </c>
       <c r="E255" s="2">
         <v>2429870.7000000002</v>
       </c>
       <c r="F255" s="1">
         <v>6</v>
       </c>
     </row>
-    <row r="256" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="256" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A256" s="1" t="s">
         <v>44</v>
       </c>
       <c r="B256" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C256" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D256" s="2">
         <v>14810.350074987891</v>
       </c>
       <c r="E256" s="2">
         <v>5881813367.6019993</v>
       </c>
       <c r="F256" s="1">
         <v>187</v>
       </c>
     </row>
-    <row r="257" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="257" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A257" s="1" t="s">
         <v>44</v>
       </c>
       <c r="B257" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C257" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D257" s="2">
         <v>13946.32765610861</v>
       </c>
       <c r="E257" s="2">
         <v>401021910</v>
       </c>
       <c r="F257" s="1">
         <v>19</v>
       </c>
     </row>
-    <row r="258" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="258" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A258" s="1" t="s">
         <v>44</v>
       </c>
       <c r="B258" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C258" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D258" s="2">
         <v>263.17278252702152</v>
       </c>
       <c r="E258" s="2">
         <v>9492968.5999999996</v>
       </c>
       <c r="F258" s="1">
         <v>10</v>
       </c>
     </row>
-    <row r="259" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="259" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A259" s="1" t="s">
         <v>44</v>
       </c>
       <c r="B259" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C259" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D259" s="2">
         <v>13189.256781842614</v>
       </c>
       <c r="E259" s="2">
         <v>960444052.91999996</v>
       </c>
       <c r="F259" s="1">
         <v>50</v>
       </c>
     </row>
-    <row r="260" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="260" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A260" s="1" t="s">
         <v>44</v>
       </c>
       <c r="B260" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C260" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D260" s="2">
         <v>1274.5084055056309</v>
       </c>
       <c r="E260" s="2">
         <v>140088831.48782998</v>
       </c>
       <c r="F260" s="1">
         <v>46</v>
       </c>
     </row>
-    <row r="261" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="261" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A261" s="1" t="s">
         <v>44</v>
       </c>
       <c r="B261" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C261" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D261" s="2">
         <v>86785.051773619634</v>
       </c>
       <c r="E261" s="2">
         <v>2134512107.7573116</v>
       </c>
       <c r="F261" s="1">
         <v>1249</v>
       </c>
     </row>
-    <row r="262" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="262" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A262" s="1" t="s">
         <v>44</v>
       </c>
       <c r="B262" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C262" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D262" s="2">
         <v>838.0826373070106</v>
       </c>
       <c r="E262" s="2">
         <v>6622528.9999999981</v>
       </c>
       <c r="F262" s="1">
         <v>69</v>
       </c>
     </row>
-    <row r="263" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="263" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A263" s="1" t="s">
         <v>44</v>
       </c>
       <c r="B263" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C263" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D263" s="2">
         <v>46287.276552075717</v>
       </c>
       <c r="E263" s="2">
         <v>10582537839.691002</v>
       </c>
       <c r="F263" s="1">
         <v>1695</v>
       </c>
     </row>
-    <row r="264" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="264" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A264" s="1" t="s">
         <v>45</v>
       </c>
       <c r="B264" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C264" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D264" s="2">
         <v>301.23391668107644</v>
       </c>
       <c r="E264" s="2">
         <v>275439957.36699998</v>
       </c>
       <c r="F264" s="1">
         <v>47</v>
       </c>
     </row>
-    <row r="265" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="265" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A265" s="1" t="s">
         <v>45</v>
       </c>
       <c r="B265" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C265" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D265" s="2">
         <v>13938.232554155469</v>
       </c>
       <c r="E265" s="2">
         <v>5340772571.8668985</v>
       </c>
       <c r="F265" s="1">
         <v>236</v>
       </c>
     </row>
-    <row r="266" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="266" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A266" s="1" t="s">
         <v>45</v>
       </c>
       <c r="B266" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C266" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D266" s="2">
         <v>9641.8966078546146</v>
       </c>
       <c r="E266" s="2">
         <v>514026362.19999999</v>
       </c>
       <c r="F266" s="1">
         <v>33</v>
       </c>
     </row>
-    <row r="267" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="267" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A267" s="1" t="s">
         <v>45</v>
       </c>
       <c r="B267" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C267" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D267" s="2">
         <v>229.94308988950706</v>
       </c>
       <c r="E267" s="2">
         <v>30270811.620000001</v>
       </c>
       <c r="F267" s="1">
         <v>17</v>
       </c>
     </row>
-    <row r="268" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="268" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A268" s="1" t="s">
         <v>45</v>
       </c>
       <c r="B268" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C268" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D268" s="2">
         <v>11998.623050436918</v>
       </c>
       <c r="E268" s="2">
         <v>652571343.58799994</v>
       </c>
       <c r="F268" s="1">
         <v>42</v>
       </c>
     </row>
-    <row r="269" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="269" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A269" s="1" t="s">
         <v>45</v>
       </c>
       <c r="B269" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C269" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D269" s="2">
         <v>870.28622122762147</v>
       </c>
       <c r="E269" s="2">
         <v>5444510.5999999996</v>
       </c>
       <c r="F269" s="1">
         <v>65</v>
       </c>
     </row>
-    <row r="270" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="270" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A270" s="1" t="s">
         <v>45</v>
       </c>
       <c r="B270" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C270" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D270" s="2">
         <v>48023.59037222695</v>
       </c>
       <c r="E270" s="2">
         <v>10242801468.748806</v>
       </c>
       <c r="F270" s="1">
         <v>1377</v>
       </c>
     </row>
-    <row r="271" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="271" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A271" s="1" t="s">
         <v>45</v>
       </c>
       <c r="B271" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C271" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D271" s="2">
         <v>1182.0924915407857</v>
       </c>
       <c r="E271" s="2">
         <v>130141109.90354002</v>
       </c>
       <c r="F271" s="1">
         <v>47</v>
       </c>
     </row>
-    <row r="272" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="272" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A272" s="1" t="s">
         <v>45</v>
       </c>
       <c r="B272" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C272" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D272" s="2">
         <v>95695.849260365911</v>
       </c>
       <c r="E272" s="2">
         <v>12019457615.745119</v>
       </c>
       <c r="F272" s="1">
         <v>1332</v>
       </c>
     </row>
-    <row r="273" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="273" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A273" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B273" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C273" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D273" s="2">
         <v>300.01234647646226</v>
       </c>
       <c r="E273" s="2">
         <v>363707635.34320009</v>
       </c>
       <c r="F273" s="1">
         <v>71</v>
       </c>
     </row>
-    <row r="274" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="274" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A274" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B274" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C274" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D274" s="2">
         <v>12194.892798922845</v>
       </c>
       <c r="E274" s="2">
         <v>7184978744.3014002</v>
       </c>
       <c r="F274" s="1">
         <v>241</v>
       </c>
     </row>
-    <row r="275" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="275" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A275" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B275" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C275" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D275" s="2">
         <v>253.19200821709023</v>
       </c>
       <c r="E275" s="2">
         <v>38207940</v>
       </c>
       <c r="F275" s="1">
         <v>23</v>
       </c>
     </row>
-    <row r="276" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="276" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A276" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B276" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C276" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D276" s="2">
         <v>12707.726858667231</v>
       </c>
       <c r="E276" s="2">
         <v>642472997.43200016</v>
       </c>
       <c r="F276" s="1">
         <v>39</v>
       </c>
     </row>
-    <row r="277" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="277" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A277" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B277" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C277" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D277" s="2">
         <v>9690.7805892239285</v>
       </c>
       <c r="E277" s="2">
         <v>511743221.31</v>
       </c>
       <c r="F277" s="1">
         <v>17</v>
       </c>
     </row>
-    <row r="278" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="278" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A278" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B278" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C278" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D278" s="2">
         <v>886.93366391027701</v>
       </c>
       <c r="E278" s="2">
         <v>52953221.390000015</v>
       </c>
       <c r="F278" s="1">
         <v>111</v>
       </c>
     </row>
-    <row r="279" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="279" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A279" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B279" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C279" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D279" s="2">
         <v>50243.656108806557</v>
       </c>
       <c r="E279" s="2">
         <v>7159883483.4888</v>
       </c>
       <c r="F279" s="1">
         <v>886</v>
       </c>
     </row>
-    <row r="280" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="280" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A280" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B280" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C280" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D280" s="2">
         <v>1249.7733307402734</v>
       </c>
       <c r="E280" s="2">
         <v>43283985.907220006</v>
       </c>
       <c r="F280" s="1">
         <v>59</v>
       </c>
     </row>
-    <row r="281" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="281" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A281" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B281" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C281" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D281" s="2">
         <v>90208.833306961315</v>
       </c>
       <c r="E281" s="2">
         <v>5530404617.9762239</v>
       </c>
       <c r="F281" s="1">
         <v>1755</v>
       </c>
     </row>
-    <row r="282" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="282" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A282" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B282" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C282" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D282" s="2">
         <v>307.35836922316867</v>
       </c>
       <c r="E282" s="2">
         <v>209710247.41299999</v>
       </c>
       <c r="F282" s="1">
         <v>45</v>
       </c>
     </row>
-    <row r="283" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="283" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A283" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B283" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C283" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D283" s="2">
         <v>14023.041957345538</v>
       </c>
       <c r="E283" s="2">
         <v>4772313505.5594997</v>
       </c>
       <c r="F283" s="1">
         <v>157</v>
       </c>
     </row>
-    <row r="284" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="284" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A284" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B284" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C284" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D284" s="2">
         <v>9837.1421533557677</v>
       </c>
       <c r="E284" s="2">
         <v>100238216</v>
       </c>
       <c r="F284" s="1">
         <v>19</v>
       </c>
     </row>
-    <row r="285" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="285" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A285" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B285" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C285" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D285" s="2">
         <v>224.85858630307624</v>
       </c>
       <c r="E285" s="2">
         <v>6642862.2999999998</v>
       </c>
       <c r="F285" s="1">
         <v>6</v>
       </c>
     </row>
-    <row r="286" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="286" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A286" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B286" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C286" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D286" s="2">
         <v>12224.443406811901</v>
       </c>
       <c r="E286" s="2">
         <v>784968856.82599998</v>
       </c>
       <c r="F286" s="1">
         <v>47</v>
       </c>
     </row>
-    <row r="287" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="287" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A287" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B287" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C287" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D287" s="2">
         <v>936.93065405011964</v>
       </c>
       <c r="E287" s="2">
         <v>1802092.42</v>
       </c>
       <c r="F287" s="1">
         <v>53</v>
       </c>
     </row>
-    <row r="288" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="288" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A288" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B288" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C288" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D288" s="2">
         <v>46131.143845547842</v>
       </c>
       <c r="E288" s="2">
         <v>6607083301.7743835</v>
       </c>
       <c r="F288" s="1">
         <v>752</v>
       </c>
     </row>
-    <row r="289" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="289" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A289" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B289" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C289" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D289" s="2">
         <v>112469.97046366469</v>
       </c>
       <c r="E289" s="2">
         <v>16835744935.485723</v>
       </c>
       <c r="F289" s="1">
         <v>1170</v>
       </c>
     </row>
-    <row r="290" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="290" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A290" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B290" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C290" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D290" s="2">
         <v>1226.2332411370521</v>
       </c>
       <c r="E290" s="2">
         <v>168289877.22516003</v>
       </c>
       <c r="F290" s="1">
         <v>38</v>
       </c>
     </row>
-    <row r="291" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="291" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A291" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B291" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C291" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D291" s="2">
         <v>301.62313300071963</v>
       </c>
       <c r="E291" s="2">
         <v>321273894.89525002</v>
       </c>
       <c r="F291" s="1">
         <v>59</v>
       </c>
     </row>
-    <row r="292" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="292" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A292" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B292" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C292" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D292" s="2">
         <v>254.5228555657468</v>
       </c>
       <c r="E292" s="2">
         <v>8571879.2699999996</v>
       </c>
       <c r="F292" s="1">
         <v>8</v>
       </c>
     </row>
-    <row r="293" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="293" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A293" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B293" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C293" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D293" s="2">
         <v>12818.793709311538</v>
       </c>
       <c r="E293" s="2">
         <v>9930226450.1600018</v>
       </c>
       <c r="F293" s="1">
         <v>236</v>
       </c>
     </row>
-    <row r="294" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="294" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A294" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B294" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C294" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D294" s="2">
         <v>10363.994189000186</v>
       </c>
       <c r="E294" s="2">
         <v>337012632</v>
       </c>
       <c r="F294" s="1">
         <v>12</v>
       </c>
     </row>
-    <row r="295" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="295" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A295" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B295" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C295" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D295" s="2">
         <v>247.95132411985639</v>
       </c>
       <c r="E295" s="2">
         <v>27913842.594999999</v>
       </c>
       <c r="F295" s="1">
         <v>26</v>
       </c>
     </row>
-    <row r="296" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="296" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A296" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B296" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C296" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D296" s="2">
         <v>12139.5775245736</v>
       </c>
       <c r="E296" s="2">
         <v>641708957.14999998</v>
       </c>
       <c r="F296" s="1">
         <v>48</v>
       </c>
     </row>
-    <row r="297" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="297" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A297" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B297" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C297" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D297" s="2">
         <v>931.23722627737266</v>
       </c>
       <c r="E297" s="2">
         <v>1913692.5000000007</v>
       </c>
       <c r="F297" s="1">
         <v>55</v>
       </c>
     </row>
-    <row r="298" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="298" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A298" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B298" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C298" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D298" s="2">
         <v>49506.695437954608</v>
       </c>
       <c r="E298" s="2">
         <v>3973964474.6940007</v>
       </c>
       <c r="F298" s="1">
         <v>567</v>
       </c>
     </row>
-    <row r="299" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="299" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A299" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B299" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C299" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D299" s="2">
         <v>1110.512402617393</v>
       </c>
       <c r="E299" s="2">
         <v>49881973.890520014</v>
       </c>
       <c r="F299" s="1">
         <v>41</v>
       </c>
     </row>
-    <row r="300" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="300" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A300" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B300" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C300" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D300" s="2">
         <v>81769.461018308779</v>
       </c>
       <c r="E300" s="2">
         <v>5962233251.4942799</v>
       </c>
       <c r="F300" s="1">
         <v>1517</v>
       </c>
     </row>
-    <row r="301" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="301" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A301" s="1" t="s">
         <v>49</v>
       </c>
       <c r="B301" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C301" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D301" s="2">
         <v>302.53907139625329</v>
       </c>
       <c r="E301" s="2">
         <v>341621512.16149998</v>
       </c>
       <c r="F301" s="1">
         <v>56</v>
       </c>
     </row>
-    <row r="302" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="302" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A302" s="1" t="s">
         <v>49</v>
       </c>
       <c r="B302" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C302" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D302" s="2">
         <v>13932.033750122948</v>
       </c>
       <c r="E302" s="2">
         <v>7580728339.1058989</v>
       </c>
       <c r="F302" s="1">
         <v>256</v>
       </c>
     </row>
-    <row r="303" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="303" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A303" s="1" t="s">
         <v>49</v>
       </c>
       <c r="B303" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C303" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D303" s="2">
         <v>9378.9812658767896</v>
       </c>
       <c r="E303" s="2">
         <v>502265324.39999998</v>
       </c>
       <c r="F303" s="1">
         <v>30</v>
       </c>
     </row>
-    <row r="304" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="304" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A304" s="1" t="s">
         <v>49</v>
       </c>
       <c r="B304" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C304" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D304" s="2">
         <v>234.12096083668575</v>
       </c>
       <c r="E304" s="2">
         <v>55384822.524999999</v>
       </c>
       <c r="F304" s="1">
         <v>25</v>
       </c>
     </row>
-    <row r="305" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="305" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A305" s="1" t="s">
         <v>49</v>
       </c>
       <c r="B305" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C305" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D305" s="2">
         <v>12038.207559259834</v>
       </c>
       <c r="E305" s="2">
         <v>1172312625.5999999</v>
       </c>
       <c r="F305" s="1">
         <v>69</v>
       </c>
     </row>
-    <row r="306" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="306" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A306" s="1" t="s">
         <v>49</v>
       </c>
       <c r="B306" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C306" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D306" s="2">
         <v>904.54346958403414</v>
       </c>
       <c r="E306" s="2">
         <v>11285988.869999994</v>
       </c>
       <c r="F306" s="1">
         <v>136</v>
       </c>
     </row>
-    <row r="307" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="307" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A307" s="1" t="s">
         <v>49</v>
       </c>
       <c r="B307" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C307" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D307" s="2">
         <v>49599.41035762633</v>
       </c>
       <c r="E307" s="2">
         <v>6009338130.0330009</v>
       </c>
       <c r="F307" s="1">
         <v>992</v>
       </c>
     </row>
-    <row r="308" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="308" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A308" s="1" t="s">
         <v>49</v>
       </c>
       <c r="B308" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C308" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D308" s="2">
         <v>1136.9004547196189</v>
       </c>
       <c r="E308" s="2">
         <v>65061178.35285002</v>
       </c>
       <c r="F308" s="1">
         <v>30</v>
       </c>
     </row>
-    <row r="309" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="309" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A309" s="1" t="s">
         <v>49</v>
       </c>
       <c r="B309" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C309" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D309" s="2">
         <v>86570.4645135342</v>
       </c>
       <c r="E309" s="2">
         <v>10442954099.867479</v>
       </c>
       <c r="F309" s="1">
         <v>925</v>
       </c>
     </row>
-    <row r="310" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="310" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A310" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B310" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C310" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D310" s="2">
         <v>298.91954383831143</v>
       </c>
       <c r="E310" s="2">
         <v>424478852.99725002</v>
       </c>
       <c r="F310" s="1">
         <v>70</v>
       </c>
     </row>
-    <row r="311" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="311" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A311" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B311" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C311" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D311" s="2">
         <v>267.97556815331359</v>
       </c>
       <c r="E311" s="2">
         <v>13353892.5</v>
       </c>
       <c r="F311" s="1">
         <v>9</v>
       </c>
     </row>
-    <row r="312" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="312" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A312" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B312" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C312" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D312" s="2">
         <v>13438.701116312546</v>
       </c>
       <c r="E312" s="2">
         <v>6679251933.3075018</v>
       </c>
       <c r="F312" s="1">
         <v>219</v>
       </c>
     </row>
-    <row r="313" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="313" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A313" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B313" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C313" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D313" s="2">
         <v>12235.747916106309</v>
       </c>
       <c r="E313" s="2">
         <v>232549786.19999999</v>
       </c>
       <c r="F313" s="1">
         <v>14</v>
       </c>
     </row>
-    <row r="314" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="314" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A314" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B314" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C314" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D314" s="2">
         <v>1692.6829268292684</v>
       </c>
       <c r="E314" s="2">
         <v>34561200</v>
       </c>
       <c r="F314" s="1">
         <v>6</v>
       </c>
     </row>
-    <row r="315" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="315" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A315" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B315" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C315" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D315" s="2">
         <v>263.30475933782992</v>
       </c>
       <c r="E315" s="2">
         <v>31391085.189999998</v>
       </c>
       <c r="F315" s="1">
         <v>21</v>
       </c>
     </row>
-    <row r="316" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="316" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A316" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B316" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C316" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D316" s="2">
         <v>11915.389578992306</v>
       </c>
       <c r="E316" s="2">
         <v>618787986</v>
       </c>
       <c r="F316" s="1">
         <v>45</v>
       </c>
     </row>
-    <row r="317" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="317" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A317" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B317" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C317" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D317" s="2">
         <v>876.75793845378018</v>
       </c>
       <c r="E317" s="2">
         <v>7302253.8419999992</v>
       </c>
       <c r="F317" s="1">
         <v>128</v>
       </c>
     </row>
-    <row r="318" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="318" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A318" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B318" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C318" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D318" s="2">
         <v>49890.619727638354</v>
       </c>
       <c r="E318" s="2">
         <v>7652562160.8049965</v>
       </c>
       <c r="F318" s="1">
         <v>956</v>
       </c>
     </row>
-    <row r="319" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="319" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A319" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B319" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C319" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D319" s="2">
         <v>1132.1672038991303</v>
       </c>
       <c r="E319" s="2">
         <v>75417055.085499972</v>
       </c>
       <c r="F319" s="1">
         <v>55</v>
       </c>
     </row>
-    <row r="320" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="320" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A320" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B320" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C320" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D320" s="2">
         <v>95517.565478827353</v>
       </c>
       <c r="E320" s="2">
         <v>11153300905.512156</v>
       </c>
       <c r="F320" s="1">
         <v>1600</v>
       </c>
     </row>
-    <row r="321" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="321" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A321" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B321" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C321" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D321" s="2">
         <v>300.50178307647587</v>
       </c>
       <c r="E321" s="2">
         <v>179842519.15000001</v>
       </c>
       <c r="F321" s="1">
         <v>41</v>
       </c>
     </row>
-    <row r="322" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="322" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A322" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B322" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C322" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D322" s="2">
         <v>13252.046584788564</v>
       </c>
       <c r="E322" s="2">
         <v>4665929978.3976002</v>
       </c>
       <c r="F322" s="1">
         <v>174</v>
       </c>
     </row>
-    <row r="323" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="323" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A323" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B323" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C323" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D323" s="2">
         <v>12709.312004490974</v>
       </c>
       <c r="E323" s="2">
         <v>593093414.8858</v>
       </c>
       <c r="F323" s="1">
         <v>24</v>
       </c>
     </row>
-    <row r="324" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="324" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A324" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B324" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C324" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D324" s="2">
         <v>232.5558941251445</v>
       </c>
       <c r="E324" s="2">
         <v>24681880.989999998</v>
       </c>
       <c r="F324" s="1">
         <v>20</v>
       </c>
     </row>
-    <row r="325" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="325" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A325" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B325" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C325" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D325" s="2">
         <v>12689.428645552189</v>
       </c>
       <c r="E325" s="2">
         <v>1438479214.6084001</v>
       </c>
       <c r="F325" s="1">
         <v>60</v>
       </c>
     </row>
-    <row r="326" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="326" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A326" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B326" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C326" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D326" s="2">
         <v>952.99586486010924</v>
       </c>
       <c r="E326" s="2">
         <v>1083175.1000000001</v>
       </c>
       <c r="F326" s="1">
         <v>32</v>
       </c>
     </row>
-    <row r="327" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="327" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A327" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B327" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C327" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D327" s="2">
         <v>51170.053472826847</v>
       </c>
       <c r="E327" s="2">
         <v>6657806323.1933603</v>
       </c>
       <c r="F327" s="1">
         <v>1118</v>
       </c>
     </row>
-    <row r="328" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="328" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A328" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B328" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C328" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D328" s="2">
         <v>1128.330926414515</v>
       </c>
       <c r="E328" s="2">
         <v>144799408.48028001</v>
       </c>
       <c r="F328" s="1">
         <v>46</v>
       </c>
     </row>
-    <row r="329" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="329" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A329" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B329" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C329" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D329" s="2">
         <v>84602.48770617586</v>
       </c>
       <c r="E329" s="2">
         <v>2108099238.7112021</v>
       </c>
       <c r="F329" s="1">
         <v>1248</v>
       </c>
     </row>
-    <row r="330" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="330" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A330" s="1" t="s">
         <v>52</v>
       </c>
       <c r="B330" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C330" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D330" s="2">
         <v>297.80167468596602</v>
       </c>
       <c r="E330" s="2">
         <v>417551641.48899996</v>
       </c>
       <c r="F330" s="1">
         <v>82</v>
       </c>
     </row>
-    <row r="331" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="331" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A331" s="1" t="s">
         <v>52</v>
       </c>
       <c r="B331" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C331" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D331" s="2">
         <v>267.71599105536592</v>
       </c>
       <c r="E331" s="2">
         <v>15922944</v>
       </c>
       <c r="F331" s="1">
         <v>10</v>
       </c>
     </row>
-    <row r="332" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="332" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A332" s="1" t="s">
         <v>52</v>
       </c>
       <c r="B332" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C332" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D332" s="2">
         <v>14861.641073652112</v>
       </c>
       <c r="E332" s="2">
         <v>7740985869.1915407</v>
       </c>
       <c r="F332" s="1">
         <v>207</v>
       </c>
     </row>
-    <row r="333" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="333" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A333" s="1" t="s">
         <v>52</v>
       </c>
       <c r="B333" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C333" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D333" s="2">
         <v>246.65208918666252</v>
       </c>
       <c r="E333" s="2">
         <v>7915065.5420000004</v>
       </c>
       <c r="F333" s="1">
         <v>6</v>
       </c>
     </row>
-    <row r="334" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="334" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A334" s="1" t="s">
         <v>52</v>
       </c>
       <c r="B334" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C334" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D334" s="2">
         <v>13079.163285476385</v>
       </c>
       <c r="E334" s="2">
         <v>293014535.43400002</v>
       </c>
       <c r="F334" s="1">
         <v>16</v>
       </c>
     </row>
-    <row r="335" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="335" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A335" s="1" t="s">
         <v>52</v>
       </c>
       <c r="B335" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C335" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D335" s="2">
         <v>245.90798358268239</v>
       </c>
       <c r="E335" s="2">
         <v>46433575</v>
       </c>
       <c r="F335" s="1">
         <v>27</v>
       </c>
     </row>
-    <row r="336" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="336" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A336" s="1" t="s">
         <v>52</v>
       </c>
       <c r="B336" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C336" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D336" s="2">
         <v>12199.358278631691</v>
       </c>
       <c r="E336" s="2">
         <v>806910206.19999993</v>
       </c>
       <c r="F336" s="1">
         <v>42</v>
       </c>
     </row>
-    <row r="337" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="337" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A337" s="1" t="s">
         <v>52</v>
       </c>
       <c r="B337" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C337" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D337" s="2">
         <v>937.90419421877948</v>
       </c>
       <c r="E337" s="2">
         <v>992865.37999999989</v>
       </c>
       <c r="F337" s="1">
         <v>46</v>
       </c>
     </row>
-    <row r="338" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="338" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A338" s="1" t="s">
         <v>52</v>
       </c>
       <c r="B338" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C338" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D338" s="2">
         <v>50993.823532609997</v>
       </c>
       <c r="E338" s="2">
         <v>7352172650.082015</v>
       </c>
       <c r="F338" s="1">
         <v>1271</v>
       </c>
     </row>
-    <row r="339" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="339" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A339" s="1" t="s">
         <v>52</v>
       </c>
       <c r="B339" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C339" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D339" s="2">
         <v>1091.1793624278362</v>
       </c>
       <c r="E339" s="2">
         <v>100801118.81629001</v>
       </c>
       <c r="F339" s="1">
         <v>43</v>
       </c>
     </row>
-    <row r="340" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="340" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A340" s="1" t="s">
         <v>52</v>
       </c>
       <c r="B340" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C340" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D340" s="2">
         <v>88600.530101840763</v>
       </c>
       <c r="E340" s="2">
         <v>3013825620.0843134</v>
       </c>
       <c r="F340" s="1">
         <v>1228</v>
       </c>
     </row>
-    <row r="341" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="341" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A341" s="1" t="s">
         <v>53</v>
       </c>
       <c r="B341" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C341" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D341" s="2">
         <v>293.5911489435079</v>
       </c>
       <c r="E341" s="2">
         <v>192276611.6855</v>
       </c>
       <c r="F341" s="1">
         <v>26</v>
       </c>
     </row>
-    <row r="342" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="342" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A342" s="1" t="s">
         <v>53</v>
       </c>
       <c r="B342" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C342" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D342" s="2">
         <v>269.87591929096737</v>
       </c>
       <c r="E342" s="2">
         <v>7155760</v>
       </c>
       <c r="F342" s="1">
         <v>7</v>
       </c>
     </row>
-    <row r="343" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="343" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A343" s="1" t="s">
         <v>53</v>
       </c>
       <c r="B343" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C343" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D343" s="2">
         <v>14075.899963718266</v>
       </c>
       <c r="E343" s="2">
         <v>4201657391.9249997</v>
       </c>
       <c r="F343" s="1">
         <v>96</v>
       </c>
     </row>
-    <row r="344" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="344" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A344" s="1" t="s">
         <v>53</v>
       </c>
       <c r="B344" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C344" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D344" s="2">
         <v>13463.492968935079</v>
       </c>
       <c r="E344" s="2">
         <v>390147590</v>
       </c>
       <c r="F344" s="1">
         <v>9</v>
       </c>
     </row>
-    <row r="345" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="345" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A345" s="1" t="s">
         <v>53</v>
       </c>
       <c r="B345" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C345" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D345" s="2">
         <v>223.98452611218568</v>
       </c>
       <c r="E345" s="2">
         <v>11580000</v>
       </c>
       <c r="F345" s="1">
         <v>8</v>
       </c>
     </row>
-    <row r="346" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="346" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A346" s="1" t="s">
         <v>53</v>
       </c>
       <c r="B346" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C346" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D346" s="2">
         <v>247</v>
       </c>
       <c r="E346" s="2">
         <v>7385300</v>
       </c>
       <c r="F346" s="1">
         <v>4</v>
       </c>
     </row>
-    <row r="347" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="347" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A347" s="1" t="s">
         <v>53</v>
       </c>
       <c r="B347" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C347" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D347" s="2">
         <v>12147.919073902303</v>
       </c>
       <c r="E347" s="2">
         <v>418306061.60000002</v>
       </c>
       <c r="F347" s="1">
         <v>29</v>
       </c>
     </row>
-    <row r="348" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="348" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A348" s="1" t="s">
         <v>53</v>
       </c>
       <c r="B348" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C348" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D348" s="2">
         <v>896.82032521661847</v>
       </c>
       <c r="E348" s="2">
         <v>10909101.799999991</v>
       </c>
       <c r="F348" s="1">
         <v>59</v>
       </c>
     </row>
-    <row r="349" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="349" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A349" s="1" t="s">
         <v>53</v>
       </c>
       <c r="B349" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C349" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D349" s="2">
         <v>54823.927987949668</v>
       </c>
       <c r="E349" s="2">
         <v>2577167428.2999983</v>
       </c>
       <c r="F349" s="1">
         <v>635</v>
       </c>
     </row>
-    <row r="350" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="350" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A350" s="1" t="s">
         <v>53</v>
       </c>
       <c r="B350" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C350" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D350" s="2">
         <v>1052.4996839141472</v>
       </c>
       <c r="E350" s="2">
         <v>48661858.733409986</v>
       </c>
       <c r="F350" s="1">
         <v>23</v>
       </c>
     </row>
-    <row r="351" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="351" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A351" s="1" t="s">
         <v>53</v>
       </c>
       <c r="B351" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C351" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D351" s="2">
         <v>88905.639142874366</v>
       </c>
       <c r="E351" s="2">
         <v>1729243575.661628</v>
       </c>
       <c r="F351" s="1">
         <v>1099</v>
       </c>
     </row>
-    <row r="352" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="352" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A352" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B352" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C352" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D352" s="2">
         <v>296.25742867537906</v>
       </c>
       <c r="E352" s="2">
         <v>238241749.99325001</v>
       </c>
       <c r="F352" s="1">
         <v>47</v>
       </c>
     </row>
-    <row r="353" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="353" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A353" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B353" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C353" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D353" s="2">
         <v>13431.411053773369</v>
       </c>
       <c r="E353" s="2">
         <v>5616529428.9399004</v>
       </c>
       <c r="F353" s="1">
         <v>200</v>
       </c>
     </row>
-    <row r="354" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="354" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A354" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B354" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C354" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D354" s="2">
         <v>270.69406140834712</v>
       </c>
       <c r="E354" s="2">
         <v>22084575</v>
       </c>
       <c r="F354" s="1">
         <v>5</v>
       </c>
     </row>
-    <row r="355" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="355" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A355" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B355" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C355" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D355" s="2">
         <v>12384.208523760217</v>
       </c>
       <c r="E355" s="2">
         <v>378375528</v>
       </c>
       <c r="F355" s="1">
         <v>14</v>
       </c>
     </row>
-    <row r="356" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="356" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A356" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B356" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C356" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D356" s="2">
         <v>248.3131407785053</v>
       </c>
       <c r="E356" s="2">
         <v>54184811.474999994</v>
       </c>
       <c r="F356" s="1">
         <v>22</v>
       </c>
     </row>
-    <row r="357" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="357" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A357" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B357" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C357" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D357" s="2">
         <v>12101.76761827697</v>
       </c>
       <c r="E357" s="2">
         <v>1706251488.2</v>
       </c>
       <c r="F357" s="1">
         <v>53</v>
       </c>
     </row>
-    <row r="358" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="358" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A358" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B358" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C358" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D358" s="2">
         <v>940.81884156884064</v>
       </c>
       <c r="E358" s="2">
         <v>8270926.5999999922</v>
       </c>
       <c r="F358" s="1">
         <v>188</v>
       </c>
     </row>
-    <row r="359" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="359" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A359" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B359" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C359" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D359" s="2">
         <v>54254.5452417177</v>
       </c>
       <c r="E359" s="2">
         <v>4679701385.2790051</v>
       </c>
       <c r="F359" s="1">
         <v>870</v>
       </c>
     </row>
-    <row r="360" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="360" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A360" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B360" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C360" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D360" s="2">
         <v>1060.7598731301989</v>
       </c>
       <c r="E360" s="2">
         <v>78737317.994079992</v>
       </c>
       <c r="F360" s="1">
         <v>47</v>
       </c>
     </row>
-    <row r="361" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="361" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A361" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B361" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C361" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D361" s="2">
         <v>90618.90161127047</v>
       </c>
       <c r="E361" s="2">
         <v>7130367212.6332722</v>
       </c>
       <c r="F361" s="1">
         <v>1586</v>
       </c>
     </row>
-    <row r="362" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="362" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A362" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B362" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C362" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D362" s="2">
         <v>280.03979164671375</v>
       </c>
       <c r="E362" s="2">
         <v>164493840.95549998</v>
       </c>
       <c r="F362" s="1">
         <v>39</v>
       </c>
     </row>
-    <row r="363" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="363" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A363" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B363" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C363" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D363" s="2">
         <v>14062.922248279605</v>
       </c>
       <c r="E363" s="2">
         <v>5004652946.0465012</v>
       </c>
       <c r="F363" s="1">
         <v>132</v>
       </c>
     </row>
-    <row r="364" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="364" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A364" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B364" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C364" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D364" s="2">
         <v>240.89278877147581</v>
       </c>
       <c r="E364" s="2">
         <v>16755297.923</v>
       </c>
       <c r="F364" s="1">
         <v>8</v>
       </c>
     </row>
-    <row r="365" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="365" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A365" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B365" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C365" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D365" s="2">
         <v>8986.8333852711767</v>
       </c>
       <c r="E365" s="2">
         <v>319529736.80000001</v>
       </c>
       <c r="F365" s="1">
         <v>25</v>
       </c>
     </row>
-    <row r="366" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="366" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A366" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B366" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C366" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D366" s="2">
         <v>247.11347108321763</v>
       </c>
       <c r="E366" s="2">
         <v>28424202.300000001</v>
       </c>
       <c r="F366" s="1">
         <v>17</v>
       </c>
     </row>
-    <row r="367" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="367" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A367" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B367" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C367" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D367" s="2">
         <v>11296.541838806665</v>
       </c>
       <c r="E367" s="2">
         <v>389684434.10000002</v>
       </c>
       <c r="F367" s="1">
         <v>39</v>
       </c>
     </row>
-    <row r="368" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="368" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A368" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B368" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C368" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D368" s="2">
         <v>52667.172833670928</v>
       </c>
       <c r="E368" s="2">
         <v>11688311221.209997</v>
       </c>
       <c r="F368" s="1">
         <v>872</v>
       </c>
     </row>
-    <row r="369" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="369" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A369" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B369" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C369" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D369" s="2">
         <v>949.06338329764492</v>
       </c>
       <c r="E369" s="2">
         <v>1772850.4000000006</v>
       </c>
       <c r="F369" s="1">
         <v>75</v>
       </c>
     </row>
-    <row r="370" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="370" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A370" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B370" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C370" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D370" s="2">
         <v>1141.6059623872798</v>
       </c>
       <c r="E370" s="2">
         <v>57622984.48731</v>
       </c>
       <c r="F370" s="1">
         <v>28</v>
       </c>
     </row>
-    <row r="371" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="371" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A371" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B371" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C371" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D371" s="2">
         <v>81663.975744822848</v>
       </c>
       <c r="E371" s="2">
         <v>2709486014.3222604</v>
       </c>
       <c r="F371" s="1">
         <v>1159</v>
       </c>
     </row>
-    <row r="372" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="372" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A372" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B372" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C372" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D372" s="2">
         <v>284.68253740649294</v>
       </c>
       <c r="E372" s="2">
         <v>215421401.78</v>
       </c>
       <c r="F372" s="1">
         <v>33</v>
       </c>
     </row>
-    <row r="373" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="373" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A373" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B373" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C373" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D373" s="2">
         <v>266.22758620689655</v>
       </c>
       <c r="E373" s="2">
         <v>15441200</v>
       </c>
       <c r="F373" s="1">
         <v>4</v>
       </c>
     </row>
-    <row r="374" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="374" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A374" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B374" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C374" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D374" s="2">
         <v>14567.55165290301</v>
       </c>
       <c r="E374" s="2">
         <v>4636901235.3622007</v>
       </c>
       <c r="F374" s="1">
         <v>150</v>
       </c>
     </row>
-    <row r="375" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="375" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A375" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B375" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C375" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D375" s="2">
         <v>242.90246726618707</v>
       </c>
       <c r="E375" s="2">
         <v>8440860.7375000007</v>
       </c>
       <c r="F375" s="1">
         <v>6</v>
       </c>
     </row>
-    <row r="376" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="376" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A376" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B376" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C376" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D376" s="2">
         <v>14036.555336084757</v>
       </c>
       <c r="E376" s="2">
         <v>1250240405.3</v>
       </c>
       <c r="F376" s="1">
         <v>52</v>
       </c>
     </row>
-    <row r="377" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="377" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A377" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B377" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C377" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D377" s="2">
         <v>251.80363020161923</v>
       </c>
       <c r="E377" s="2">
         <v>62282423.049999997</v>
       </c>
       <c r="F377" s="1">
         <v>28</v>
       </c>
     </row>
-    <row r="378" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="378" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A378" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B378" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C378" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D378" s="2">
         <v>13152.803765442284</v>
       </c>
       <c r="E378" s="2">
         <v>537926656.5999999</v>
       </c>
       <c r="F378" s="1">
         <v>34</v>
       </c>
     </row>
-    <row r="379" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="379" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A379" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B379" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C379" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D379" s="2">
         <v>848.67503646453338</v>
       </c>
       <c r="E379" s="2">
         <v>10124183.98</v>
       </c>
       <c r="F379" s="1">
         <v>247</v>
       </c>
     </row>
-    <row r="380" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="380" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A380" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B380" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C380" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D380" s="2">
         <v>51137.787891103071</v>
       </c>
       <c r="E380" s="2">
         <v>9662033066.254549</v>
       </c>
       <c r="F380" s="1">
         <v>1422</v>
       </c>
     </row>
-    <row r="381" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="381" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A381" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B381" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C381" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D381" s="2">
         <v>1039.7242703029431</v>
       </c>
       <c r="E381" s="2">
         <v>104628572.06390002</v>
       </c>
       <c r="F381" s="1">
         <v>43</v>
       </c>
     </row>
-    <row r="382" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="382" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A382" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B382" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C382" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D382" s="2">
         <v>89486.142093872695</v>
       </c>
       <c r="E382" s="2">
         <v>2877590121.7516546</v>
       </c>
       <c r="F382" s="1">
         <v>1460</v>
       </c>
     </row>
-    <row r="383" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="383" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A383" s="1" t="s">
         <v>57</v>
       </c>
       <c r="B383" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C383" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D383" s="2">
         <v>279.55844682770061</v>
       </c>
       <c r="E383" s="2">
         <v>210835545.46100003</v>
       </c>
       <c r="F383" s="1">
         <v>46</v>
       </c>
     </row>
-    <row r="384" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="384" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A384" s="1" t="s">
         <v>57</v>
       </c>
       <c r="B384" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C384" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D384" s="2">
         <v>12281.457606439253</v>
       </c>
       <c r="E384" s="2">
         <v>4731044161.1448994</v>
       </c>
       <c r="F384" s="1">
         <v>165</v>
       </c>
     </row>
-    <row r="385" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="385" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A385" s="1" t="s">
         <v>57</v>
       </c>
       <c r="B385" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C385" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D385" s="2">
         <v>243.14804410646389</v>
       </c>
       <c r="E385" s="2">
         <v>12789587.120000001</v>
       </c>
       <c r="F385" s="1">
         <v>9</v>
       </c>
     </row>
-    <row r="386" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="386" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A386" s="1" t="s">
         <v>57</v>
       </c>
       <c r="B386" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C386" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D386" s="2">
         <v>13607.456813257977</v>
       </c>
       <c r="E386" s="2">
         <v>922686049.39999998</v>
       </c>
       <c r="F386" s="1">
         <v>27</v>
       </c>
     </row>
-    <row r="387" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="387" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A387" s="1" t="s">
         <v>57</v>
       </c>
       <c r="B387" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C387" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D387" s="2">
         <v>242.13669798515897</v>
       </c>
       <c r="E387" s="2">
         <v>58234024.7795</v>
       </c>
       <c r="F387" s="1">
         <v>27</v>
       </c>
     </row>
-    <row r="388" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="388" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A388" s="1" t="s">
         <v>57</v>
       </c>
       <c r="B388" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C388" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D388" s="2">
         <v>12537.893958049566</v>
       </c>
       <c r="E388" s="2">
         <v>1345928848.8796</v>
       </c>
       <c r="F388" s="1">
         <v>63</v>
       </c>
     </row>
-    <row r="389" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="389" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A389" s="1" t="s">
         <v>57</v>
       </c>
       <c r="B389" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C389" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D389" s="2">
         <v>883.96517963562064</v>
       </c>
       <c r="E389" s="2">
         <v>1038305.4999999999</v>
       </c>
       <c r="F389" s="1">
         <v>12</v>
       </c>
     </row>
-    <row r="390" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="390" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A390" s="1" t="s">
         <v>57</v>
       </c>
       <c r="B390" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C390" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D390" s="2">
         <v>54087.012464486434</v>
       </c>
       <c r="E390" s="2">
         <v>4800221599.0049992</v>
       </c>
       <c r="F390" s="1">
         <v>1033</v>
       </c>
     </row>
-    <row r="391" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="391" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A391" s="1" t="s">
         <v>57</v>
       </c>
       <c r="B391" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C391" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D391" s="2">
         <v>1027.1085783570832</v>
       </c>
       <c r="E391" s="2">
         <v>22907471.153200001</v>
       </c>
       <c r="F391" s="1">
         <v>21</v>
       </c>
     </row>
-    <row r="392" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="392" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A392" s="1" t="s">
         <v>57</v>
       </c>
       <c r="B392" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C392" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D392" s="2">
         <v>87354.803666239051</v>
       </c>
       <c r="E392" s="2">
         <v>2227938668.2999096</v>
       </c>
       <c r="F392" s="1">
         <v>1410</v>
       </c>
     </row>
-    <row r="393" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="393" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A393" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B393" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C393" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D393" s="2">
         <v>276.91799284416015</v>
       </c>
       <c r="E393" s="2">
         <v>286820785.46450001</v>
       </c>
       <c r="F393" s="1">
         <v>53</v>
       </c>
     </row>
-    <row r="394" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="394" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A394" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B394" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C394" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D394" s="2">
         <v>12525.106357177059</v>
       </c>
       <c r="E394" s="2">
         <v>4986557342.1957989</v>
       </c>
       <c r="F394" s="1">
         <v>152</v>
       </c>
     </row>
-    <row r="395" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="395" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A395" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B395" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C395" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D395" s="2">
         <v>203.22409199440952</v>
       </c>
       <c r="E395" s="2">
         <v>14540683.782200001</v>
       </c>
       <c r="F395" s="1">
         <v>10</v>
       </c>
     </row>
-    <row r="396" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="396" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A396" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B396" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C396" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D396" s="2">
         <v>11489.445062890423</v>
       </c>
       <c r="E396" s="2">
         <v>550216311.20000005</v>
       </c>
       <c r="F396" s="1">
         <v>26</v>
       </c>
     </row>
-    <row r="397" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="397" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A397" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B397" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C397" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D397" s="2">
         <v>240.16066808571054</v>
       </c>
       <c r="E397" s="2">
         <v>36518862.409999996</v>
       </c>
       <c r="F397" s="1">
         <v>19</v>
       </c>
     </row>
-    <row r="398" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="398" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A398" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B398" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C398" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D398" s="2">
         <v>8754.3497590945444</v>
       </c>
       <c r="E398" s="2">
         <v>452710283.65000004</v>
       </c>
       <c r="F398" s="1">
         <v>51</v>
       </c>
     </row>
-    <row r="399" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="399" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A399" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B399" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C399" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D399" s="2">
         <v>899.17973742906986</v>
       </c>
       <c r="E399" s="2">
         <v>15561024.699999997</v>
       </c>
       <c r="F399" s="1">
         <v>127</v>
       </c>
     </row>
-    <row r="400" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="400" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A400" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B400" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C400" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D400" s="2">
         <v>54094.094211349919</v>
       </c>
       <c r="E400" s="2">
         <v>7446577808.6939869</v>
       </c>
       <c r="F400" s="1">
         <v>1358</v>
       </c>
     </row>
-    <row r="401" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="401" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A401" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B401" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C401" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D401" s="2">
         <v>970.90858400477339</v>
       </c>
       <c r="E401" s="2">
         <v>16569214.232970001</v>
       </c>
       <c r="F401" s="1">
         <v>24</v>
       </c>
     </row>
-    <row r="402" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="402" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A402" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B402" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C402" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D402" s="2">
         <v>90155.027103527449</v>
       </c>
       <c r="E402" s="2">
         <v>4781201920.2094679</v>
       </c>
       <c r="F402" s="1">
         <v>1278</v>
       </c>
     </row>
-    <row r="403" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="403" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A403" s="1" t="s">
         <v>59</v>
       </c>
       <c r="B403" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C403" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D403" s="2">
         <v>267.21809288713308</v>
       </c>
       <c r="E403" s="2">
         <v>211680286.11575001</v>
       </c>
       <c r="F403" s="1">
         <v>55</v>
       </c>
     </row>
-    <row r="404" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="404" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A404" s="1" t="s">
         <v>59</v>
       </c>
       <c r="B404" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C404" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D404" s="2">
         <v>15825.874065336102</v>
       </c>
       <c r="E404" s="2">
         <v>6171347259.3105011</v>
       </c>
       <c r="F404" s="1">
         <v>153</v>
       </c>
     </row>
-    <row r="405" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="405" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A405" s="1" t="s">
         <v>59</v>
       </c>
       <c r="B405" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C405" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D405" s="2">
         <v>225.34961832061069</v>
       </c>
       <c r="E405" s="2">
         <v>14760400</v>
       </c>
       <c r="F405" s="1">
         <v>8</v>
       </c>
     </row>
-    <row r="406" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="406" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A406" s="1" t="s">
         <v>59</v>
       </c>
       <c r="B406" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C406" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D406" s="2">
         <v>12626.347074471076</v>
       </c>
       <c r="E406" s="2">
         <v>449218156</v>
       </c>
       <c r="F406" s="1">
         <v>32</v>
       </c>
     </row>
-    <row r="407" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="407" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A407" s="1" t="s">
         <v>59</v>
       </c>
       <c r="B407" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C407" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D407" s="2">
         <v>2072.2374429223746</v>
       </c>
       <c r="E407" s="2">
         <v>22691000</v>
       </c>
       <c r="F407" s="1">
         <v>4</v>
       </c>
     </row>
-    <row r="408" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="408" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A408" s="1" t="s">
         <v>59</v>
       </c>
       <c r="B408" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C408" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D408" s="2">
         <v>230.71631053863581</v>
       </c>
       <c r="E408" s="2">
         <v>18431233.899999999</v>
       </c>
       <c r="F408" s="1">
         <v>11</v>
       </c>
     </row>
-    <row r="409" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="409" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A409" s="1" t="s">
         <v>59</v>
       </c>
       <c r="B409" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C409" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D409" s="2">
         <v>14269.272042493341</v>
       </c>
       <c r="E409" s="2">
         <v>1008528889.0500001</v>
       </c>
       <c r="F409" s="1">
         <v>52</v>
       </c>
     </row>
-    <row r="410" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="410" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A410" s="1" t="s">
         <v>59</v>
       </c>
       <c r="B410" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C410" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D410" s="2">
         <v>772.38974017538203</v>
       </c>
       <c r="E410" s="2">
         <v>23781880.100000013</v>
       </c>
       <c r="F410" s="1">
         <v>58</v>
       </c>
     </row>
-    <row r="411" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="411" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A411" s="1" t="s">
         <v>59</v>
       </c>
       <c r="B411" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C411" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D411" s="2">
         <v>52855.30678280133</v>
       </c>
       <c r="E411" s="2">
         <v>9188531915.3770981</v>
       </c>
       <c r="F411" s="1">
         <v>1407</v>
       </c>
     </row>
-    <row r="412" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="412" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A412" s="1" t="s">
         <v>59</v>
       </c>
       <c r="B412" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C412" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D412" s="2">
         <v>1025.4764309951483</v>
       </c>
       <c r="E412" s="2">
         <v>113353628.67898995</v>
       </c>
       <c r="F412" s="1">
         <v>51</v>
       </c>
     </row>
-    <row r="413" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="413" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A413" s="1" t="s">
         <v>59</v>
       </c>
       <c r="B413" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C413" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D413" s="2">
         <v>79031.9222616927</v>
       </c>
       <c r="E413" s="2">
         <v>7110609608.3306875</v>
       </c>
       <c r="F413" s="1">
         <v>1082</v>
       </c>
     </row>
-    <row r="414" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="414" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A414" s="1" t="s">
         <v>60</v>
       </c>
       <c r="B414" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C414" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D414" s="2">
         <v>300.93217986393915</v>
       </c>
       <c r="E414" s="2">
         <v>253383057.05075002</v>
       </c>
       <c r="F414" s="1">
         <v>43</v>
       </c>
     </row>
-    <row r="415" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="415" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A415" s="1" t="s">
         <v>60</v>
       </c>
       <c r="B415" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C415" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D415" s="2">
         <v>12442.529023976142</v>
       </c>
       <c r="E415" s="2">
         <v>7098949385.718401</v>
       </c>
       <c r="F415" s="1">
         <v>206</v>
       </c>
     </row>
-    <row r="416" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="416" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A416" s="1" t="s">
         <v>60</v>
       </c>
       <c r="B416" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C416" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D416" s="2">
         <v>229.1132006297893</v>
       </c>
       <c r="E416" s="2">
         <v>33946291.600000001</v>
       </c>
       <c r="F416" s="1">
         <v>14</v>
       </c>
     </row>
-    <row r="417" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="417" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A417" s="1" t="s">
         <v>60</v>
       </c>
       <c r="B417" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C417" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D417" s="2">
         <v>13291.391670924357</v>
       </c>
       <c r="E417" s="2">
         <v>708894381.05999994</v>
       </c>
       <c r="F417" s="1">
         <v>27</v>
       </c>
     </row>
-    <row r="418" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="418" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A418" s="1" t="s">
         <v>60</v>
       </c>
       <c r="B418" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C418" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D418" s="2">
         <v>230.33854030418252</v>
       </c>
       <c r="E418" s="2">
         <v>15144759.025</v>
       </c>
       <c r="F418" s="1">
         <v>9</v>
       </c>
     </row>
-    <row r="419" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="419" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A419" s="1" t="s">
         <v>60</v>
       </c>
       <c r="B419" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C419" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D419" s="2">
         <v>10365.034350450836</v>
       </c>
       <c r="E419" s="2">
         <v>281576720.10000002</v>
       </c>
       <c r="F419" s="1">
         <v>28</v>
       </c>
     </row>
-    <row r="420" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="420" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A420" s="1" t="s">
         <v>60</v>
       </c>
       <c r="B420" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C420" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D420" s="2">
         <v>844.20106382978724</v>
       </c>
       <c r="E420" s="2">
         <v>3729680.3000000003</v>
       </c>
       <c r="F420" s="1">
         <v>77</v>
       </c>
     </row>
-    <row r="421" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="421" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A421" s="1" t="s">
         <v>60</v>
       </c>
       <c r="B421" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C421" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D421" s="2">
         <v>57401.336205804386</v>
       </c>
       <c r="E421" s="2">
         <v>4116843923.1480012</v>
       </c>
       <c r="F421" s="1">
         <v>1248</v>
       </c>
     </row>
-    <row r="422" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="422" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A422" s="1" t="s">
         <v>60</v>
       </c>
       <c r="B422" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C422" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D422" s="2">
         <v>978.60005309681708</v>
       </c>
       <c r="E422" s="2">
         <v>34900702.262439996</v>
       </c>
       <c r="F422" s="1">
         <v>22</v>
       </c>
     </row>
-    <row r="423" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="423" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A423" s="1" t="s">
         <v>60</v>
       </c>
       <c r="B423" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C423" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D423" s="2">
         <v>957.79631074141298</v>
       </c>
       <c r="E423" s="2">
         <v>334034.33675999998</v>
       </c>
       <c r="F423" s="1">
         <v>8</v>
       </c>
     </row>
-    <row r="424" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="424" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A424" s="1" t="s">
         <v>60</v>
       </c>
       <c r="B424" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C424" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D424" s="2">
         <v>870.64579256360082</v>
       </c>
       <c r="E424" s="2">
         <v>2669400</v>
       </c>
       <c r="F424" s="1">
         <v>3</v>
       </c>
     </row>
-    <row r="425" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="425" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A425" s="1" t="s">
         <v>60</v>
       </c>
       <c r="B425" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C425" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D425" s="2">
         <v>83681.052085322939</v>
       </c>
       <c r="E425" s="2">
         <v>2406667811.1033545</v>
       </c>
       <c r="F425" s="1">
         <v>1399</v>
       </c>
     </row>
-    <row r="426" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="426" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A426" s="1" t="s">
         <v>61</v>
       </c>
       <c r="B426" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C426" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D426" s="2">
         <v>271.47817275865287</v>
       </c>
       <c r="E426" s="2">
         <v>120451124.82675001</v>
       </c>
       <c r="F426" s="1">
         <v>40</v>
       </c>
     </row>
-    <row r="427" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="427" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A427" s="1" t="s">
         <v>61</v>
       </c>
       <c r="B427" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C427" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D427" s="2">
         <v>13067.171035372066</v>
       </c>
       <c r="E427" s="2">
         <v>4526536701.5695019</v>
       </c>
       <c r="F427" s="1">
         <v>174</v>
       </c>
     </row>
-    <row r="428" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="428" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A428" s="1" t="s">
         <v>61</v>
       </c>
       <c r="B428" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C428" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D428" s="2">
         <v>214.97369969152894</v>
       </c>
       <c r="E428" s="2">
         <v>15323521.585000001</v>
       </c>
       <c r="F428" s="1">
         <v>12</v>
       </c>
     </row>
-    <row r="429" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="429" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A429" s="1" t="s">
         <v>61</v>
       </c>
       <c r="B429" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C429" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D429" s="2">
         <v>12117.463792828272</v>
       </c>
       <c r="E429" s="2">
         <v>553019187.60000002</v>
       </c>
       <c r="F429" s="1">
         <v>20</v>
       </c>
     </row>
-    <row r="430" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="430" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A430" s="1" t="s">
         <v>61</v>
       </c>
       <c r="B430" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C430" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D430" s="2">
         <v>13894.863502237591</v>
       </c>
       <c r="E430" s="2">
         <v>1218043701.5250001</v>
       </c>
       <c r="F430" s="1">
         <v>40</v>
       </c>
     </row>
-    <row r="431" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="431" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A431" s="1" t="s">
         <v>61</v>
       </c>
       <c r="B431" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C431" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D431" s="2">
         <v>821.99379524510482</v>
       </c>
       <c r="E431" s="2">
         <v>8152698.8599999994</v>
       </c>
       <c r="F431" s="1">
         <v>117</v>
       </c>
     </row>
-    <row r="432" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="432" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A432" s="1" t="s">
         <v>61</v>
       </c>
       <c r="B432" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C432" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D432" s="2">
         <v>58285.273922758781</v>
       </c>
       <c r="E432" s="2">
         <v>5925621041.5610085</v>
       </c>
       <c r="F432" s="1">
         <v>1160</v>
       </c>
     </row>
-    <row r="433" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A433" s="1" t="s">
         <v>61</v>
       </c>
       <c r="B433" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C433" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D433" s="2">
         <v>917.66291912254269</v>
       </c>
       <c r="E433" s="2">
         <v>81158354.500860006</v>
       </c>
       <c r="F433" s="1">
         <v>25</v>
       </c>
     </row>
-    <row r="434" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A434" s="1" t="s">
         <v>61</v>
       </c>
       <c r="B434" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C434" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D434" s="2">
         <v>101009.20700276304</v>
       </c>
       <c r="E434" s="2">
         <v>15547034316.262697</v>
       </c>
       <c r="F434" s="1">
         <v>1563</v>
       </c>
     </row>
-    <row r="435" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A435" s="1" t="s">
         <v>61</v>
       </c>
       <c r="B435" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C435" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D435" s="2">
         <v>226.38432110611265</v>
       </c>
       <c r="E435" s="2">
         <v>18212904.329999998</v>
       </c>
       <c r="F435" s="1">
         <v>11</v>
       </c>
     </row>
-    <row r="436" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A436" s="1" t="s">
         <v>62</v>
       </c>
       <c r="B436" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C436" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D436" s="2">
         <v>274.0794447333779</v>
       </c>
       <c r="E436" s="2">
         <v>216954729.45575002</v>
       </c>
       <c r="F436" s="1">
         <v>52</v>
       </c>
     </row>
-    <row r="437" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="437" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A437" s="1" t="s">
         <v>62</v>
       </c>
       <c r="B437" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C437" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D437" s="2">
         <v>12225.926881021733</v>
       </c>
       <c r="E437" s="2">
         <v>3746245420.1068006</v>
       </c>
       <c r="F437" s="1">
         <v>187</v>
       </c>
     </row>
-    <row r="438" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="438" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A438" s="1" t="s">
         <v>62</v>
       </c>
       <c r="B438" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C438" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D438" s="2">
         <v>13263.780130127176</v>
       </c>
       <c r="E438" s="2">
         <v>884991508.63</v>
       </c>
       <c r="F438" s="1">
         <v>25</v>
       </c>
     </row>
-    <row r="439" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="439" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A439" s="1" t="s">
         <v>62</v>
       </c>
       <c r="B439" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C439" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D439" s="2">
         <v>230.33995045718066</v>
       </c>
       <c r="E439" s="2">
         <v>40035956.649999999</v>
       </c>
       <c r="F439" s="1">
         <v>16</v>
       </c>
     </row>
-    <row r="440" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="440" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A440" s="1" t="s">
         <v>62</v>
       </c>
       <c r="B440" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C440" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D440" s="2">
         <v>13843.408618526522</v>
       </c>
       <c r="E440" s="2">
         <v>673733502.46000004</v>
       </c>
       <c r="F440" s="1">
         <v>43</v>
       </c>
     </row>
-    <row r="441" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="441" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A441" s="1" t="s">
         <v>62</v>
       </c>
       <c r="B441" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C441" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D441" s="2">
         <v>857.89106983325473</v>
       </c>
       <c r="E441" s="2">
         <v>30920967.830000002</v>
       </c>
       <c r="F441" s="1">
         <v>102</v>
       </c>
     </row>
-    <row r="442" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="442" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A442" s="1" t="s">
         <v>62</v>
       </c>
       <c r="B442" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C442" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D442" s="2">
         <v>58994.349818040675</v>
       </c>
       <c r="E442" s="2">
         <v>10834091941.192245</v>
       </c>
       <c r="F442" s="1">
         <v>1761</v>
       </c>
     </row>
-    <row r="443" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="443" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A443" s="1" t="s">
         <v>62</v>
       </c>
       <c r="B443" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C443" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D443" s="2">
         <v>869.92184078247249</v>
       </c>
       <c r="E443" s="2">
         <v>85885009.323750019</v>
       </c>
       <c r="F443" s="1">
         <v>41</v>
       </c>
     </row>
-    <row r="444" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="444" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A444" s="1" t="s">
         <v>62</v>
       </c>
       <c r="B444" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C444" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D444" s="2">
         <v>77674.454654385088</v>
       </c>
       <c r="E444" s="2">
         <v>2896840435.1593375</v>
       </c>
       <c r="F444" s="1">
         <v>1192</v>
       </c>
     </row>
-    <row r="445" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="445" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A445" s="1" t="s">
         <v>63</v>
       </c>
       <c r="B445" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C445" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D445" s="2">
         <v>262.51296254046594</v>
       </c>
       <c r="E445" s="2">
         <v>216051457.98325002</v>
       </c>
       <c r="F445" s="1">
         <v>46</v>
       </c>
     </row>
-    <row r="446" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="446" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A446" s="1" t="s">
         <v>63</v>
       </c>
       <c r="B446" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C446" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D446" s="2">
         <v>10899.18361987856</v>
       </c>
       <c r="E446" s="2">
         <v>4060199642.2986193</v>
       </c>
       <c r="F446" s="1">
         <v>144</v>
       </c>
     </row>
-    <row r="447" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="447" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A447" s="1" t="s">
         <v>63</v>
       </c>
       <c r="B447" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C447" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D447" s="2">
         <v>209.46287440061158</v>
       </c>
       <c r="E447" s="2">
         <v>17123589.982249998</v>
       </c>
       <c r="F447" s="1">
         <v>8</v>
       </c>
     </row>
-    <row r="448" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="448" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A448" s="1" t="s">
         <v>63</v>
       </c>
       <c r="B448" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C448" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D448" s="2">
         <v>11371.682031680044</v>
       </c>
       <c r="E448" s="2">
         <v>272261686.82200003</v>
       </c>
       <c r="F448" s="1">
         <v>15</v>
       </c>
     </row>
-    <row r="449" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="449" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A449" s="1" t="s">
         <v>63</v>
       </c>
       <c r="B449" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C449" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D449" s="2">
         <v>220.86134222293694</v>
       </c>
       <c r="E449" s="2">
         <v>22990479.699999999</v>
       </c>
       <c r="F449" s="1">
         <v>13</v>
       </c>
     </row>
-    <row r="450" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="450" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A450" s="1" t="s">
         <v>63</v>
       </c>
       <c r="B450" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C450" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D450" s="2">
         <v>15903.128889584224</v>
       </c>
       <c r="E450" s="2">
         <v>1008362060</v>
       </c>
       <c r="F450" s="1">
         <v>22</v>
       </c>
     </row>
-    <row r="451" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="451" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A451" s="1" t="s">
         <v>63</v>
       </c>
       <c r="B451" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C451" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D451" s="2">
         <v>888.15262383521326</v>
       </c>
       <c r="E451" s="2">
         <v>3621886.4</v>
       </c>
       <c r="F451" s="1">
         <v>79</v>
       </c>
     </row>
-    <row r="452" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="452" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A452" s="1" t="s">
         <v>63</v>
       </c>
       <c r="B452" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C452" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D452" s="2">
         <v>57307.910827996195</v>
       </c>
       <c r="E452" s="2">
         <v>8675444381.8011265</v>
       </c>
       <c r="F452" s="1">
         <v>1173</v>
       </c>
     </row>
-    <row r="453" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="453" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A453" s="1" t="s">
         <v>63</v>
       </c>
       <c r="B453" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C453" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D453" s="2">
         <v>890.46876457886037</v>
       </c>
       <c r="E453" s="2">
         <v>56717154.179829977</v>
       </c>
       <c r="F453" s="1">
         <v>38</v>
       </c>
     </row>
-    <row r="454" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="454" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A454" s="1" t="s">
         <v>63</v>
       </c>
       <c r="B454" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C454" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D454" s="2">
         <v>85572.314712147825</v>
       </c>
       <c r="E454" s="2">
         <v>8463211115.3049793</v>
       </c>
       <c r="F454" s="1">
         <v>1274</v>
       </c>
     </row>
-    <row r="455" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="455" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A455" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B455" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C455" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D455" s="2">
         <v>259.80292386420967</v>
       </c>
       <c r="E455" s="2">
         <v>267561949.35694</v>
       </c>
       <c r="F455" s="1">
         <v>51</v>
       </c>
     </row>
-    <row r="456" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="456" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A456" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B456" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C456" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D456" s="2">
         <v>12253.087920036285</v>
       </c>
       <c r="E456" s="2">
         <v>1930642702.3162</v>
       </c>
       <c r="F456" s="1">
         <v>89</v>
       </c>
     </row>
-    <row r="457" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="457" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A457" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B457" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C457" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D457" s="2">
         <v>197.02245415978342</v>
       </c>
       <c r="E457" s="2">
         <v>21467566.605250001</v>
       </c>
       <c r="F457" s="1">
         <v>9</v>
       </c>
     </row>
-    <row r="458" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="458" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A458" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B458" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C458" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D458" s="2">
         <v>12608.857730475689</v>
       </c>
       <c r="E458" s="2">
         <v>223747130.90000001</v>
       </c>
       <c r="F458" s="1">
         <v>9</v>
       </c>
     </row>
-    <row r="459" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="459" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A459" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B459" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C459" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D459" s="2">
         <v>222.02269674208063</v>
       </c>
       <c r="E459" s="2">
         <v>7917526.743999999</v>
       </c>
       <c r="F459" s="1">
         <v>10</v>
       </c>
     </row>
-    <row r="460" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="460" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A460" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B460" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C460" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D460" s="2">
         <v>13576.745769275081</v>
       </c>
       <c r="E460" s="2">
         <v>212120360.55000001</v>
       </c>
       <c r="F460" s="1">
         <v>14</v>
       </c>
     </row>
-    <row r="461" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="461" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A461" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B461" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C461" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D461" s="2">
         <v>919.13376865671648</v>
       </c>
       <c r="E461" s="2">
         <v>1970622.8</v>
       </c>
       <c r="F461" s="1">
         <v>100</v>
       </c>
     </row>
-    <row r="462" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="462" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A462" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B462" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C462" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D462" s="2">
         <v>61459.051680989025</v>
       </c>
       <c r="E462" s="2">
         <v>3936702767.2620001</v>
       </c>
       <c r="F462" s="1">
         <v>1051</v>
       </c>
     </row>
-    <row r="463" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="463" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A463" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B463" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C463" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D463" s="2">
         <v>900.84865095628129</v>
       </c>
       <c r="E463" s="2">
         <v>36422254.146700002</v>
       </c>
       <c r="F463" s="1">
         <v>32</v>
       </c>
     </row>
-    <row r="464" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="464" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A464" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B464" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C464" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D464" s="2">
         <v>77422.567321822542</v>
       </c>
       <c r="E464" s="2">
         <v>2279531590.7181082</v>
       </c>
       <c r="F464" s="1">
         <v>1290</v>
       </c>
     </row>
-    <row r="465" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="465" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A465" s="1" t="s">
         <v>65</v>
       </c>
       <c r="B465" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C465" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D465" s="2">
         <v>257.15359290910675</v>
       </c>
       <c r="E465" s="2">
         <v>166809485.15325001</v>
       </c>
       <c r="F465" s="1">
         <v>43</v>
       </c>
     </row>
-    <row r="466" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="466" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A466" s="1" t="s">
         <v>65</v>
       </c>
       <c r="B466" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C466" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D466" s="2">
         <v>12230.495239652279</v>
       </c>
       <c r="E466" s="2">
         <v>3648679615.0626011</v>
       </c>
       <c r="F466" s="1">
         <v>180</v>
       </c>
     </row>
-    <row r="467" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="467" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A467" s="1" t="s">
         <v>65</v>
       </c>
       <c r="B467" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C467" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D467" s="2">
         <v>200.75264469719062</v>
       </c>
       <c r="E467" s="2">
         <v>10325712.279999999</v>
       </c>
       <c r="F467" s="1">
         <v>6</v>
       </c>
     </row>
-    <row r="468" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="468" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A468" s="1" t="s">
         <v>65</v>
       </c>
       <c r="B468" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C468" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D468" s="2">
         <v>13155.108571783814</v>
       </c>
       <c r="E468" s="2">
         <v>653444473.20000005</v>
       </c>
       <c r="F468" s="1">
         <v>20</v>
       </c>
     </row>
-    <row r="469" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="469" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A469" s="1" t="s">
         <v>65</v>
       </c>
       <c r="B469" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C469" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D469" s="2">
         <v>225.00654797268376</v>
       </c>
       <c r="E469" s="2">
         <v>35221850</v>
       </c>
       <c r="F469" s="1">
         <v>16</v>
       </c>
     </row>
-    <row r="470" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="470" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A470" s="1" t="s">
         <v>65</v>
       </c>
       <c r="B470" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C470" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D470" s="2">
         <v>13527.490053992611</v>
       </c>
       <c r="E470" s="2">
         <v>571238850</v>
       </c>
       <c r="F470" s="1">
         <v>30</v>
       </c>
     </row>
-    <row r="471" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="471" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A471" s="1" t="s">
         <v>65</v>
       </c>
       <c r="B471" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C471" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D471" s="2">
         <v>865.08116494284127</v>
       </c>
       <c r="E471" s="2">
         <v>4767462.299999998</v>
       </c>
       <c r="F471" s="1">
         <v>118</v>
       </c>
     </row>
-    <row r="472" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="472" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A472" s="1" t="s">
         <v>65</v>
       </c>
       <c r="B472" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C472" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D472" s="2">
         <v>61614.804339948008</v>
       </c>
       <c r="E472" s="2">
         <v>4519559331.1900005</v>
       </c>
       <c r="F472" s="1">
         <v>917</v>
       </c>
     </row>
-    <row r="473" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="473" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A473" s="1" t="s">
         <v>65</v>
       </c>
       <c r="B473" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C473" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D473" s="2">
         <v>952.13946748879607</v>
       </c>
       <c r="E473" s="2">
         <v>50634122.761240005</v>
       </c>
       <c r="F473" s="1">
         <v>67</v>
       </c>
     </row>
-    <row r="474" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="474" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A474" s="1" t="s">
         <v>65</v>
       </c>
       <c r="B474" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C474" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D474" s="2">
         <v>77061.188822579541</v>
       </c>
       <c r="E474" s="2">
         <v>20341093595.230499</v>
       </c>
       <c r="F474" s="1">
         <v>1728</v>
       </c>
     </row>
-    <row r="475" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="475" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A475" s="1" t="s">
         <v>66</v>
       </c>
       <c r="B475" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C475" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D475" s="2">
         <v>262.05678689947723</v>
       </c>
       <c r="E475" s="2">
         <v>181967923.82325003</v>
       </c>
       <c r="F475" s="1">
         <v>53</v>
       </c>
     </row>
-    <row r="476" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="476" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A476" s="1" t="s">
         <v>66</v>
       </c>
       <c r="B476" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C476" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D476" s="2">
         <v>12693.242512547844</v>
       </c>
       <c r="E476" s="2">
         <v>7254089926.3835001</v>
       </c>
       <c r="F476" s="1">
         <v>218</v>
       </c>
     </row>
-    <row r="477" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="477" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A477" s="1" t="s">
         <v>66</v>
       </c>
       <c r="B477" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C477" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D477" s="2">
         <v>188.32755731185719</v>
       </c>
       <c r="E477" s="2">
         <v>17221029.2863</v>
       </c>
       <c r="F477" s="1">
         <v>14</v>
       </c>
     </row>
-    <row r="478" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="478" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A478" s="1" t="s">
         <v>66</v>
       </c>
       <c r="B478" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C478" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D478" s="2">
         <v>13056.424419403624</v>
       </c>
       <c r="E478" s="2">
         <v>885481168.19999957</v>
       </c>
       <c r="F478" s="1">
         <v>62</v>
       </c>
     </row>
-    <row r="479" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="479" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A479" s="1" t="s">
         <v>66</v>
       </c>
       <c r="B479" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C479" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D479" s="2">
         <v>218.25097491134545</v>
       </c>
       <c r="E479" s="2">
         <v>35881932.159999996</v>
       </c>
       <c r="F479" s="1">
         <v>22</v>
       </c>
     </row>
-    <row r="480" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="480" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A480" s="1" t="s">
         <v>66</v>
       </c>
       <c r="B480" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C480" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D480" s="2">
         <v>13459.675384515054</v>
       </c>
       <c r="E480" s="2">
         <v>1121897915.52</v>
       </c>
       <c r="F480" s="1">
         <v>50</v>
       </c>
     </row>
-    <row r="481" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="481" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A481" s="1" t="s">
         <v>66</v>
       </c>
       <c r="B481" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C481" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D481" s="2">
         <v>897.00766692155912</v>
       </c>
       <c r="E481" s="2">
         <v>4457589.8999999966</v>
       </c>
       <c r="F481" s="1">
         <v>121</v>
       </c>
     </row>
-    <row r="482" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="482" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A482" s="1" t="s">
         <v>66</v>
       </c>
       <c r="B482" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C482" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D482" s="2">
         <v>59932.429761098174</v>
       </c>
       <c r="E482" s="2">
         <v>10221468464.133999</v>
       </c>
       <c r="F482" s="1">
         <v>1660</v>
       </c>
     </row>
-    <row r="483" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="483" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A483" s="1" t="s">
         <v>66</v>
       </c>
       <c r="B483" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C483" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D483" s="2">
         <v>903.66980862727246</v>
       </c>
       <c r="E483" s="2">
         <v>48934035.517930008</v>
       </c>
       <c r="F483" s="1">
         <v>40</v>
       </c>
     </row>
-    <row r="484" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="484" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A484" s="1" t="s">
         <v>66</v>
       </c>
       <c r="B484" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C484" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D484" s="2">
         <v>967.15414300473412</v>
       </c>
       <c r="E484" s="2">
         <v>25151992.467960004</v>
       </c>
       <c r="F484" s="1">
         <v>10</v>
       </c>
     </row>
-    <row r="485" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="485" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A485" s="1" t="s">
         <v>66</v>
       </c>
       <c r="B485" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C485" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D485" s="2">
         <v>78626.895661411982</v>
       </c>
       <c r="E485" s="2">
         <v>22221981189.252869</v>
       </c>
       <c r="F485" s="1">
         <v>1538</v>
       </c>
     </row>
-    <row r="486" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="486" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A486" s="1" t="s">
         <v>67</v>
       </c>
       <c r="B486" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C486" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D486" s="2">
         <v>248.47270521465921</v>
       </c>
       <c r="E486" s="2">
         <v>142963784.6275</v>
       </c>
       <c r="F486" s="1">
         <v>44</v>
       </c>
     </row>
-    <row r="487" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="487" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A487" s="1" t="s">
         <v>67</v>
       </c>
       <c r="B487" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C487" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D487" s="2">
         <v>12206.711525270046</v>
       </c>
       <c r="E487" s="2">
         <v>2931482970.4450002</v>
       </c>
       <c r="F487" s="1">
         <v>116</v>
       </c>
     </row>
-    <row r="488" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="488" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A488" s="1" t="s">
         <v>67</v>
       </c>
       <c r="B488" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C488" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D488" s="2">
         <v>214.58944723618092</v>
       </c>
       <c r="E488" s="2">
         <v>21351650</v>
       </c>
       <c r="F488" s="1">
         <v>13</v>
       </c>
     </row>
-    <row r="489" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="489" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A489" s="1" t="s">
         <v>67</v>
       </c>
       <c r="B489" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C489" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D489" s="2">
         <v>9721.1568331299459</v>
       </c>
       <c r="E489" s="2">
         <v>467742569.75</v>
       </c>
       <c r="F489" s="1">
         <v>26</v>
       </c>
     </row>
-    <row r="490" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="490" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A490" s="1" t="s">
         <v>67</v>
       </c>
       <c r="B490" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C490" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D490" s="2">
         <v>252.09978718373137</v>
       </c>
       <c r="E490" s="2">
         <v>21322600</v>
       </c>
       <c r="F490" s="1">
         <v>10</v>
       </c>
     </row>
-    <row r="491" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="491" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A491" s="1" t="s">
         <v>67</v>
       </c>
       <c r="B491" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C491" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D491" s="2">
         <v>14109.174291144735</v>
       </c>
       <c r="E491" s="2">
         <v>1290914669.016</v>
       </c>
       <c r="F491" s="1">
         <v>56</v>
       </c>
     </row>
-    <row r="492" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="492" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A492" s="1" t="s">
         <v>67</v>
       </c>
       <c r="B492" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C492" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D492" s="2">
         <v>877.32975130890043</v>
       </c>
       <c r="E492" s="2">
         <v>10724478.879999999</v>
       </c>
       <c r="F492" s="1">
         <v>114</v>
       </c>
     </row>
-    <row r="493" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="493" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A493" s="1" t="s">
         <v>67</v>
       </c>
       <c r="B493" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C493" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D493" s="2">
         <v>62250.521135796393</v>
       </c>
       <c r="E493" s="2">
         <v>5645162861.9849997</v>
       </c>
       <c r="F493" s="1">
         <v>985</v>
       </c>
     </row>
-    <row r="494" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="494" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A494" s="1" t="s">
         <v>67</v>
       </c>
       <c r="B494" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C494" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D494" s="2">
         <v>856.97371852430206</v>
       </c>
       <c r="E494" s="2">
         <v>43459753.607130021</v>
       </c>
       <c r="F494" s="1">
         <v>60</v>
       </c>
     </row>
-    <row r="495" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="495" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A495" s="1" t="s">
         <v>67</v>
       </c>
       <c r="B495" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C495" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D495" s="2">
         <v>78652.289671955354</v>
       </c>
       <c r="E495" s="2">
         <v>3159268047.6623707</v>
       </c>
       <c r="F495" s="1">
         <v>1561</v>
       </c>
     </row>
-    <row r="496" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="496" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A496" s="1" t="s">
         <v>68</v>
       </c>
       <c r="B496" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C496" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D496" s="2">
         <v>240.96826192283282</v>
       </c>
       <c r="E496" s="2">
         <v>359038832.60374999</v>
       </c>
       <c r="F496" s="1">
         <v>74</v>
       </c>
     </row>
-    <row r="497" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="497" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A497" s="1" t="s">
         <v>68</v>
       </c>
       <c r="B497" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C497" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D497" s="2">
         <v>11282.430652132947</v>
       </c>
       <c r="E497" s="2">
         <v>1213769903.0919998</v>
       </c>
       <c r="F497" s="1">
         <v>96</v>
       </c>
     </row>
-    <row r="498" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="498" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A498" s="1" t="s">
         <v>68</v>
       </c>
       <c r="B498" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C498" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D498" s="2">
         <v>187.30756302521007</v>
       </c>
       <c r="E498" s="2">
         <v>11144800</v>
       </c>
       <c r="F498" s="1">
         <v>5</v>
       </c>
     </row>
-    <row r="499" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="499" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A499" s="1" t="s">
         <v>68</v>
       </c>
       <c r="B499" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C499" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D499" s="2">
         <v>13530.255663345519</v>
       </c>
       <c r="E499" s="2">
         <v>1377022083.615</v>
       </c>
       <c r="F499" s="1">
         <v>26</v>
       </c>
     </row>
-    <row r="500" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="500" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A500" s="1" t="s">
         <v>68</v>
       </c>
       <c r="B500" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C500" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D500" s="2">
         <v>209.66164399129073</v>
       </c>
       <c r="E500" s="2">
         <v>24181453.812999997</v>
       </c>
       <c r="F500" s="1">
         <v>30</v>
       </c>
     </row>
-    <row r="501" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="501" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A501" s="1" t="s">
         <v>68</v>
       </c>
       <c r="B501" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C501" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D501" s="2">
         <v>11334.118283238624</v>
       </c>
       <c r="E501" s="2">
         <v>462238031.18760002</v>
       </c>
       <c r="F501" s="1">
         <v>33</v>
       </c>
     </row>
-    <row r="502" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="502" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A502" s="1" t="s">
         <v>68</v>
       </c>
       <c r="B502" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C502" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D502" s="2">
         <v>870.74274473119465</v>
       </c>
       <c r="E502" s="2">
         <v>31648015.800000001</v>
       </c>
       <c r="F502" s="1">
         <v>51</v>
       </c>
     </row>
-    <row r="503" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="503" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A503" s="1" t="s">
         <v>68</v>
       </c>
       <c r="B503" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C503" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D503" s="2">
         <v>62735.413929315349</v>
       </c>
       <c r="E503" s="2">
         <v>5697191458.8400021</v>
       </c>
       <c r="F503" s="1">
         <v>1074</v>
       </c>
     </row>
-    <row r="504" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="504" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A504" s="1" t="s">
         <v>68</v>
       </c>
       <c r="B504" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C504" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D504" s="2">
         <v>822.90247311244548</v>
       </c>
       <c r="E504" s="2">
         <v>57054914.345160007</v>
       </c>
       <c r="F504" s="1">
         <v>32</v>
       </c>
     </row>
-    <row r="505" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="505" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A505" s="1" t="s">
         <v>68</v>
       </c>
       <c r="B505" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C505" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D505" s="2">
         <v>72053.096315014598</v>
       </c>
       <c r="E505" s="2">
         <v>7776331644.7005882</v>
       </c>
       <c r="F505" s="1">
         <v>1380</v>
       </c>
     </row>
-    <row r="506" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="506" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A506" s="1" t="s">
         <v>69</v>
       </c>
       <c r="B506" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C506" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D506" s="2">
         <v>236.43783306370216</v>
       </c>
       <c r="E506" s="2">
         <v>165402463.97499999</v>
       </c>
       <c r="F506" s="1">
         <v>34</v>
       </c>
     </row>
-    <row r="507" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="507" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A507" s="1" t="s">
         <v>69</v>
       </c>
       <c r="B507" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C507" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D507" s="2">
         <v>13221.032452792249</v>
       </c>
       <c r="E507" s="2">
         <v>4037161579.2779999</v>
       </c>
       <c r="F507" s="1">
         <v>125</v>
       </c>
     </row>
-    <row r="508" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="508" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A508" s="1" t="s">
         <v>69</v>
       </c>
       <c r="B508" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C508" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D508" s="2">
         <v>187.70371188687582</v>
       </c>
       <c r="E508" s="2">
         <v>42477350</v>
       </c>
       <c r="F508" s="1">
         <v>10</v>
       </c>
     </row>
-    <row r="509" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="509" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A509" s="1" t="s">
         <v>69</v>
       </c>
       <c r="B509" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C509" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D509" s="2">
         <v>9163.0004219121656</v>
       </c>
       <c r="E509" s="2">
         <v>124334356.25</v>
       </c>
       <c r="F509" s="1">
         <v>14</v>
       </c>
     </row>
-    <row r="510" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="510" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A510" s="1" t="s">
         <v>69</v>
       </c>
       <c r="B510" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C510" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D510" s="2">
         <v>217.49748371946023</v>
       </c>
       <c r="E510" s="2">
         <v>18230540.993999999</v>
       </c>
       <c r="F510" s="1">
         <v>16</v>
       </c>
     </row>
-    <row r="511" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="511" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A511" s="1" t="s">
         <v>69</v>
       </c>
       <c r="B511" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C511" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D511" s="2">
         <v>11033.217384170934</v>
       </c>
       <c r="E511" s="2">
         <v>398105845.59999996</v>
       </c>
       <c r="F511" s="1">
         <v>27</v>
       </c>
     </row>
-    <row r="512" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="512" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A512" s="1" t="s">
         <v>69</v>
       </c>
       <c r="B512" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C512" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D512" s="2">
         <v>889.97422680412365</v>
       </c>
       <c r="E512" s="2">
         <v>1035929.9999999999</v>
       </c>
       <c r="F512" s="1">
         <v>51</v>
       </c>
     </row>
-    <row r="513" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="513" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A513" s="1" t="s">
         <v>69</v>
       </c>
       <c r="B513" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C513" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D513" s="2">
         <v>49963.500461778895</v>
       </c>
       <c r="E513" s="2">
         <v>9724337687.5439835</v>
       </c>
       <c r="F513" s="1">
         <v>1140</v>
       </c>
     </row>
-    <row r="514" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="514" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A514" s="1" t="s">
         <v>69</v>
       </c>
       <c r="B514" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C514" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D514" s="2">
         <v>825.14729407671007</v>
       </c>
       <c r="E514" s="2">
         <v>20976826.847940002</v>
       </c>
       <c r="F514" s="1">
         <v>22</v>
       </c>
     </row>
-    <row r="515" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="515" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A515" s="1" t="s">
         <v>69</v>
       </c>
       <c r="B515" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C515" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D515" s="2">
         <v>513.51740693905469</v>
       </c>
       <c r="E515" s="2">
         <v>7679093.0867999997</v>
       </c>
       <c r="F515" s="1">
         <v>9</v>
       </c>
     </row>
-    <row r="516" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="516" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A516" s="1" t="s">
         <v>69</v>
       </c>
       <c r="B516" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C516" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D516" s="2">
         <v>73949.588836756389</v>
       </c>
       <c r="E516" s="2">
         <v>2888912492.9586582</v>
       </c>
       <c r="F516" s="1">
         <v>1497</v>
       </c>
     </row>
-    <row r="517" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="517" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A517" s="1" t="s">
         <v>70</v>
       </c>
       <c r="B517" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C517" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D517" s="2">
         <v>229.93433157649781</v>
       </c>
       <c r="E517" s="2">
         <v>239109076.08224997</v>
       </c>
       <c r="F517" s="1">
         <v>66</v>
       </c>
     </row>
-    <row r="518" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="518" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A518" s="1" t="s">
         <v>70</v>
       </c>
       <c r="B518" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C518" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D518" s="2">
         <v>12548.67670399161</v>
       </c>
       <c r="E518" s="2">
         <v>3486907446.5367999</v>
       </c>
       <c r="F518" s="1">
         <v>157</v>
       </c>
     </row>
-    <row r="519" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="519" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A519" s="1" t="s">
         <v>70</v>
       </c>
       <c r="B519" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C519" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D519" s="2">
         <v>184.40744593313252</v>
       </c>
       <c r="E519" s="2">
         <v>16869859.069499999</v>
       </c>
       <c r="F519" s="1">
         <v>12</v>
       </c>
     </row>
-    <row r="520" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="520" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A520" s="1" t="s">
         <v>70</v>
       </c>
       <c r="B520" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C520" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D520" s="2">
         <v>13572.849652915469</v>
       </c>
       <c r="E520" s="2">
         <v>951991503.79999995</v>
       </c>
       <c r="F520" s="1">
         <v>35</v>
       </c>
     </row>
-    <row r="521" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="521" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A521" s="1" t="s">
         <v>70</v>
       </c>
       <c r="B521" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C521" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D521" s="2">
         <v>228.80129060031047</v>
       </c>
       <c r="E521" s="2">
         <v>14485532.802999999</v>
       </c>
       <c r="F521" s="1">
         <v>10</v>
       </c>
     </row>
-    <row r="522" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="522" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A522" s="1" t="s">
         <v>70</v>
       </c>
       <c r="B522" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C522" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D522" s="2">
         <v>9697.6175505631891</v>
       </c>
       <c r="E522" s="2">
         <v>351574488.30000001</v>
       </c>
       <c r="F522" s="1">
         <v>27</v>
       </c>
     </row>
-    <row r="523" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="523" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A523" s="1" t="s">
         <v>70</v>
       </c>
       <c r="B523" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C523" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D523" s="2">
         <v>62232.267659128542</v>
       </c>
       <c r="E523" s="2">
         <v>6122747604.4990005</v>
       </c>
       <c r="F523" s="1">
         <v>1278</v>
       </c>
     </row>
-    <row r="524" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="524" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A524" s="1" t="s">
         <v>70</v>
       </c>
       <c r="B524" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C524" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D524" s="2">
         <v>819.57311161659754</v>
       </c>
       <c r="E524" s="2">
         <v>6269242.5600000024</v>
       </c>
       <c r="F524" s="1">
         <v>143</v>
       </c>
     </row>
-    <row r="525" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="525" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A525" s="1" t="s">
         <v>70</v>
       </c>
       <c r="B525" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C525" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D525" s="2">
         <v>813.42486245256157</v>
       </c>
       <c r="E525" s="2">
         <v>107722787.53290999</v>
       </c>
       <c r="F525" s="1">
         <v>41</v>
       </c>
     </row>
-    <row r="526" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="526" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A526" s="1" t="s">
         <v>70</v>
       </c>
       <c r="B526" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C526" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D526" s="2">
         <v>74915.483385883286</v>
       </c>
       <c r="E526" s="2">
         <v>4082631865.0852375</v>
       </c>
       <c r="F526" s="1">
         <v>1682</v>
       </c>
     </row>
-    <row r="527" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="527" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A527" s="1" t="s">
         <v>71</v>
       </c>
       <c r="B527" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C527" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D527" s="2">
         <v>233.80111132394214</v>
       </c>
       <c r="E527" s="2">
         <v>262038284.59874997</v>
       </c>
       <c r="F527" s="1">
         <v>55</v>
       </c>
     </row>
-    <row r="528" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="528" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A528" s="1" t="s">
         <v>71</v>
       </c>
       <c r="B528" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C528" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D528" s="2">
         <v>198.01940162104665</v>
       </c>
       <c r="E528" s="2">
         <v>3172128.24</v>
       </c>
       <c r="F528" s="1">
         <v>5</v>
       </c>
     </row>
-    <row r="529" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="529" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A529" s="1" t="s">
         <v>71</v>
       </c>
       <c r="B529" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C529" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D529" s="2">
         <v>12736.321351266373</v>
       </c>
       <c r="E529" s="2">
         <v>2632904912.5320005</v>
       </c>
       <c r="F529" s="1">
         <v>115</v>
       </c>
     </row>
-    <row r="530" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="530" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A530" s="1" t="s">
         <v>71</v>
       </c>
       <c r="B530" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C530" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D530" s="2">
         <v>168.76283400777154</v>
       </c>
       <c r="E530" s="2">
         <v>36130442.052000001</v>
       </c>
       <c r="F530" s="1">
         <v>13</v>
       </c>
     </row>
-    <row r="531" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="531" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A531" s="1" t="s">
         <v>71</v>
       </c>
       <c r="B531" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C531" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D531" s="2">
         <v>12268.313525953639</v>
       </c>
       <c r="E531" s="2">
         <v>917187559.80000007</v>
       </c>
       <c r="F531" s="1">
         <v>35</v>
       </c>
     </row>
-    <row r="532" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="532" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A532" s="1" t="s">
         <v>71</v>
       </c>
       <c r="B532" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C532" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D532" s="2">
         <v>206.88124125318217</v>
       </c>
       <c r="E532" s="2">
         <v>6649216.8830000004</v>
       </c>
       <c r="F532" s="1">
         <v>9</v>
       </c>
     </row>
-    <row r="533" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="533" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A533" s="1" t="s">
         <v>71</v>
       </c>
       <c r="B533" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C533" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D533" s="2">
         <v>10550.291576484091</v>
       </c>
       <c r="E533" s="2">
         <v>458920096.24100006</v>
       </c>
       <c r="F533" s="1">
         <v>40</v>
       </c>
     </row>
-    <row r="534" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="534" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A534" s="1" t="s">
         <v>71</v>
       </c>
       <c r="B534" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C534" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D534" s="2">
         <v>846.85592030957798</v>
       </c>
       <c r="E534" s="2">
         <v>36590273.119999997</v>
       </c>
       <c r="F534" s="1">
         <v>97</v>
       </c>
     </row>
-    <row r="535" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="535" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A535" s="1" t="s">
         <v>71</v>
       </c>
       <c r="B535" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C535" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D535" s="2">
         <v>63173.909353264506</v>
       </c>
       <c r="E535" s="2">
         <v>8311670780.963933</v>
       </c>
       <c r="F535" s="1">
         <v>1525</v>
       </c>
     </row>
-    <row r="536" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="536" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A536" s="1" t="s">
         <v>71</v>
       </c>
       <c r="B536" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C536" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D536" s="2">
         <v>789.27407734331689</v>
       </c>
       <c r="E536" s="2">
         <v>49255529.626480006</v>
       </c>
       <c r="F536" s="1">
         <v>14</v>
       </c>
     </row>
-    <row r="537" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="537" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A537" s="1" t="s">
         <v>71</v>
       </c>
       <c r="B537" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C537" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D537" s="2">
         <v>77405.840576136718</v>
       </c>
       <c r="E537" s="2">
         <v>2949851824.9611454</v>
       </c>
       <c r="F537" s="1">
         <v>1883</v>
       </c>
     </row>
-    <row r="538" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="538" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A538" s="1" t="s">
         <v>72</v>
       </c>
       <c r="B538" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C538" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D538" s="2">
         <v>228.4792988934559</v>
       </c>
       <c r="E538" s="2">
         <v>987979170.20199978</v>
       </c>
       <c r="F538" s="1">
         <v>118</v>
       </c>
     </row>
-    <row r="539" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="539" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A539" s="1" t="s">
         <v>72</v>
       </c>
       <c r="B539" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C539" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D539" s="2">
         <v>201.46355186440417</v>
       </c>
       <c r="E539" s="2">
         <v>6317711.6399999997</v>
       </c>
       <c r="F539" s="1">
         <v>9</v>
       </c>
     </row>
-    <row r="540" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="540" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A540" s="1" t="s">
         <v>72</v>
       </c>
       <c r="B540" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C540" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D540" s="2">
         <v>1917.3717948717949</v>
       </c>
       <c r="E540" s="2">
         <v>11964400</v>
       </c>
       <c r="F540" s="1">
         <v>3</v>
       </c>
     </row>
-    <row r="541" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="541" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A541" s="1" t="s">
         <v>72</v>
       </c>
       <c r="B541" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C541" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D541" s="2">
         <v>13824.166521303781</v>
       </c>
       <c r="E541" s="2">
         <v>5947510267.007</v>
       </c>
       <c r="F541" s="1">
         <v>186</v>
       </c>
     </row>
-    <row r="542" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="542" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A542" s="1" t="s">
         <v>72</v>
       </c>
       <c r="B542" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C542" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D542" s="2">
         <v>172.41309678884727</v>
       </c>
       <c r="E542" s="2">
         <v>126572963.3</v>
       </c>
       <c r="F542" s="1">
         <v>22</v>
       </c>
     </row>
-    <row r="543" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="543" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A543" s="1" t="s">
         <v>72</v>
       </c>
       <c r="B543" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C543" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D543" s="2">
         <v>12436.426633935294</v>
       </c>
       <c r="E543" s="2">
         <v>1581116603.8000002</v>
       </c>
       <c r="F543" s="1">
         <v>61</v>
       </c>
     </row>
-    <row r="544" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="544" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A544" s="1" t="s">
         <v>72</v>
       </c>
       <c r="B544" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C544" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D544" s="2">
         <v>208.40085338059433</v>
       </c>
       <c r="E544" s="2">
         <v>12320936.666999999</v>
       </c>
       <c r="F544" s="1">
         <v>12</v>
       </c>
     </row>
-    <row r="545" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="545" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A545" s="1" t="s">
         <v>72</v>
       </c>
       <c r="B545" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C545" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D545" s="2">
         <v>11735.365254683309</v>
       </c>
       <c r="E545" s="2">
         <v>652341071.27999997</v>
       </c>
       <c r="F545" s="1">
         <v>23</v>
       </c>
     </row>
-    <row r="546" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="546" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A546" s="1" t="s">
         <v>72</v>
       </c>
       <c r="B546" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C546" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D546" s="2">
         <v>889.55966376605704</v>
       </c>
       <c r="E546" s="2">
         <v>3005466.2800000003</v>
       </c>
       <c r="F546" s="1">
         <v>151</v>
       </c>
     </row>
-    <row r="547" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="547" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A547" s="1" t="s">
         <v>72</v>
       </c>
       <c r="B547" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C547" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D547" s="2">
         <v>60150.970484308513</v>
       </c>
       <c r="E547" s="2">
         <v>11816856228.788193</v>
       </c>
       <c r="F547" s="1">
         <v>1272</v>
       </c>
     </row>
-    <row r="548" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="548" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A548" s="1" t="s">
         <v>72</v>
       </c>
       <c r="B548" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C548" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D548" s="2">
         <v>797.3813030302598</v>
       </c>
       <c r="E548" s="2">
         <v>68093105.178780004</v>
       </c>
       <c r="F548" s="1">
         <v>39</v>
       </c>
     </row>
-    <row r="549" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="549" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A549" s="1" t="s">
         <v>72</v>
       </c>
       <c r="B549" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C549" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D549" s="2">
         <v>81310.374414902049</v>
       </c>
       <c r="E549" s="2">
         <v>4821633080.501586</v>
       </c>
       <c r="F549" s="1">
         <v>1197</v>
       </c>
     </row>
-    <row r="550" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="550" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A550" s="1" t="s">
         <v>73</v>
       </c>
       <c r="B550" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C550" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D550" s="2">
         <v>225.22173720023969</v>
       </c>
       <c r="E550" s="2">
         <v>186205163.52474993</v>
       </c>
       <c r="F550" s="1">
         <v>56</v>
       </c>
     </row>
-    <row r="551" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="551" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A551" s="1" t="s">
         <v>73</v>
       </c>
       <c r="B551" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C551" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D551" s="2">
         <v>13788.276779225565</v>
       </c>
       <c r="E551" s="2">
         <v>8542742127.3579979</v>
       </c>
       <c r="F551" s="1">
         <v>266</v>
       </c>
     </row>
-    <row r="552" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="552" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A552" s="1" t="s">
         <v>73</v>
       </c>
       <c r="B552" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C552" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D552" s="2">
         <v>170.66200319913995</v>
       </c>
       <c r="E552" s="2">
         <v>55479315.473999999</v>
       </c>
       <c r="F552" s="1">
         <v>14</v>
       </c>
     </row>
-    <row r="553" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="553" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A553" s="1" t="s">
         <v>73</v>
       </c>
       <c r="B553" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C553" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D553" s="2">
         <v>10487.930596254568</v>
       </c>
       <c r="E553" s="2">
         <v>748016871.79999995</v>
       </c>
       <c r="F553" s="1">
         <v>42</v>
       </c>
     </row>
-    <row r="554" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="554" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A554" s="1" t="s">
         <v>73</v>
       </c>
       <c r="B554" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C554" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D554" s="2">
         <v>204.56794054433698</v>
       </c>
       <c r="E554" s="2">
         <v>23243173.059</v>
       </c>
       <c r="F554" s="1">
         <v>13</v>
       </c>
     </row>
-    <row r="555" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="555" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A555" s="1" t="s">
         <v>73</v>
       </c>
       <c r="B555" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C555" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D555" s="2">
         <v>13632.891948698185</v>
       </c>
       <c r="E555" s="2">
         <v>346453473.80000001</v>
       </c>
       <c r="F555" s="1">
         <v>16</v>
       </c>
     </row>
-    <row r="556" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="556" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A556" s="1" t="s">
         <v>73</v>
       </c>
       <c r="B556" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C556" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D556" s="2">
         <v>826.03123177842576</v>
       </c>
       <c r="E556" s="2">
         <v>1133314.8500000001</v>
       </c>
       <c r="F556" s="1">
         <v>50</v>
       </c>
     </row>
-    <row r="557" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="557" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A557" s="1" t="s">
         <v>73</v>
       </c>
       <c r="B557" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C557" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D557" s="2">
         <v>63962.524598831063</v>
       </c>
       <c r="E557" s="2">
         <v>6212366406.0263786</v>
       </c>
       <c r="F557" s="1">
         <v>1151</v>
       </c>
     </row>
-    <row r="558" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="558" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A558" s="1" t="s">
         <v>73</v>
       </c>
       <c r="B558" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C558" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D558" s="2">
         <v>807.58364167866034</v>
       </c>
       <c r="E558" s="2">
         <v>59125516.979929991</v>
       </c>
       <c r="F558" s="1">
         <v>35</v>
       </c>
     </row>
-    <row r="559" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="559" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A559" s="1" t="s">
         <v>73</v>
       </c>
       <c r="B559" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C559" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D559" s="2">
         <v>71741.036416930379</v>
       </c>
       <c r="E559" s="2">
         <v>11010300029.521425</v>
       </c>
       <c r="F559" s="1">
         <v>1405</v>
       </c>
     </row>
-    <row r="560" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="560" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A560" s="1" t="s">
         <v>74</v>
       </c>
       <c r="B560" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C560" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D560" s="2">
         <v>230.18872842022756</v>
       </c>
       <c r="E560" s="2">
         <v>314074725.18975002</v>
       </c>
       <c r="F560" s="1">
         <v>71</v>
       </c>
     </row>
-    <row r="561" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="561" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A561" s="1" t="s">
         <v>74</v>
       </c>
       <c r="B561" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C561" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D561" s="2">
         <v>196.50349650349651</v>
       </c>
       <c r="E561" s="2">
         <v>14050000</v>
       </c>
       <c r="F561" s="1">
         <v>5</v>
       </c>
     </row>
-    <row r="562" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="562" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A562" s="1" t="s">
         <v>74</v>
       </c>
       <c r="B562" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C562" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D562" s="2">
         <v>13663.644858813377</v>
       </c>
       <c r="E562" s="2">
         <v>5424939702.7427998</v>
       </c>
       <c r="F562" s="1">
         <v>232</v>
       </c>
     </row>
-    <row r="563" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="563" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A563" s="1" t="s">
         <v>74</v>
       </c>
       <c r="B563" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C563" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D563" s="2">
         <v>171.46112255636513</v>
       </c>
       <c r="E563" s="2">
         <v>35610205.866999999</v>
       </c>
       <c r="F563" s="1">
         <v>20</v>
       </c>
     </row>
-    <row r="564" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="564" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A564" s="1" t="s">
         <v>74</v>
       </c>
       <c r="B564" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C564" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D564" s="2">
         <v>11865.28313789793</v>
       </c>
       <c r="E564" s="2">
         <v>614932062.35000002</v>
       </c>
       <c r="F564" s="1">
         <v>24</v>
       </c>
     </row>
-    <row r="565" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="565" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A565" s="1" t="s">
         <v>74</v>
       </c>
       <c r="B565" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C565" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D565" s="2">
         <v>832.6585783061729</v>
       </c>
       <c r="E565" s="2">
         <v>47955790.107679993</v>
       </c>
       <c r="F565" s="1">
         <v>23</v>
       </c>
     </row>
-    <row r="566" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="566" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A566" s="1" t="s">
         <v>74</v>
       </c>
       <c r="B566" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C566" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D566" s="2">
         <v>853.39261254564576</v>
       </c>
       <c r="E566" s="2">
         <v>210095.87388999999</v>
       </c>
       <c r="F566" s="1">
         <v>10</v>
       </c>
     </row>
-    <row r="567" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="567" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A567" s="1" t="s">
         <v>74</v>
       </c>
       <c r="B567" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C567" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D567" s="2">
         <v>68898.586349579287</v>
       </c>
       <c r="E567" s="2">
         <v>2394837763.9932394</v>
       </c>
       <c r="F567" s="1">
         <v>1650</v>
       </c>
     </row>
-    <row r="568" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="568" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A568" s="1" t="s">
         <v>74</v>
       </c>
       <c r="B568" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C568" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D568" s="2">
         <v>199.04133303667984</v>
       </c>
       <c r="E568" s="2">
         <v>11374487.075470001</v>
       </c>
       <c r="F568" s="1">
         <v>12</v>
       </c>
     </row>
-    <row r="569" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="569" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A569" s="1" t="s">
         <v>74</v>
       </c>
       <c r="B569" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C569" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D569" s="2">
         <v>9806.0212286743135</v>
       </c>
       <c r="E569" s="2">
         <v>292877906.94</v>
       </c>
       <c r="F569" s="1">
         <v>28</v>
       </c>
     </row>
-    <row r="570" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="570" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A570" s="1" t="s">
         <v>74</v>
       </c>
       <c r="B570" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C570" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D570" s="2">
         <v>875.54487030929704</v>
       </c>
       <c r="E570" s="2">
         <v>19645475.800000004</v>
       </c>
       <c r="F570" s="1">
         <v>125</v>
       </c>
     </row>
-    <row r="571" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="571" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A571" s="1" t="s">
         <v>74</v>
       </c>
       <c r="B571" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C571" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D571" s="2">
         <v>64970.574829725207</v>
       </c>
       <c r="E571" s="2">
         <v>5333513362.0500078</v>
       </c>
       <c r="F571" s="1">
         <v>1041</v>
       </c>
     </row>
-    <row r="572" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="572" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A572" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B572" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C572" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D572" s="2">
         <v>227.77245291565691</v>
       </c>
       <c r="E572" s="2">
         <v>154809072.85837999</v>
       </c>
       <c r="F572" s="1">
         <v>64</v>
       </c>
     </row>
-    <row r="573" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="573" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A573" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B573" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C573" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D573" s="2">
         <v>13741.863329323638</v>
       </c>
       <c r="E573" s="2">
         <v>5963947536.1987953</v>
       </c>
       <c r="F573" s="1">
         <v>332</v>
       </c>
     </row>
-    <row r="574" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="574" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A574" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B574" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C574" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D574" s="2">
         <v>171.65477687346794</v>
       </c>
       <c r="E574" s="2">
         <v>35756858.133499995</v>
       </c>
       <c r="F574" s="1">
         <v>17</v>
       </c>
     </row>
-    <row r="575" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="575" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A575" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B575" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C575" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D575" s="2">
         <v>12537.1883550565</v>
       </c>
       <c r="E575" s="2">
         <v>1591650347.6999998</v>
       </c>
       <c r="F575" s="1">
         <v>40</v>
       </c>
     </row>
-    <row r="576" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="576" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A576" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B576" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C576" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D576" s="2">
         <v>13929.251512792795</v>
       </c>
       <c r="E576" s="2">
         <v>1397618473.2839999</v>
       </c>
       <c r="F576" s="1">
         <v>18</v>
       </c>
     </row>
-    <row r="577" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="577" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A577" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B577" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C577" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D577" s="2">
         <v>863.40242906298283</v>
       </c>
       <c r="E577" s="2">
         <v>6925523.5639999984</v>
       </c>
       <c r="F577" s="1">
         <v>61</v>
       </c>
     </row>
-    <row r="578" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="578" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A578" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B578" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C578" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D578" s="2">
         <v>64446.484110865364</v>
       </c>
       <c r="E578" s="2">
         <v>5502480125.7409983</v>
       </c>
       <c r="F578" s="1">
         <v>1086</v>
       </c>
     </row>
-    <row r="579" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="579" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A579" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B579" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C579" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D579" s="2">
         <v>905.82171735016664</v>
       </c>
       <c r="E579" s="2">
         <v>173337485.84595001</v>
       </c>
       <c r="F579" s="1">
         <v>25</v>
       </c>
     </row>
-    <row r="580" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="580" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A580" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B580" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C580" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D580" s="2">
         <v>92443.79364759507</v>
       </c>
       <c r="E580" s="2">
         <v>9880133360.2137833</v>
       </c>
       <c r="F580" s="1">
         <v>1228</v>
       </c>
     </row>
-    <row r="581" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="581" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A581" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B581" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C581" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D581" s="2">
         <v>217.23065637607931</v>
       </c>
       <c r="E581" s="2">
         <v>3343796.085</v>
       </c>
       <c r="F581" s="1">
         <v>5</v>
       </c>
     </row>
-    <row r="582" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="582" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A582" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B582" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C582" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D582" s="2">
         <v>229.98684846427767</v>
       </c>
       <c r="E582" s="2">
         <v>221497838.39864001</v>
       </c>
       <c r="F582" s="1">
         <v>86</v>
       </c>
     </row>
-    <row r="583" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="583" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A583" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B583" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C583" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D583" s="2">
         <v>14796.497590245208</v>
       </c>
       <c r="E583" s="2">
         <v>9613055552.9715958</v>
       </c>
       <c r="F583" s="1">
         <v>329</v>
       </c>
     </row>
-    <row r="584" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="584" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A584" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B584" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C584" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D584" s="2">
         <v>170.73223824197791</v>
       </c>
       <c r="E584" s="2">
         <v>58860238.769000001</v>
       </c>
       <c r="F584" s="1">
         <v>16</v>
       </c>
     </row>
-    <row r="585" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="585" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A585" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B585" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C585" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D585" s="2">
         <v>12962.330934082156</v>
       </c>
       <c r="E585" s="2">
         <v>1205098638.875</v>
       </c>
       <c r="F585" s="1">
         <v>41</v>
       </c>
     </row>
-    <row r="586" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="586" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A586" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B586" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C586" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D586" s="2">
         <v>206.97695563009225</v>
       </c>
       <c r="E586" s="2">
         <v>5923322.4000000004</v>
       </c>
       <c r="F586" s="1">
         <v>4</v>
       </c>
     </row>
-    <row r="587" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="587" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A587" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B587" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C587" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D587" s="2">
         <v>9989.0129873734077</v>
       </c>
       <c r="E587" s="2">
         <v>410324580</v>
       </c>
       <c r="F587" s="1">
         <v>28</v>
       </c>
     </row>
-    <row r="588" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="588" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A588" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B588" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C588" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D588" s="2">
         <v>839.73446854460087</v>
       </c>
       <c r="E588" s="2">
         <v>8943172.0899999999</v>
       </c>
       <c r="F588" s="1">
         <v>84</v>
       </c>
     </row>
-    <row r="589" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="589" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A589" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B589" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C589" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D589" s="2">
         <v>61752.989243232849</v>
       </c>
       <c r="E589" s="2">
         <v>5103099248.1889963</v>
       </c>
       <c r="F589" s="1">
         <v>1004</v>
       </c>
     </row>
-    <row r="590" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="590" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A590" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B590" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C590" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D590" s="2">
         <v>1044.0208397261492</v>
       </c>
       <c r="E590" s="2">
         <v>427652866.65358996</v>
       </c>
       <c r="F590" s="1">
         <v>23</v>
       </c>
     </row>
-    <row r="591" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="591" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A591" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B591" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C591" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D591" s="2">
         <v>92734.186227835991</v>
       </c>
       <c r="E591" s="2">
         <v>10935460800.111555</v>
       </c>
       <c r="F591" s="1">
         <v>1220</v>
       </c>
     </row>
-    <row r="592" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="592" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A592" s="1" t="s">
         <v>77</v>
       </c>
       <c r="B592" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C592" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D592" s="2">
         <v>239.83980176302279</v>
       </c>
       <c r="E592" s="2">
         <v>763811305.74360013</v>
       </c>
       <c r="F592" s="1">
         <v>112</v>
       </c>
     </row>
-    <row r="593" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="593" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A593" s="1" t="s">
         <v>77</v>
       </c>
       <c r="B593" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C593" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D593" s="2">
         <v>282.70349337463432</v>
       </c>
       <c r="E593" s="2">
         <v>82139500</v>
       </c>
       <c r="F593" s="1">
         <v>6</v>
       </c>
     </row>
-    <row r="594" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="594" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A594" s="1" t="s">
         <v>77</v>
       </c>
       <c r="B594" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C594" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D594" s="2">
         <v>13857.108096335065</v>
       </c>
       <c r="E594" s="2">
         <v>8222732921.9819937</v>
       </c>
       <c r="F594" s="1">
         <v>337</v>
       </c>
     </row>
-    <row r="595" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="595" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A595" s="1" t="s">
         <v>77</v>
       </c>
       <c r="B595" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C595" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D595" s="2">
         <v>145.58719654490889</v>
       </c>
       <c r="E595" s="2">
         <v>5302251.1940000001</v>
       </c>
       <c r="F595" s="1">
         <v>11</v>
       </c>
     </row>
-    <row r="596" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="596" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A596" s="1" t="s">
         <v>77</v>
       </c>
       <c r="B596" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C596" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D596" s="2">
         <v>11841.745131819804</v>
       </c>
       <c r="E596" s="2">
         <v>587354845.25</v>
       </c>
       <c r="F596" s="1">
         <v>26</v>
       </c>
     </row>
-    <row r="597" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="597" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A597" s="1" t="s">
         <v>77</v>
       </c>
       <c r="B597" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C597" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D597" s="2">
         <v>209.64919709338568</v>
       </c>
       <c r="E597" s="2">
         <v>9892023.5629999992</v>
       </c>
       <c r="F597" s="1">
         <v>9</v>
       </c>
     </row>
-    <row r="598" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="598" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A598" s="1" t="s">
         <v>77</v>
       </c>
       <c r="B598" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C598" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D598" s="2">
         <v>11248.07166062163</v>
       </c>
       <c r="E598" s="2">
         <v>298030189</v>
       </c>
       <c r="F598" s="1">
         <v>14</v>
       </c>
     </row>
-    <row r="599" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="599" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A599" s="1" t="s">
         <v>77</v>
       </c>
       <c r="B599" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C599" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D599" s="2">
         <v>855.80443349753705</v>
       </c>
       <c r="E599" s="2">
         <v>1389826.4000000001</v>
       </c>
       <c r="F599" s="1">
         <v>61</v>
       </c>
     </row>
-    <row r="600" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="600" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A600" s="1" t="s">
         <v>77</v>
       </c>
       <c r="B600" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C600" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D600" s="2">
         <v>58978.574645215311</v>
       </c>
       <c r="E600" s="2">
         <v>5113449381.2119989</v>
       </c>
       <c r="F600" s="1">
         <v>681</v>
       </c>
     </row>
-    <row r="601" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="601" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A601" s="1" t="s">
         <v>77</v>
       </c>
       <c r="B601" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C601" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D601" s="2">
         <v>835.39605368947866</v>
       </c>
       <c r="E601" s="2">
         <v>57180513.247530006</v>
       </c>
       <c r="F601" s="1">
         <v>19</v>
       </c>
     </row>
-    <row r="602" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="602" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A602" s="1" t="s">
         <v>77</v>
       </c>
       <c r="B602" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C602" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D602" s="2">
         <v>95582.843823090065</v>
       </c>
       <c r="E602" s="2">
         <v>7947076977.7329264</v>
       </c>
       <c r="F602" s="1">
         <v>1005</v>
       </c>
     </row>
-    <row r="603" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="603" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A603" s="1" t="s">
         <v>78</v>
       </c>
       <c r="B603" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C603" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D603" s="2">
         <v>236.57333872421006</v>
       </c>
       <c r="E603" s="2">
         <v>189662487.47416997</v>
       </c>
       <c r="F603" s="1">
         <v>47</v>
       </c>
     </row>
-    <row r="604" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="604" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A604" s="1" t="s">
         <v>78</v>
       </c>
       <c r="B604" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C604" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D604" s="2">
         <v>13520.388170360591</v>
       </c>
       <c r="E604" s="2">
         <v>10012529557.255602</v>
       </c>
       <c r="F604" s="1">
         <v>323</v>
       </c>
     </row>
-    <row r="605" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="605" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A605" s="1" t="s">
         <v>78</v>
       </c>
       <c r="B605" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C605" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D605" s="2">
         <v>156.62804000844829</v>
       </c>
       <c r="E605" s="2">
         <v>20062798.274250001</v>
       </c>
       <c r="F605" s="1">
         <v>11</v>
       </c>
     </row>
-    <row r="606" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="606" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A606" s="1" t="s">
         <v>78</v>
       </c>
       <c r="B606" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C606" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D606" s="2">
         <v>11816.541056854208</v>
       </c>
       <c r="E606" s="2">
         <v>1750456520.3499999</v>
       </c>
       <c r="F606" s="1">
         <v>50</v>
       </c>
     </row>
-    <row r="607" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="607" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A607" s="1" t="s">
         <v>78</v>
       </c>
       <c r="B607" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C607" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D607" s="2">
         <v>240.75627110197013</v>
       </c>
       <c r="E607" s="2">
         <v>3686877.9759999998</v>
       </c>
       <c r="F607" s="1">
         <v>5</v>
       </c>
     </row>
-    <row r="608" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="608" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A608" s="1" t="s">
         <v>78</v>
       </c>
       <c r="B608" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C608" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D608" s="2">
         <v>12217.357752527529</v>
       </c>
       <c r="E608" s="2">
         <v>391269874</v>
       </c>
       <c r="F608" s="1">
         <v>24</v>
       </c>
     </row>
-    <row r="609" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="609" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A609" s="1" t="s">
         <v>78</v>
       </c>
       <c r="B609" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C609" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D609" s="2">
         <v>820.74704335043953</v>
       </c>
       <c r="E609" s="2">
         <v>6365221.6199999982</v>
       </c>
       <c r="F609" s="1">
         <v>70</v>
       </c>
     </row>
-    <row r="610" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="610" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A610" s="1" t="s">
         <v>78</v>
       </c>
       <c r="B610" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C610" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D610" s="2">
         <v>57940.856640899656</v>
       </c>
       <c r="E610" s="2">
         <v>12444460127.993113</v>
       </c>
       <c r="F610" s="1">
         <v>931</v>
       </c>
     </row>
-    <row r="611" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="611" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A611" s="1" t="s">
         <v>78</v>
       </c>
       <c r="B611" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C611" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D611" s="2">
         <v>844.08918617332347</v>
       </c>
       <c r="E611" s="2">
         <v>66662055.741899997</v>
       </c>
       <c r="F611" s="1">
         <v>26</v>
       </c>
     </row>
-    <row r="612" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="612" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A612" s="1" t="s">
         <v>78</v>
       </c>
       <c r="B612" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C612" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D612" s="2">
         <v>86078.587204619456</v>
       </c>
       <c r="E612" s="2">
         <v>3835355406.0673866</v>
       </c>
       <c r="F612" s="1">
         <v>1138</v>
       </c>
     </row>
-    <row r="613" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="613" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A613" s="1" t="s">
         <v>79</v>
       </c>
       <c r="B613" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C613" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D613" s="2">
         <v>246.9666303875633</v>
       </c>
       <c r="E613" s="2">
         <v>705425220.34070992</v>
       </c>
       <c r="F613" s="1">
         <v>101</v>
       </c>
     </row>
-    <row r="614" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="614" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A614" s="1" t="s">
         <v>79</v>
       </c>
       <c r="B614" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C614" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D614" s="2">
         <v>12985.224372761631</v>
       </c>
       <c r="E614" s="2">
         <v>7728501263.9049978</v>
       </c>
       <c r="F614" s="1">
         <v>276</v>
       </c>
     </row>
-    <row r="615" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="615" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A615" s="1" t="s">
         <v>79</v>
       </c>
       <c r="B615" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C615" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D615" s="2">
         <v>171.81506760393711</v>
       </c>
       <c r="E615" s="2">
         <v>25497942.437249999</v>
       </c>
       <c r="F615" s="1">
         <v>10</v>
       </c>
     </row>
-    <row r="616" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="616" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A616" s="1" t="s">
         <v>79</v>
       </c>
       <c r="B616" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C616" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D616" s="2">
         <v>10721.339039898952</v>
       </c>
       <c r="E616" s="2">
         <v>577008636.60000002</v>
       </c>
       <c r="F616" s="1">
         <v>20</v>
       </c>
     </row>
-    <row r="617" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="617" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A617" s="1" t="s">
         <v>79</v>
       </c>
       <c r="B617" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C617" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D617" s="2">
         <v>242.35100806090048</v>
       </c>
       <c r="E617" s="2">
         <v>2770339.82</v>
       </c>
       <c r="F617" s="1">
         <v>4</v>
       </c>
     </row>
-    <row r="618" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="618" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A618" s="1" t="s">
         <v>79</v>
       </c>
       <c r="B618" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C618" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D618" s="2">
         <v>16117.200168937554</v>
       </c>
       <c r="E618" s="2">
         <v>485793607.21000004</v>
       </c>
       <c r="F618" s="1">
         <v>15</v>
       </c>
     </row>
-    <row r="619" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="619" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A619" s="1" t="s">
         <v>79</v>
       </c>
       <c r="B619" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C619" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D619" s="2">
         <v>830.73132815140241</v>
       </c>
       <c r="E619" s="2">
         <v>2949760.8</v>
       </c>
       <c r="F619" s="1">
         <v>77</v>
       </c>
     </row>
-    <row r="620" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="620" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A620" s="1" t="s">
         <v>79</v>
       </c>
       <c r="B620" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C620" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D620" s="2">
         <v>57917.701764143538</v>
       </c>
       <c r="E620" s="2">
         <v>8507759987.0570078</v>
       </c>
       <c r="F620" s="1">
         <v>943</v>
       </c>
     </row>
-    <row r="621" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="621" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A621" s="1" t="s">
         <v>79</v>
       </c>
       <c r="B621" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C621" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D621" s="2">
         <v>854.97610495296863</v>
       </c>
       <c r="E621" s="2">
         <v>35271691.234559998</v>
       </c>
       <c r="F621" s="1">
         <v>21</v>
       </c>
     </row>
-    <row r="622" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="622" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A622" s="1" t="s">
         <v>79</v>
       </c>
       <c r="B622" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C622" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D622" s="2">
         <v>25308.906554798887</v>
       </c>
       <c r="E622" s="2">
         <v>1871260422.6636739</v>
       </c>
       <c r="F622" s="1">
         <v>1189</v>
       </c>
     </row>
-    <row r="623" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="623" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A623" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B623" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C623" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D623" s="2">
         <v>234.02980788042885</v>
       </c>
       <c r="E623" s="2">
         <v>178784189.18510997</v>
       </c>
       <c r="F623" s="1">
         <v>54</v>
       </c>
     </row>
-    <row r="624" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="624" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A624" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B624" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C624" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D624" s="2">
         <v>246.50804857087118</v>
       </c>
       <c r="E624" s="2">
         <v>4675296.3</v>
       </c>
       <c r="F624" s="1">
         <v>3</v>
       </c>
     </row>
-    <row r="625" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="625" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A625" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B625" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C625" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D625" s="2">
         <v>12413.88186342317</v>
       </c>
       <c r="E625" s="2">
         <v>6509089279.6759968</v>
       </c>
       <c r="F625" s="1">
         <v>262</v>
       </c>
     </row>
-    <row r="626" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="626" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A626" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B626" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C626" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D626" s="2">
         <v>177.49103238829809</v>
       </c>
       <c r="E626" s="2">
         <v>17782954.861000001</v>
       </c>
       <c r="F626" s="1">
         <v>12</v>
       </c>
     </row>
-    <row r="627" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="627" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A627" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B627" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C627" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D627" s="2">
         <v>13365.765926302824</v>
       </c>
       <c r="E627" s="2">
         <v>723327130.36000001</v>
       </c>
       <c r="F627" s="1">
         <v>32</v>
       </c>
     </row>
-    <row r="628" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="628" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A628" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B628" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C628" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D628" s="2">
         <v>257.91139240506328</v>
       </c>
       <c r="E628" s="2">
         <v>6112500</v>
       </c>
       <c r="F628" s="1">
         <v>4</v>
       </c>
     </row>
-    <row r="629" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="629" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A629" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B629" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C629" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D629" s="2">
         <v>12389.613080008583</v>
       </c>
       <c r="E629" s="2">
         <v>150115030</v>
       </c>
       <c r="F629" s="1">
         <v>8</v>
       </c>
     </row>
-    <row r="630" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="630" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A630" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B630" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C630" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D630" s="2">
         <v>812.67434866516555</v>
       </c>
       <c r="E630" s="2">
         <v>10106418.199999999</v>
       </c>
       <c r="F630" s="1">
         <v>61</v>
       </c>
     </row>
-    <row r="631" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="631" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A631" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B631" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C631" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D631" s="2">
         <v>58435.570713407571</v>
       </c>
       <c r="E631" s="2">
         <v>8243285074.0830994</v>
       </c>
       <c r="F631" s="1">
         <v>907</v>
       </c>
     </row>
-    <row r="632" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="632" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A632" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B632" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C632" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D632" s="2">
         <v>1011.3403299681029</v>
       </c>
       <c r="E632" s="2">
         <v>184845338.00137997</v>
       </c>
       <c r="F632" s="1">
         <v>19</v>
       </c>
     </row>
-    <row r="633" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="633" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A633" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B633" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C633" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D633" s="2">
         <v>98990.302637657078</v>
       </c>
       <c r="E633" s="2">
         <v>4480704383.8733025</v>
       </c>
       <c r="F633" s="1">
         <v>1213</v>
       </c>
     </row>
-    <row r="634" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="634" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A634" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B634" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C634" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D634" s="2">
         <v>13716.252738119096</v>
       </c>
       <c r="E634" s="2">
         <v>69805576.409999996</v>
       </c>
       <c r="F634" s="1">
         <v>58</v>
       </c>
     </row>
-    <row r="635" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="635" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A635" s="1" t="s">
         <v>82</v>
       </c>
       <c r="B635" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C635" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D635" s="2">
         <v>239.94713541242092</v>
       </c>
       <c r="E635" s="2">
         <v>100231386.37709001</v>
       </c>
       <c r="F635" s="1">
         <v>48</v>
       </c>
     </row>
-    <row r="636" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="636" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A636" s="1" t="s">
         <v>82</v>
       </c>
       <c r="B636" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C636" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D636" s="2">
         <v>13489.773085278835</v>
       </c>
       <c r="E636" s="2">
         <v>6849763889.6523113</v>
       </c>
       <c r="F636" s="1">
         <v>209</v>
       </c>
     </row>
-    <row r="637" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="637" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A637" s="1" t="s">
         <v>82</v>
       </c>
       <c r="B637" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C637" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D637" s="2">
         <v>153.68612630122661</v>
       </c>
       <c r="E637" s="2">
         <v>3722090.943</v>
       </c>
       <c r="F637" s="1">
         <v>6</v>
       </c>
     </row>
-    <row r="638" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="638" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A638" s="1" t="s">
         <v>82</v>
       </c>
       <c r="B638" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C638" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D638" s="2">
         <v>13066.61283546923</v>
       </c>
       <c r="E638" s="2">
         <v>610141174.37</v>
       </c>
       <c r="F638" s="1">
         <v>39</v>
       </c>
     </row>
-    <row r="639" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="639" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A639" s="1" t="s">
         <v>82</v>
       </c>
       <c r="B639" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C639" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D639" s="2">
         <v>11704.495785201374</v>
       </c>
       <c r="E639" s="2">
         <v>374895000</v>
       </c>
       <c r="F639" s="1">
         <v>22</v>
       </c>
     </row>
-    <row r="640" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="640" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A640" s="1" t="s">
         <v>82</v>
       </c>
       <c r="B640" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C640" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D640" s="2">
         <v>912.78784753363232</v>
       </c>
       <c r="E640" s="2">
         <v>4071033.8000000003</v>
       </c>
       <c r="F640" s="1">
         <v>171</v>
       </c>
     </row>
-    <row r="641" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="641" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A641" s="1" t="s">
         <v>82</v>
       </c>
       <c r="B641" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C641" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D641" s="2">
         <v>55141.826892925637</v>
       </c>
       <c r="E641" s="2">
         <v>14341070788.910852</v>
       </c>
       <c r="F641" s="1">
         <v>2733</v>
       </c>
     </row>
-    <row r="642" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="642" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A642" s="1" t="s">
         <v>82</v>
       </c>
       <c r="B642" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C642" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D642" s="2">
         <v>827.02068306778824</v>
       </c>
       <c r="E642" s="2">
         <v>40230526.986479998</v>
       </c>
       <c r="F642" s="1">
         <v>34</v>
       </c>
     </row>
-    <row r="643" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="643" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A643" s="1" t="s">
         <v>82</v>
       </c>
       <c r="B643" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C643" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D643" s="2">
         <v>98231.827328603467</v>
       </c>
       <c r="E643" s="2">
         <v>12188154840.236666</v>
       </c>
       <c r="F643" s="1">
         <v>1102</v>
       </c>
     </row>
-    <row r="644" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="644" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A644" s="1" t="s">
         <v>82</v>
       </c>
       <c r="B644" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C644" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D644" s="2">
         <v>244.93072991844318</v>
       </c>
       <c r="E644" s="2">
         <v>4488269.9000000004</v>
       </c>
       <c r="F644" s="1">
         <v>6</v>
       </c>
     </row>
-    <row r="645" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="645" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A645" s="1" t="s">
         <v>82</v>
       </c>
       <c r="B645" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C645" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D645" s="2">
         <v>14270.074996036505</v>
       </c>
       <c r="E645" s="2">
         <v>126913337.89</v>
       </c>
       <c r="F645" s="1">
         <v>76</v>
       </c>
     </row>
-    <row r="646" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="646" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A646" s="1" t="s">
         <v>83</v>
       </c>
       <c r="B646" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C646" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D646" s="2">
         <v>247.36684989296219</v>
       </c>
       <c r="E646" s="2">
         <v>132942935.82382999</v>
       </c>
       <c r="F646" s="1">
         <v>39</v>
       </c>
     </row>
-    <row r="647" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="647" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A647" s="1" t="s">
         <v>83</v>
       </c>
       <c r="B647" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C647" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D647" s="2">
         <v>197.59856706450526</v>
       </c>
       <c r="E647" s="2">
         <v>15002722.58</v>
       </c>
       <c r="F647" s="1">
         <v>9</v>
       </c>
     </row>
-    <row r="648" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="648" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A648" s="1" t="s">
         <v>83</v>
       </c>
       <c r="B648" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C648" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D648" s="2">
         <v>14782.837616308836</v>
       </c>
       <c r="E648" s="2">
         <v>6529909638.4987993</v>
       </c>
       <c r="F648" s="1">
         <v>251</v>
       </c>
     </row>
-    <row r="649" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="649" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A649" s="1" t="s">
         <v>83</v>
       </c>
       <c r="B649" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C649" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D649" s="2">
         <v>197.08220401332156</v>
       </c>
       <c r="E649" s="2">
         <v>25546878.447999999</v>
       </c>
       <c r="F649" s="1">
         <v>15</v>
       </c>
     </row>
-    <row r="650" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="650" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A650" s="1" t="s">
         <v>83</v>
       </c>
       <c r="B650" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C650" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D650" s="2">
         <v>1783.1606217616579</v>
       </c>
       <c r="E650" s="2">
         <v>34415000</v>
       </c>
       <c r="F650" s="1">
         <v>5</v>
       </c>
     </row>
-    <row r="651" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="651" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A651" s="1" t="s">
         <v>83</v>
       </c>
       <c r="B651" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C651" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D651" s="2">
         <v>13386.291024831424</v>
       </c>
       <c r="E651" s="2">
         <v>977144200.38399994</v>
       </c>
       <c r="F651" s="1">
         <v>33</v>
       </c>
     </row>
-    <row r="652" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="652" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A652" s="1" t="s">
         <v>83</v>
       </c>
       <c r="B652" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C652" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D652" s="2">
         <v>242.27623953638121</v>
       </c>
       <c r="E652" s="2">
         <v>6772590</v>
       </c>
       <c r="F652" s="1">
         <v>8</v>
       </c>
     </row>
-    <row r="653" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="653" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A653" s="1" t="s">
         <v>83</v>
       </c>
       <c r="B653" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C653" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D653" s="2">
         <v>14420.827944879471</v>
       </c>
       <c r="E653" s="2">
         <v>589543534.60000002</v>
       </c>
       <c r="F653" s="1">
         <v>32</v>
       </c>
     </row>
-    <row r="654" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="654" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A654" s="1" t="s">
         <v>83</v>
       </c>
       <c r="B654" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C654" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D654" s="2">
         <v>895.22764976958524</v>
       </c>
       <c r="E654" s="2">
         <v>3885288</v>
       </c>
       <c r="F654" s="1">
         <v>123</v>
       </c>
     </row>
-    <row r="655" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="655" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A655" s="1" t="s">
         <v>83</v>
       </c>
       <c r="B655" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C655" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D655" s="2">
         <v>57426.901387224527</v>
       </c>
       <c r="E655" s="2">
         <v>12888235577.631933</v>
       </c>
       <c r="F655" s="1">
         <v>2808</v>
       </c>
     </row>
-    <row r="656" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="656" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A656" s="1" t="s">
         <v>83</v>
       </c>
       <c r="B656" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C656" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D656" s="2">
         <v>838.74933962894625</v>
       </c>
       <c r="E656" s="2">
         <v>57266813.090969995</v>
       </c>
       <c r="F656" s="1">
         <v>17</v>
       </c>
     </row>
-    <row r="657" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="657" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A657" s="1" t="s">
         <v>83</v>
       </c>
       <c r="B657" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C657" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D657" s="2">
         <v>51234.393638331509</v>
       </c>
       <c r="E657" s="2">
         <v>2660393383.9532609</v>
       </c>
       <c r="F657" s="1">
         <v>1113</v>
       </c>
     </row>
-    <row r="658" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="658" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A658" s="1" t="s">
         <v>83</v>
       </c>
       <c r="B658" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C658" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D658" s="2">
         <v>203.34196891191709</v>
       </c>
       <c r="E658" s="2">
         <v>1177350</v>
       </c>
       <c r="F658" s="1">
         <v>5</v>
       </c>
     </row>
-    <row r="659" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="659" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A659" s="1" t="s">
         <v>83</v>
       </c>
       <c r="B659" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C659" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D659" s="2">
         <v>15148.375598420018</v>
       </c>
       <c r="E659" s="2">
         <v>68379313</v>
       </c>
       <c r="F659" s="1">
         <v>45</v>
       </c>
     </row>
-    <row r="660" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="660" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A660" s="4" t="s">
         <v>84</v>
       </c>
       <c r="B660" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C660" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D660" s="2">
         <v>255.36384167912556</v>
       </c>
       <c r="E660" s="2">
         <v>106851693.09</v>
       </c>
       <c r="F660" s="1">
         <v>32</v>
       </c>
     </row>
-    <row r="661" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="661" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A661" s="4" t="s">
         <v>84</v>
       </c>
       <c r="B661" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C661" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D661" s="2">
         <v>12705.886536562524</v>
       </c>
       <c r="E661" s="2">
         <v>4661319309.4039993</v>
       </c>
       <c r="F661" s="1">
         <v>167</v>
       </c>
     </row>
-    <row r="662" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="662" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A662" s="4" t="s">
         <v>84</v>
       </c>
       <c r="B662" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C662" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D662" s="2">
         <v>167.67466316634241</v>
       </c>
       <c r="E662" s="2">
         <v>33312464.069949999</v>
       </c>
       <c r="F662" s="1">
         <v>18</v>
       </c>
     </row>
-    <row r="663" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="663" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A663" s="4" t="s">
         <v>84</v>
       </c>
       <c r="B663" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C663" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D663" s="2">
         <v>1822.7272727272727</v>
       </c>
       <c r="E663" s="2">
         <v>20050000</v>
       </c>
       <c r="F663" s="1">
         <v>4</v>
       </c>
     </row>
-    <row r="664" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="664" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A664" s="4" t="s">
         <v>84</v>
       </c>
       <c r="B664" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C664" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D664" s="2">
         <v>14104.176884532944</v>
       </c>
       <c r="E664" s="2">
         <v>538708020.60400009</v>
       </c>
       <c r="F664" s="1">
         <v>27</v>
       </c>
     </row>
-    <row r="665" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="665" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A665" s="4" t="s">
         <v>84</v>
       </c>
       <c r="B665" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C665" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D665" s="2">
         <v>210.28663054722477</v>
       </c>
       <c r="E665" s="2">
         <v>31395370.844000001</v>
       </c>
       <c r="F665" s="1">
         <v>11</v>
       </c>
     </row>
-    <row r="666" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="666" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A666" s="4" t="s">
         <v>84</v>
       </c>
       <c r="B666" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C666" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D666" s="2">
         <v>12797.723988643818</v>
       </c>
       <c r="E666" s="2">
         <v>519969606</v>
       </c>
       <c r="F666" s="1">
         <v>28</v>
       </c>
     </row>
-    <row r="667" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="667" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A667" s="4" t="s">
         <v>84</v>
       </c>
       <c r="B667" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C667" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D667" s="2">
         <v>791.48686351225797</v>
       </c>
       <c r="E667" s="2">
         <v>2811915.3799999994</v>
       </c>
       <c r="F667" s="1">
         <v>59</v>
       </c>
     </row>
-    <row r="668" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="668" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A668" s="4" t="s">
         <v>84</v>
       </c>
       <c r="B668" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C668" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D668" s="2">
         <v>58887.968710139314</v>
       </c>
       <c r="E668" s="2">
         <v>10008281696.935995</v>
       </c>
       <c r="F668" s="1">
         <v>1559</v>
       </c>
     </row>
-    <row r="669" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="669" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A669" s="4" t="s">
         <v>84</v>
       </c>
       <c r="B669" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C669" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D669" s="2">
         <v>797.77925522281873</v>
       </c>
       <c r="E669" s="2">
         <v>27185161.003260002</v>
       </c>
       <c r="F669" s="1">
         <v>10</v>
       </c>
     </row>
-    <row r="670" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="670" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A670" s="4" t="s">
         <v>84</v>
       </c>
       <c r="B670" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C670" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D670" s="2">
         <v>76328.564226229195</v>
       </c>
       <c r="E670" s="2">
         <v>6263761728.4246168</v>
       </c>
       <c r="F670" s="1">
         <v>1480</v>
       </c>
     </row>
-    <row r="671" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="671" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A671" s="4" t="s">
         <v>84</v>
       </c>
       <c r="B671" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C671" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D671" s="2">
         <v>193.21052631578948</v>
       </c>
       <c r="E671" s="2">
         <v>3671000</v>
       </c>
       <c r="F671" s="1">
         <v>5</v>
       </c>
     </row>
-    <row r="672" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="672" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A672" s="4" t="s">
         <v>84</v>
       </c>
       <c r="B672" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C672" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D672" s="2">
         <v>200</v>
       </c>
       <c r="E672" s="2">
         <v>2698000</v>
       </c>
       <c r="F672" s="1">
         <v>4</v>
       </c>
     </row>
-    <row r="673" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="673" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A673" s="4" t="s">
         <v>84</v>
       </c>
       <c r="B673" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C673" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D673" s="2">
         <v>14654.888250418853</v>
       </c>
       <c r="E673" s="2">
         <v>140039620.78999999</v>
       </c>
       <c r="F673" s="1">
         <v>61</v>
       </c>
     </row>
-    <row r="674" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="674" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A674" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B674" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C674" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D674" s="2">
         <v>248.88806739209923</v>
       </c>
       <c r="E674" s="2">
         <v>81636362.54550001</v>
       </c>
       <c r="F674" s="1">
         <v>32</v>
       </c>
     </row>
-    <row r="675" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="675" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A675" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B675" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C675" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D675" s="2">
         <v>217.37748758985046</v>
       </c>
       <c r="E675" s="2">
         <v>11797534.918</v>
       </c>
       <c r="F675" s="1">
         <v>13</v>
       </c>
     </row>
-    <row r="676" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="676" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A676" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B676" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C676" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D676" s="2">
         <v>15963.648221504005</v>
       </c>
       <c r="E676" s="2">
         <v>289614980.39999998</v>
       </c>
       <c r="F676" s="1">
         <v>8</v>
       </c>
     </row>
-    <row r="677" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="677" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A677" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B677" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C677" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D677" s="2">
         <v>12737.535828035119</v>
       </c>
       <c r="E677" s="2">
         <v>5602657485.2335005</v>
       </c>
       <c r="F677" s="1">
         <v>207</v>
       </c>
     </row>
-    <row r="678" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="678" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A678" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B678" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C678" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D678" s="2">
         <v>167.3174445632749</v>
       </c>
       <c r="E678" s="2">
         <v>6528746.2630000003</v>
       </c>
       <c r="F678" s="1">
         <v>4</v>
       </c>
     </row>
-    <row r="679" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="679" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A679" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B679" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C679" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D679" s="2">
         <v>11893.912986979165</v>
       </c>
       <c r="E679" s="2">
         <v>1071869673.4840001</v>
       </c>
       <c r="F679" s="1">
         <v>30</v>
       </c>
     </row>
-    <row r="680" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="680" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A680" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B680" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C680" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D680" s="2">
         <v>246.23255813953489</v>
       </c>
       <c r="E680" s="2">
         <v>15882000</v>
       </c>
       <c r="F680" s="1">
         <v>4</v>
       </c>
     </row>
-    <row r="681" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="681" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A681" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B681" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C681" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D681" s="2">
         <v>12901.400840038345</v>
       </c>
       <c r="E681" s="2">
         <v>908708620</v>
       </c>
       <c r="F681" s="1">
         <v>40</v>
       </c>
     </row>
-    <row r="682" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="682" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A682" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B682" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C682" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D682" s="2">
         <v>823.59676039299598</v>
       </c>
       <c r="E682" s="2">
         <v>27157584.307999998</v>
       </c>
       <c r="F682" s="1">
         <v>55</v>
       </c>
     </row>
-    <row r="683" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="683" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A683" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B683" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C683" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D683" s="2">
         <v>57595.7421593947</v>
       </c>
       <c r="E683" s="2">
         <v>258786193.692</v>
       </c>
       <c r="F683" s="1">
         <v>15</v>
       </c>
     </row>
-    <row r="684" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="684" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A684" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B684" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C684" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D684" s="2">
         <v>58413.793016887947</v>
       </c>
       <c r="E684" s="2">
         <v>11999974647.941996</v>
       </c>
       <c r="F684" s="1">
         <v>1477</v>
       </c>
     </row>
-    <row r="685" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="685" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A685" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B685" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C685" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D685" s="2">
         <v>975.89248622104117</v>
       </c>
       <c r="E685" s="2">
         <v>333443499.97483003</v>
       </c>
       <c r="F685" s="1">
         <v>30</v>
       </c>
     </row>
-    <row r="686" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="686" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A686" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B686" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C686" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D686" s="2">
         <v>83063.431214381068</v>
       </c>
       <c r="E686" s="2">
         <v>495369870.15848994</v>
       </c>
       <c r="F686" s="1">
         <v>23</v>
       </c>
     </row>
-    <row r="687" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="687" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A687" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B687" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C687" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D687" s="2">
         <v>94453.114956966441</v>
       </c>
       <c r="E687" s="2">
         <v>10469708137.790016</v>
       </c>
       <c r="F687" s="1">
         <v>1477</v>
       </c>
     </row>
-    <row r="688" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="688" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A688" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B688" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C688" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D688" s="2">
         <v>198.42773052341263</v>
       </c>
       <c r="E688" s="2">
         <v>5250955.53</v>
       </c>
       <c r="F688" s="1">
         <v>15</v>
       </c>
     </row>
-    <row r="689" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="689" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A689" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B689" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C689" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D689" s="2">
         <v>16192.546583850932</v>
       </c>
       <c r="E689" s="2">
         <v>208560000</v>
       </c>
       <c r="F689" s="1">
         <v>6</v>
       </c>
     </row>
-    <row r="690" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="690" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A690" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B690" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C690" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D690" s="2">
         <v>12716.688468475484</v>
       </c>
       <c r="E690" s="2">
         <v>369241384.87</v>
       </c>
       <c r="F690" s="1">
         <v>98</v>
       </c>
     </row>
-    <row r="691" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="691" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A691" s="4" t="s">
         <v>86</v>
       </c>
       <c r="B691" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C691" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D691" s="2">
         <v>258.05737336012118</v>
       </c>
       <c r="E691" s="2">
         <v>110891770.11104999</v>
       </c>
       <c r="F691" s="1">
         <v>47</v>
       </c>
     </row>
-    <row r="692" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="692" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A692" s="4" t="s">
         <v>86</v>
       </c>
       <c r="B692" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C692" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D692" s="2">
         <v>171.8062888267886</v>
       </c>
       <c r="E692" s="2">
         <v>2199749.3080000002</v>
       </c>
       <c r="F692" s="1">
         <v>3</v>
       </c>
     </row>
-    <row r="693" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="693" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A693" s="4" t="s">
         <v>86</v>
       </c>
       <c r="B693" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C693" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D693" s="2">
         <v>14873.815371642517</v>
       </c>
       <c r="E693" s="2">
         <v>7079360738.2280016</v>
       </c>
       <c r="F693" s="1">
         <v>208</v>
       </c>
     </row>
-    <row r="694" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="694" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A694" s="4" t="s">
         <v>86</v>
       </c>
       <c r="B694" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C694" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D694" s="2">
         <v>158.07129094412332</v>
       </c>
       <c r="E694" s="2">
         <v>16407800</v>
       </c>
       <c r="F694" s="1">
         <v>9</v>
       </c>
     </row>
-    <row r="695" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="695" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A695" s="4" t="s">
         <v>86</v>
       </c>
       <c r="B695" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C695" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D695" s="2">
         <v>9918.1968321493478</v>
       </c>
       <c r="E695" s="2">
         <v>240139381.69999999</v>
       </c>
       <c r="F695" s="1">
         <v>10</v>
       </c>
     </row>
-    <row r="696" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="696" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A696" s="4" t="s">
         <v>86</v>
       </c>
       <c r="B696" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C696" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D696" s="2">
         <v>204.05125488207514</v>
       </c>
       <c r="E696" s="2">
         <v>47753350.600000001</v>
       </c>
       <c r="F696" s="1">
         <v>15</v>
       </c>
     </row>
-    <row r="697" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="697" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A697" s="4" t="s">
         <v>86</v>
       </c>
       <c r="B697" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C697" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D697" s="2">
         <v>12502.280820506783</v>
       </c>
       <c r="E697" s="2">
         <v>424815000</v>
       </c>
       <c r="F697" s="1">
         <v>21</v>
       </c>
     </row>
-    <row r="698" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="698" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A698" s="4" t="s">
         <v>86</v>
       </c>
       <c r="B698" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C698" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D698" s="2">
         <v>795.63284345047919</v>
       </c>
       <c r="E698" s="2">
         <v>5603244.2999999998</v>
       </c>
       <c r="F698" s="1">
         <v>33</v>
       </c>
     </row>
-    <row r="699" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="699" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A699" s="4" t="s">
         <v>86</v>
       </c>
       <c r="B699" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C699" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D699" s="2">
         <v>57107.904028542653</v>
       </c>
       <c r="E699" s="2">
         <v>11097151202.677698</v>
       </c>
       <c r="F699" s="1">
         <v>1123</v>
       </c>
     </row>
-    <row r="700" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="700" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A700" s="4" t="s">
         <v>86</v>
       </c>
       <c r="B700" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C700" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D700" s="2">
         <v>825.26224796504084</v>
       </c>
       <c r="E700" s="2">
         <v>149542047.54521996</v>
       </c>
       <c r="F700" s="1">
         <v>28</v>
       </c>
     </row>
-    <row r="701" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="701" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A701" s="4" t="s">
         <v>86</v>
       </c>
       <c r="B701" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C701" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D701" s="2">
         <v>72929.942642002075</v>
       </c>
       <c r="E701" s="2">
         <v>17786300563.136524</v>
       </c>
       <c r="F701" s="1">
         <v>1341</v>
       </c>
     </row>
-    <row r="702" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="702" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A702" s="4" t="s">
         <v>86</v>
       </c>
       <c r="B702" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C702" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D702" s="2">
         <v>239.14665394758083</v>
       </c>
       <c r="E702" s="2">
         <v>7673800.0099999998</v>
       </c>
       <c r="F702" s="1">
         <v>5</v>
       </c>
     </row>
-    <row r="703" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="703" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A703" s="4" t="s">
         <v>86</v>
       </c>
       <c r="B703" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C703" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D703" s="2">
         <v>14589.197424854987</v>
       </c>
       <c r="E703" s="2">
         <v>581019601.88</v>
       </c>
       <c r="F703" s="1">
         <v>117</v>
       </c>
     </row>
-    <row r="704" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="704" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A704" s="4" t="s">
         <v>87</v>
       </c>
       <c r="B704" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C704" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D704" s="2">
         <v>244.60311464530915</v>
       </c>
       <c r="E704" s="2">
         <v>140216189.15200001</v>
       </c>
       <c r="F704" s="1">
         <v>46</v>
       </c>
     </row>
-    <row r="705" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="705" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A705" s="4" t="s">
         <v>87</v>
       </c>
       <c r="B705" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C705" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D705" s="2">
         <v>13274.0686321662</v>
       </c>
       <c r="E705" s="2">
         <v>5176663125.0365019</v>
       </c>
       <c r="F705" s="1">
         <v>197</v>
       </c>
     </row>
-    <row r="706" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="706" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A706" s="4" t="s">
         <v>87</v>
       </c>
       <c r="B706" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C706" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D706" s="2">
         <v>164.16774808332877</v>
       </c>
       <c r="E706" s="2">
         <v>15732550.721999999</v>
       </c>
       <c r="F706" s="1">
         <v>8</v>
       </c>
     </row>
-    <row r="707" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="707" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A707" s="4" t="s">
         <v>87</v>
       </c>
       <c r="B707" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C707" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D707" s="2">
         <v>1738.533703961084</v>
       </c>
       <c r="E707" s="2">
         <v>12508750</v>
       </c>
       <c r="F707" s="1">
         <v>4</v>
       </c>
     </row>
-    <row r="708" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="708" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A708" s="4" t="s">
         <v>87</v>
       </c>
       <c r="B708" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C708" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D708" s="2">
         <v>11624.350627658047</v>
       </c>
       <c r="E708" s="2">
         <v>893923606.39999998</v>
       </c>
       <c r="F708" s="1">
         <v>21</v>
       </c>
     </row>
-    <row r="709" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="709" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A709" s="4" t="s">
         <v>87</v>
       </c>
       <c r="B709" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C709" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D709" s="2">
         <v>187.02935862691959</v>
       </c>
       <c r="E709" s="2">
         <v>22774565</v>
       </c>
       <c r="F709" s="1">
         <v>12</v>
       </c>
     </row>
-    <row r="710" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="710" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A710" s="4" t="s">
         <v>87</v>
       </c>
       <c r="B710" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C710" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D710" s="2">
         <v>9779.2699830246129</v>
       </c>
       <c r="E710" s="2">
         <v>831175752.39999998</v>
       </c>
       <c r="F710" s="1">
         <v>34</v>
       </c>
     </row>
-    <row r="711" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="711" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A711" s="4" t="s">
         <v>87</v>
       </c>
       <c r="B711" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C711" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D711" s="2">
         <v>799.26109253065772</v>
       </c>
       <c r="E711" s="2">
         <v>3584686</v>
       </c>
       <c r="F711" s="1">
         <v>41</v>
       </c>
     </row>
-    <row r="712" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="712" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A712" s="4" t="s">
         <v>87</v>
       </c>
       <c r="B712" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C712" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D712" s="2">
         <v>57479.837500561771</v>
       </c>
       <c r="E712" s="2">
         <v>14217153653.092686</v>
       </c>
       <c r="F712" s="1">
         <v>1711</v>
       </c>
     </row>
-    <row r="713" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="713" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A713" s="4" t="s">
         <v>87</v>
       </c>
       <c r="B713" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C713" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D713" s="2">
         <v>774.68418817007841</v>
       </c>
       <c r="E713" s="2">
         <v>88972472.813859999</v>
       </c>
       <c r="F713" s="1">
         <v>22</v>
       </c>
     </row>
-    <row r="714" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="714" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A714" s="4" t="s">
         <v>87</v>
       </c>
       <c r="B714" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C714" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D714" s="2">
         <v>86611.433243632258</v>
       </c>
       <c r="E714" s="2">
         <v>3189588584.3747993</v>
       </c>
       <c r="F714" s="1">
         <v>1668</v>
       </c>
     </row>
-    <row r="715" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="715" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A715" s="4" t="s">
         <v>87</v>
       </c>
       <c r="B715" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C715" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D715" s="2">
         <v>296.84850773081308</v>
       </c>
       <c r="E715" s="2">
         <v>2437319.2000000002</v>
       </c>
       <c r="F715" s="1">
         <v>3</v>
       </c>
     </row>
-    <row r="716" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="716" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A716" s="4" t="s">
         <v>87</v>
       </c>
       <c r="B716" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C716" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D716" s="2">
         <v>14372.480686095658</v>
       </c>
       <c r="E716" s="2">
         <v>269528136.37999994</v>
       </c>
       <c r="F716" s="1">
         <v>98</v>
       </c>
     </row>
-    <row r="717" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="717" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A717" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B717" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C717" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D717" s="2">
         <v>248.86154932806798</v>
       </c>
       <c r="E717" s="2">
         <v>277241647.99473</v>
       </c>
       <c r="F717" s="1">
         <v>61</v>
       </c>
     </row>
-    <row r="718" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="718" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A718" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B718" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C718" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D718" s="2">
         <v>202.22434210171141</v>
       </c>
       <c r="E718" s="2">
         <v>16856145.122000001</v>
       </c>
       <c r="F718" s="1">
         <v>9</v>
       </c>
     </row>
-    <row r="719" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="719" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A719" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B719" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C719" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D719" s="2">
         <v>12491.225630945986</v>
       </c>
       <c r="E719" s="2">
         <v>5985435649.9984989</v>
       </c>
       <c r="F719" s="1">
         <v>191</v>
       </c>
     </row>
-    <row r="720" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="720" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A720" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B720" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C720" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D720" s="2">
         <v>168.81780922765878</v>
       </c>
       <c r="E720" s="2">
         <v>23967746.399999999</v>
       </c>
       <c r="F720" s="1">
         <v>6</v>
       </c>
     </row>
-    <row r="721" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="721" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A721" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B721" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C721" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D721" s="2">
         <v>9851.6247955020881</v>
       </c>
       <c r="E721" s="2">
         <v>598787390.20000005</v>
       </c>
       <c r="F721" s="1">
         <v>26</v>
       </c>
     </row>
-    <row r="722" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="722" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A722" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B722" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C722" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D722" s="2">
         <v>1710.2702702702702</v>
       </c>
       <c r="E722" s="2">
         <v>6328000</v>
       </c>
       <c r="F722" s="1">
         <v>3</v>
       </c>
     </row>
-    <row r="723" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="723" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A723" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B723" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C723" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D723" s="2">
         <v>196.29501443061292</v>
       </c>
       <c r="E723" s="2">
         <v>40295764.056500003</v>
       </c>
       <c r="F723" s="1">
         <v>12</v>
       </c>
     </row>
-    <row r="724" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="724" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A724" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B724" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C724" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D724" s="2">
         <v>12672.11484132202</v>
       </c>
       <c r="E724" s="2">
         <v>745199388.64999998</v>
       </c>
       <c r="F724" s="1">
         <v>44</v>
       </c>
     </row>
-    <row r="725" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="725" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A725" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B725" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C725" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D725" s="2">
         <v>726.08093473617839</v>
       </c>
       <c r="E725" s="2">
         <v>20261433.700000003</v>
       </c>
       <c r="F725" s="1">
         <v>70</v>
       </c>
     </row>
-    <row r="726" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="726" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A726" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B726" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C726" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D726" s="2">
         <v>57239.512913128958</v>
       </c>
       <c r="E726" s="2">
         <v>11469924912.824009</v>
       </c>
       <c r="F726" s="1">
         <v>1888</v>
       </c>
     </row>
-    <row r="727" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="727" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A727" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B727" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C727" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D727" s="2">
         <v>843.56249131353479</v>
       </c>
       <c r="E727" s="2">
         <v>24483221.166450001</v>
       </c>
       <c r="F727" s="1">
         <v>22</v>
       </c>
     </row>
-    <row r="728" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="728" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A728" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B728" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C728" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D728" s="2">
         <v>91554.34155887102</v>
       </c>
       <c r="E728" s="2">
         <v>2437978130.5574908</v>
       </c>
       <c r="F728" s="1">
         <v>1369</v>
       </c>
     </row>
-    <row r="729" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="729" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A729" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B729" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C729" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D729" s="2">
         <v>183.04761904761904</v>
       </c>
       <c r="E729" s="2">
         <v>1922000</v>
       </c>
       <c r="F729" s="1">
         <v>14</v>
       </c>
     </row>
-    <row r="730" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="730" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A730" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B730" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C730" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D730" s="2">
         <v>208.08450704225353</v>
       </c>
       <c r="E730" s="2">
         <v>4432200</v>
       </c>
       <c r="F730" s="1">
         <v>7</v>
       </c>
     </row>
-    <row r="731" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="731" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A731" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B731" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C731" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D731" s="2">
         <v>14533.715830429519</v>
       </c>
       <c r="E731" s="2">
         <v>374586032.98999989</v>
       </c>
       <c r="F731" s="1">
         <v>105</v>
       </c>
     </row>
-    <row r="732" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="732" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A732" s="4" t="s">
         <v>89</v>
       </c>
       <c r="B732" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C732" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D732" s="2">
         <v>248.30060443250503</v>
       </c>
       <c r="E732" s="2">
         <v>129401860</v>
       </c>
       <c r="F732" s="1">
         <v>31</v>
       </c>
     </row>
-    <row r="733" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="733" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A733" s="4" t="s">
         <v>89</v>
       </c>
       <c r="B733" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C733" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D733" s="2">
         <v>13813.204796038037</v>
       </c>
       <c r="E733" s="2">
         <v>6037493385.099699</v>
       </c>
       <c r="F733" s="1">
         <v>206</v>
       </c>
     </row>
-    <row r="734" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="734" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A734" s="4" t="s">
         <v>89</v>
       </c>
       <c r="B734" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C734" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D734" s="2">
         <v>164.49234916401312</v>
       </c>
       <c r="E734" s="2">
         <v>19950440.751000002</v>
       </c>
       <c r="F734" s="1">
         <v>6</v>
       </c>
     </row>
-    <row r="735" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="735" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A735" s="4" t="s">
         <v>89</v>
       </c>
       <c r="B735" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C735" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D735" s="2">
         <v>1693.5897435897436</v>
       </c>
       <c r="E735" s="2">
         <v>13210000</v>
       </c>
       <c r="F735" s="1">
         <v>5</v>
       </c>
     </row>
-    <row r="736" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="736" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A736" s="4" t="s">
         <v>89</v>
       </c>
       <c r="B736" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C736" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D736" s="2">
         <v>11547.877824912322</v>
       </c>
       <c r="E736" s="2">
         <v>235987696.59999999</v>
       </c>
       <c r="F736" s="1">
         <v>12</v>
       </c>
     </row>
-    <row r="737" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="737" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A737" s="4" t="s">
         <v>89</v>
       </c>
       <c r="B737" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C737" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D737" s="2">
         <v>203.50320241299238</v>
       </c>
       <c r="E737" s="2">
         <v>49366102.734999999</v>
       </c>
       <c r="F737" s="1">
         <v>19</v>
       </c>
     </row>
-    <row r="738" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="738" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A738" s="4" t="s">
         <v>89</v>
       </c>
       <c r="B738" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C738" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D738" s="2">
         <v>11062.280785821235</v>
       </c>
       <c r="E738" s="2">
         <v>595613817.60000002</v>
       </c>
       <c r="F738" s="1">
         <v>42</v>
       </c>
     </row>
-    <row r="739" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="739" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A739" s="4" t="s">
         <v>89</v>
       </c>
       <c r="B739" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C739" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D739" s="2">
         <v>864.75991270149075</v>
       </c>
       <c r="E739" s="2">
         <v>24105321.7929</v>
       </c>
       <c r="F739" s="1">
         <v>63</v>
       </c>
     </row>
-    <row r="740" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="740" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A740" s="4" t="s">
         <v>89</v>
       </c>
       <c r="B740" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C740" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D740" s="2">
         <v>51457.472485562575</v>
       </c>
       <c r="E740" s="2">
         <v>20530104451.654991</v>
       </c>
       <c r="F740" s="1">
         <v>1336</v>
       </c>
     </row>
-    <row r="741" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="741" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A741" s="4" t="s">
         <v>89</v>
       </c>
       <c r="B741" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C741" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D741" s="2">
         <v>811.61914927790735</v>
       </c>
       <c r="E741" s="2">
         <v>56770641.16601</v>
       </c>
       <c r="F741" s="1">
         <v>32</v>
       </c>
     </row>
-    <row r="742" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="742" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A742" s="4" t="s">
         <v>89</v>
       </c>
       <c r="B742" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C742" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D742" s="2">
         <v>87413.878247372748</v>
       </c>
       <c r="E742" s="2">
         <v>15146941068.951838</v>
       </c>
       <c r="F742" s="1">
         <v>1842</v>
       </c>
     </row>
-    <row r="743" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="743" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A743" s="4" t="s">
         <v>89</v>
       </c>
       <c r="B743" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C743" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D743" s="2">
         <v>195.52006018054163</v>
       </c>
       <c r="E743" s="2">
         <v>5848005</v>
       </c>
       <c r="F743" s="1">
         <v>7</v>
       </c>
     </row>
-    <row r="744" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="744" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A744" s="4" t="s">
         <v>89</v>
       </c>
       <c r="B744" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C744" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D744" s="2">
         <v>13828.17005573904</v>
       </c>
       <c r="E744" s="2">
         <v>539665216.96200013</v>
       </c>
       <c r="F744" s="1">
         <v>170</v>
       </c>
     </row>
-    <row r="745" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="745" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A745" s="4" t="s">
         <v>90</v>
       </c>
       <c r="B745" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C745" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D745" s="2">
         <v>249.01017758698936</v>
       </c>
       <c r="E745" s="2">
         <v>192453678.75</v>
       </c>
       <c r="F745" s="1">
         <v>52</v>
       </c>
     </row>
-    <row r="746" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="746" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A746" s="4" t="s">
         <v>90</v>
       </c>
       <c r="B746" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C746" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D746" s="2">
         <v>185.80639917239341</v>
       </c>
       <c r="E746" s="2">
         <v>25145180</v>
       </c>
       <c r="F746" s="1">
         <v>11</v>
       </c>
     </row>
-    <row r="747" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="747" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A747" s="4" t="s">
         <v>90</v>
       </c>
       <c r="B747" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C747" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D747" s="2">
         <v>14464.251135565009</v>
       </c>
       <c r="E747" s="2">
         <v>7839278506.6596003</v>
       </c>
       <c r="F747" s="1">
         <v>224</v>
       </c>
     </row>
-    <row r="748" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="748" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A748" s="4" t="s">
         <v>90</v>
       </c>
       <c r="B748" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C748" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D748" s="2">
         <v>164.00416522040959</v>
       </c>
       <c r="E748" s="2">
         <v>23624800</v>
       </c>
       <c r="F748" s="1">
         <v>10</v>
       </c>
     </row>
-    <row r="749" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="749" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A749" s="4" t="s">
         <v>90</v>
       </c>
       <c r="B749" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C749" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D749" s="2">
         <v>10558.271979047235</v>
       </c>
       <c r="E749" s="2">
         <v>318195941.29999995</v>
       </c>
       <c r="F749" s="1">
         <v>28</v>
       </c>
     </row>
-    <row r="750" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="750" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A750" s="4" t="s">
         <v>90</v>
       </c>
       <c r="B750" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C750" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D750" s="2">
         <v>215.34794289456426</v>
       </c>
       <c r="E750" s="2">
         <v>5939477.5879999995</v>
       </c>
       <c r="F750" s="1">
         <v>6</v>
       </c>
     </row>
-    <row r="751" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="751" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A751" s="4" t="s">
         <v>90</v>
       </c>
       <c r="B751" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C751" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D751" s="2">
         <v>12917.99218026448</v>
       </c>
       <c r="E751" s="2">
         <v>1113198546</v>
       </c>
       <c r="F751" s="1">
         <v>61</v>
       </c>
     </row>
-    <row r="752" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="752" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A752" s="4" t="s">
         <v>90</v>
       </c>
       <c r="B752" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C752" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D752" s="2">
         <v>773.33179248811223</v>
       </c>
       <c r="E752" s="2">
         <v>14474451.159999996</v>
       </c>
       <c r="F752" s="1">
         <v>59</v>
       </c>
     </row>
-    <row r="753" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="753" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A753" s="4" t="s">
         <v>90</v>
       </c>
       <c r="B753" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C753" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D753" s="2">
         <v>55667.261010811104</v>
       </c>
       <c r="E753" s="2">
         <v>15607054159.922003</v>
       </c>
       <c r="F753" s="1">
         <v>1925</v>
       </c>
     </row>
-    <row r="754" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="754" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A754" s="4" t="s">
         <v>90</v>
       </c>
       <c r="B754" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C754" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D754" s="2">
         <v>787.47436923423811</v>
       </c>
       <c r="E754" s="2">
         <v>18620915.812750001</v>
       </c>
       <c r="F754" s="1">
         <v>33</v>
       </c>
     </row>
-    <row r="755" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="755" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A755" s="4" t="s">
         <v>90</v>
       </c>
       <c r="B755" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C755" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D755" s="2">
         <v>84548.944411571458</v>
       </c>
       <c r="E755" s="2">
         <v>14722868629.83062</v>
       </c>
       <c r="F755" s="1">
         <v>1521</v>
       </c>
     </row>
-    <row r="756" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="756" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A756" s="4" t="s">
         <v>90</v>
       </c>
       <c r="B756" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C756" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D756" s="2">
         <v>222.16334661354583</v>
       </c>
       <c r="E756" s="2">
         <v>2788150</v>
       </c>
       <c r="F756" s="1">
         <v>3</v>
       </c>
     </row>
-    <row r="757" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="757" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A757" s="4" t="s">
         <v>90</v>
       </c>
       <c r="B757" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C757" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D757" s="2">
         <v>12617.46814194694</v>
       </c>
       <c r="E757" s="2">
         <v>3729613684.6119995</v>
       </c>
       <c r="F757" s="1">
         <v>193</v>
       </c>
     </row>
-    <row r="758" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="758" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A758" s="4" t="s">
         <v>91</v>
       </c>
       <c r="B758" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C758" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D758" s="2">
         <v>254.08969219419978</v>
       </c>
       <c r="E758" s="2">
         <v>316824559.15999997</v>
       </c>
       <c r="F758" s="1">
         <v>58</v>
       </c>
     </row>
-    <row r="759" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="759" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A759" s="4" t="s">
         <v>91</v>
       </c>
       <c r="B759" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C759" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D759" s="2">
         <v>13985.373400474688</v>
       </c>
       <c r="E759" s="2">
         <v>5397458858.9049988</v>
       </c>
       <c r="F759" s="1">
         <v>146</v>
       </c>
     </row>
-    <row r="760" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="760" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A760" s="4" t="s">
         <v>91</v>
       </c>
       <c r="B760" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C760" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D760" s="2">
         <v>170.45803194539681</v>
       </c>
       <c r="E760" s="2">
         <v>12586535.168</v>
       </c>
       <c r="F760" s="1">
         <v>6</v>
       </c>
     </row>
-    <row r="761" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="761" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A761" s="4" t="s">
         <v>91</v>
       </c>
       <c r="B761" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C761" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D761" s="2">
         <v>1819.6466721446179</v>
       </c>
       <c r="E761" s="2">
         <v>17716080</v>
       </c>
       <c r="F761" s="1">
         <v>6</v>
       </c>
     </row>
-    <row r="762" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="762" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A762" s="4" t="s">
         <v>91</v>
       </c>
       <c r="B762" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C762" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D762" s="2">
         <v>10051.016460338104</v>
       </c>
       <c r="E762" s="2">
         <v>150939230</v>
       </c>
       <c r="F762" s="1">
         <v>17</v>
       </c>
     </row>
-    <row r="763" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="763" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A763" s="4" t="s">
         <v>91</v>
       </c>
       <c r="B763" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C763" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D763" s="2">
         <v>195.23676159816321</v>
       </c>
       <c r="E763" s="2">
         <v>38600309.140000008</v>
       </c>
       <c r="F763" s="1">
         <v>15</v>
       </c>
     </row>
-    <row r="764" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="764" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A764" s="4" t="s">
         <v>91</v>
       </c>
       <c r="B764" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C764" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D764" s="2">
         <v>10892.818566195867</v>
       </c>
       <c r="E764" s="2">
         <v>690962809.4000001</v>
       </c>
       <c r="F764" s="1">
         <v>40</v>
       </c>
     </row>
-    <row r="765" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="765" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A765" s="4" t="s">
         <v>91</v>
       </c>
       <c r="B765" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C765" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D765" s="2">
         <v>744.88865918949546</v>
       </c>
       <c r="E765" s="2">
         <v>19060955.899999999</v>
       </c>
       <c r="F765" s="1">
         <v>65</v>
       </c>
     </row>
-    <row r="766" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="766" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A766" s="4" t="s">
         <v>91</v>
       </c>
       <c r="B766" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C766" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D766" s="2">
         <v>53792.063230685591</v>
       </c>
       <c r="E766" s="2">
         <v>10046524984.858139</v>
       </c>
       <c r="F766" s="1">
         <v>1404</v>
       </c>
     </row>
-    <row r="767" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="767" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A767" s="4" t="s">
         <v>91</v>
       </c>
       <c r="B767" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C767" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D767" s="2">
         <v>801.91586361844975</v>
       </c>
       <c r="E767" s="2">
         <v>85445569.094109997</v>
       </c>
       <c r="F767" s="1">
         <v>36</v>
       </c>
     </row>
-    <row r="768" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="768" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A768" s="4" t="s">
         <v>91</v>
       </c>
       <c r="B768" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C768" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D768" s="2">
         <v>77837.327187658128</v>
       </c>
       <c r="E768" s="2">
         <v>19192452743.444717</v>
       </c>
       <c r="F768" s="1">
         <v>1589</v>
       </c>
     </row>
-    <row r="769" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="769" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A769" s="4" t="s">
         <v>91</v>
       </c>
       <c r="B769" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C769" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D769" s="2">
         <v>202.90316312751492</v>
       </c>
       <c r="E769" s="2">
         <v>2982646.0625</v>
       </c>
       <c r="F769" s="1">
         <v>7</v>
       </c>
     </row>
-    <row r="770" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="770" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A770" s="4" t="s">
         <v>91</v>
       </c>
       <c r="B770" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C770" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D770" s="2">
         <v>14495.099418511119</v>
       </c>
       <c r="E770" s="2">
         <v>875755059.99999976</v>
       </c>
       <c r="F770" s="1">
         <v>180</v>
       </c>
     </row>
-    <row r="771" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="771" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A771" s="4" t="s">
         <v>92</v>
       </c>
       <c r="B771" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C771" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D771" s="2">
         <v>251.43872752763681</v>
       </c>
       <c r="E771" s="2">
         <v>810628400</v>
       </c>
       <c r="F771" s="1">
         <v>112</v>
       </c>
     </row>
-    <row r="772" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="772" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A772" s="4" t="s">
         <v>92</v>
       </c>
       <c r="B772" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C772" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D772" s="2">
         <v>13795.369674274432</v>
       </c>
       <c r="E772" s="2">
         <v>5427059471.7356005</v>
       </c>
       <c r="F772" s="1">
         <v>164</v>
       </c>
     </row>
-    <row r="773" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="773" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A773" s="4" t="s">
         <v>92</v>
       </c>
       <c r="B773" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C773" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D773" s="2">
         <v>11454.038457693316</v>
       </c>
       <c r="E773" s="2">
         <v>280697362.60000002</v>
       </c>
       <c r="F773" s="1">
         <v>26</v>
       </c>
     </row>
-    <row r="774" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="774" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A774" s="4" t="s">
         <v>92</v>
       </c>
       <c r="B774" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C774" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D774" s="2">
         <v>199.97942815325018</v>
       </c>
       <c r="E774" s="2">
         <v>33226967.548</v>
       </c>
       <c r="F774" s="1">
         <v>20</v>
       </c>
     </row>
-    <row r="775" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="775" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A775" s="4" t="s">
         <v>92</v>
       </c>
       <c r="B775" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C775" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D775" s="2">
         <v>168.52710281301427</v>
       </c>
       <c r="E775" s="2">
         <v>7471050.8320000004</v>
       </c>
       <c r="F775" s="1">
         <v>7</v>
       </c>
       <c r="I775" s="2"/>
     </row>
-    <row r="776" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="776" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A776" s="4" t="s">
         <v>92</v>
       </c>
       <c r="B776" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C776" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D776" s="2">
         <v>12748.164490434814</v>
       </c>
       <c r="E776" s="2">
         <v>1073090514</v>
       </c>
       <c r="F776" s="1">
         <v>51</v>
       </c>
     </row>
-    <row r="777" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="777" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A777" s="4" t="s">
         <v>92</v>
       </c>
       <c r="B777" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C777" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D777" s="2">
         <v>784.70007825746677</v>
       </c>
       <c r="E777" s="2">
         <v>4512221.6249999981</v>
       </c>
       <c r="F777" s="1">
         <v>121</v>
       </c>
     </row>
-    <row r="778" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="778" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A778" s="4" t="s">
         <v>92</v>
       </c>
       <c r="B778" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C778" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D778" s="2">
         <v>52629.443413832931</v>
       </c>
       <c r="E778" s="2">
         <v>12342546284.433714</v>
       </c>
       <c r="F778" s="1">
         <v>1618</v>
       </c>
     </row>
-    <row r="779" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="779" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A779" s="4" t="s">
         <v>92</v>
       </c>
       <c r="B779" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C779" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D779" s="2">
         <v>840.17857391756786</v>
       </c>
       <c r="E779" s="2">
         <v>23866255.40106</v>
       </c>
       <c r="F779" s="1">
         <v>28</v>
       </c>
     </row>
-    <row r="780" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="780" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A780" s="4" t="s">
         <v>92</v>
       </c>
       <c r="B780" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C780" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D780" s="2">
         <v>64198.358664652464</v>
       </c>
       <c r="E780" s="2">
         <v>12223242623.942215</v>
       </c>
       <c r="F780" s="1">
         <v>1568</v>
       </c>
     </row>
-    <row r="781" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="781" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A781" s="4" t="s">
         <v>92</v>
       </c>
       <c r="B781" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C781" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D781" s="2">
         <v>249.43620813490514</v>
       </c>
       <c r="E781" s="2">
         <v>3993785.4874999998</v>
       </c>
       <c r="F781" s="1">
         <v>12</v>
       </c>
     </row>
-    <row r="782" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="782" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A782" s="4" t="s">
         <v>92</v>
       </c>
       <c r="B782" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C782" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D782" s="2">
         <v>228.25</v>
       </c>
       <c r="E782" s="2">
         <v>2739000</v>
       </c>
       <c r="F782" s="1">
         <v>3</v>
       </c>
     </row>
-    <row r="783" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="783" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A783" s="4" t="s">
         <v>92</v>
       </c>
       <c r="B783" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C783" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D783" s="2">
         <v>13879.014653323991</v>
       </c>
       <c r="E783" s="2">
         <v>525729580.39999998</v>
       </c>
       <c r="F783" s="1">
         <v>162</v>
       </c>
     </row>
-    <row r="784" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="784" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A784" s="4" t="s">
         <v>93</v>
       </c>
       <c r="B784" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C784" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D784" s="2">
         <v>253.0627912479377</v>
       </c>
       <c r="E784" s="2">
         <v>103679365</v>
       </c>
       <c r="F784" s="1">
         <v>42</v>
       </c>
     </row>
-    <row r="785" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="785" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A785" s="4" t="s">
         <v>93</v>
       </c>
       <c r="B785" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C785" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D785" s="2">
         <v>242.92307692307693</v>
       </c>
       <c r="E785" s="2">
         <v>6316000</v>
       </c>
       <c r="F785" s="1">
         <v>4</v>
       </c>
     </row>
-    <row r="786" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="786" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A786" s="4" t="s">
         <v>93</v>
       </c>
       <c r="B786" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C786" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D786" s="2">
         <v>15030.491678822782</v>
       </c>
       <c r="E786" s="2">
         <v>5733783762.8505001</v>
       </c>
       <c r="F786" s="1">
         <v>166</v>
       </c>
     </row>
-    <row r="787" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="787" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A787" s="4" t="s">
         <v>93</v>
       </c>
       <c r="B787" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C787" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D787" s="2">
         <v>184.29333333333332</v>
       </c>
       <c r="E787" s="2">
         <v>8293200</v>
       </c>
       <c r="F787" s="1">
         <v>4</v>
       </c>
     </row>
-    <row r="788" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="788" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A788" s="4" t="s">
         <v>93</v>
       </c>
       <c r="B788" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C788" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D788" s="2">
         <v>12527.992657905752</v>
       </c>
       <c r="E788" s="2">
         <v>440845905</v>
       </c>
       <c r="F788" s="1">
         <v>17</v>
       </c>
     </row>
-    <row r="789" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="789" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A789" s="4" t="s">
         <v>93</v>
       </c>
       <c r="B789" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C789" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D789" s="2">
         <v>257.76477146042362</v>
       </c>
       <c r="E789" s="2">
         <v>11560750</v>
       </c>
       <c r="F789" s="1">
         <v>7</v>
       </c>
     </row>
-    <row r="790" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="790" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A790" s="4" t="s">
         <v>93</v>
       </c>
       <c r="B790" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C790" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D790" s="2">
         <v>161.96977055605157</v>
       </c>
       <c r="E790" s="2">
         <v>8049005.1431999989</v>
       </c>
       <c r="F790" s="1">
         <v>8</v>
       </c>
     </row>
-    <row r="791" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="791" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A791" s="4" t="s">
         <v>93</v>
       </c>
       <c r="B791" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C791" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D791" s="2">
         <v>13166.890663922162</v>
       </c>
       <c r="E791" s="2">
         <v>345423501.39999998</v>
       </c>
       <c r="F791" s="1">
         <v>35</v>
       </c>
     </row>
-    <row r="792" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="792" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A792" s="4" t="s">
         <v>93</v>
       </c>
       <c r="B792" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C792" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D792" s="2">
         <v>743.29061460339699</v>
       </c>
       <c r="E792" s="2">
         <v>4244932.7</v>
       </c>
       <c r="F792" s="1">
         <v>109</v>
       </c>
     </row>
-    <row r="793" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="793" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A793" s="4" t="s">
         <v>93</v>
       </c>
       <c r="B793" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C793" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D793" s="2">
         <v>54208.323582237921</v>
       </c>
       <c r="E793" s="2">
         <v>27783608214.190502</v>
       </c>
       <c r="F793" s="1">
         <v>2246</v>
       </c>
     </row>
-    <row r="794" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="794" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A794" s="4" t="s">
         <v>93</v>
       </c>
       <c r="B794" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C794" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D794" s="2">
         <v>805.25371764330043</v>
       </c>
       <c r="E794" s="2">
         <v>108724291.60553001</v>
       </c>
       <c r="F794" s="1">
         <v>40</v>
       </c>
     </row>
-    <row r="795" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="795" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A795" s="4" t="s">
         <v>93</v>
       </c>
       <c r="B795" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C795" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D795" s="2">
         <v>90002.748571002056</v>
       </c>
       <c r="E795" s="2">
         <v>158311186924.99271</v>
       </c>
       <c r="F795" s="1">
         <v>1885</v>
       </c>
     </row>
-    <row r="796" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="796" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A796" s="4" t="s">
         <v>93</v>
       </c>
       <c r="B796" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C796" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D796" s="2">
         <v>209.66112681747458</v>
       </c>
       <c r="E796" s="2">
         <v>7809048.8125</v>
       </c>
       <c r="F796" s="1">
         <v>15</v>
       </c>
     </row>
-    <row r="797" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="797" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A797" s="4" t="s">
         <v>93</v>
       </c>
       <c r="B797" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C797" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D797" s="2">
         <v>13443.667600562807</v>
       </c>
       <c r="E797" s="2">
         <v>537894799.46480012</v>
       </c>
       <c r="F797" s="1">
         <v>183</v>
       </c>
     </row>
-    <row r="798" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="798" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A798" s="4" t="s">
         <v>94</v>
       </c>
       <c r="B798" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C798" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D798" s="2">
         <v>244.91681599150817</v>
       </c>
       <c r="E798" s="2">
         <v>158466911</v>
       </c>
       <c r="F798" s="1">
         <v>46</v>
       </c>
     </row>
-    <row r="799" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="799" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A799" s="4" t="s">
         <v>94</v>
       </c>
       <c r="B799" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C799" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D799" s="2">
         <v>13479.987285161087</v>
       </c>
       <c r="E799" s="2">
         <v>5342294672.7435999</v>
       </c>
       <c r="F799" s="1">
         <v>151</v>
       </c>
     </row>
-    <row r="800" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="800" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A800" s="4" t="s">
         <v>94</v>
       </c>
       <c r="B800" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C800" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D800" s="2">
         <v>180.57587859424919</v>
       </c>
       <c r="E800" s="2">
         <v>11304050</v>
       </c>
       <c r="F800" s="1">
         <v>4</v>
       </c>
     </row>
-    <row r="801" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="801" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A801" s="4" t="s">
         <v>94</v>
       </c>
       <c r="B801" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C801" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D801" s="2">
         <v>1743.7122736418512</v>
       </c>
       <c r="E801" s="2">
         <v>27732000</v>
       </c>
       <c r="F801" s="1">
         <v>8</v>
       </c>
     </row>
-    <row r="802" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="802" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A802" s="4" t="s">
         <v>94</v>
       </c>
       <c r="B802" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C802" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D802" s="2">
         <v>12620.372774800611</v>
       </c>
       <c r="E802" s="2">
         <v>719221641.60000002</v>
       </c>
       <c r="F802" s="1">
         <v>25</v>
       </c>
     </row>
-    <row r="803" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="803" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A803" s="4" t="s">
         <v>94</v>
       </c>
       <c r="B803" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C803" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D803" s="2">
         <v>198.8625091475943</v>
       </c>
       <c r="E803" s="2">
         <v>23340696.135000002</v>
       </c>
       <c r="F803" s="1">
         <v>15</v>
       </c>
     </row>
-    <row r="804" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="804" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A804" s="4" t="s">
         <v>94</v>
       </c>
       <c r="B804" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C804" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D804" s="2">
         <v>13089.756486065649</v>
       </c>
       <c r="E804" s="2">
         <v>673113631.5</v>
       </c>
       <c r="F804" s="1">
         <v>48</v>
       </c>
     </row>
-    <row r="805" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="805" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A805" s="4" t="s">
         <v>94</v>
       </c>
       <c r="B805" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C805" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D805" s="2">
         <v>778.67780732158928</v>
       </c>
       <c r="E805" s="2">
         <v>13119786.639999993</v>
       </c>
       <c r="F805" s="1">
         <v>76</v>
       </c>
     </row>
-    <row r="806" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="806" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A806" s="4" t="s">
         <v>94</v>
       </c>
       <c r="B806" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C806" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D806" s="2">
         <v>53000.138796099294</v>
       </c>
       <c r="E806" s="2">
         <v>10382849832.477007</v>
       </c>
       <c r="F806" s="1">
         <v>1597</v>
       </c>
     </row>
-    <row r="807" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="807" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A807" s="4" t="s">
         <v>94</v>
       </c>
       <c r="B807" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C807" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D807" s="2">
         <v>823.99320677890978</v>
       </c>
       <c r="E807" s="2">
         <v>78426523.126699984</v>
       </c>
       <c r="F807" s="1">
         <v>33</v>
       </c>
     </row>
-    <row r="808" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="808" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A808" s="4" t="s">
         <v>94</v>
       </c>
       <c r="B808" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C808" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D808" s="2">
         <v>93111.378199469924</v>
       </c>
       <c r="E808" s="2">
         <v>220772518674.32816</v>
       </c>
       <c r="F808" s="1">
         <v>1806</v>
       </c>
     </row>
-    <row r="809" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="809" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A809" s="4" t="s">
         <v>94</v>
       </c>
       <c r="B809" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C809" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D809" s="2">
         <v>12437.865194495718</v>
       </c>
       <c r="E809" s="2">
         <v>741054102.84200001</v>
       </c>
       <c r="F809" s="1">
         <v>225</v>
       </c>
     </row>
-    <row r="810" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="810" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A810" s="4" t="s">
         <v>95</v>
       </c>
       <c r="B810" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C810" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D810" s="2">
         <v>247.48375258242848</v>
       </c>
       <c r="E810" s="2">
         <v>338592545</v>
       </c>
       <c r="F810" s="1">
         <v>44</v>
       </c>
     </row>
-    <row r="811" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="811" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A811" s="4" t="s">
         <v>95</v>
       </c>
       <c r="B811" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C811" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D811" s="2">
         <v>13978.913218415915</v>
       </c>
       <c r="E811" s="2">
         <v>6087015463.2722797</v>
       </c>
       <c r="F811" s="1">
         <v>146</v>
       </c>
     </row>
-    <row r="812" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="812" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A812" s="4" t="s">
         <v>95</v>
       </c>
       <c r="B812" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C812" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D812" s="2">
         <v>175.02721088435374</v>
       </c>
       <c r="E812" s="2">
         <v>12864500</v>
       </c>
       <c r="F812" s="1">
         <v>5</v>
       </c>
     </row>
-    <row r="813" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="813" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A813" s="4" t="s">
         <v>95</v>
       </c>
       <c r="B813" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C813" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D813" s="2">
         <v>1572.8632001785315</v>
       </c>
       <c r="E813" s="2">
         <v>14096000</v>
       </c>
       <c r="F813" s="1">
         <v>4</v>
       </c>
     </row>
-    <row r="814" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="814" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A814" s="4" t="s">
         <v>95</v>
       </c>
       <c r="B814" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C814" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D814" s="2">
         <v>11129.14226959086</v>
       </c>
       <c r="E814" s="2">
         <v>461118370.25</v>
       </c>
       <c r="F814" s="1">
         <v>22</v>
       </c>
     </row>
-    <row r="815" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="815" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A815" s="4" t="s">
         <v>95</v>
       </c>
       <c r="B815" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C815" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D815" s="2">
         <v>181.98065297994867</v>
       </c>
       <c r="E815" s="2">
         <v>10021990.66</v>
       </c>
       <c r="F815" s="1">
         <v>13</v>
       </c>
     </row>
-    <row r="816" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="816" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A816" s="4" t="s">
         <v>95</v>
       </c>
       <c r="B816" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C816" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D816" s="2">
         <v>163.88047717034536</v>
       </c>
       <c r="E816" s="2">
         <v>9689193.9472000003</v>
       </c>
       <c r="F816" s="1">
         <v>6</v>
       </c>
     </row>
-    <row r="817" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="817" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A817" s="4" t="s">
         <v>95</v>
       </c>
       <c r="B817" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C817" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D817" s="2">
         <v>11672.97493794904</v>
       </c>
       <c r="E817" s="2">
         <v>1367922606.6348002</v>
       </c>
       <c r="F817" s="1">
         <v>49</v>
       </c>
     </row>
-    <row r="818" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="818" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A818" s="4" t="s">
         <v>95</v>
       </c>
       <c r="B818" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C818" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D818" s="2">
         <v>798.30378153487379</v>
       </c>
       <c r="E818" s="2">
         <v>9037437.4499999993</v>
       </c>
       <c r="F818" s="1">
         <v>61</v>
       </c>
     </row>
-    <row r="819" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="819" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A819" s="4" t="s">
         <v>95</v>
       </c>
       <c r="B819" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C819" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D819" s="2">
         <v>52356.46558319511</v>
       </c>
       <c r="E819" s="2">
         <v>8011880763.9464998</v>
       </c>
       <c r="F819" s="1">
         <v>1310</v>
       </c>
     </row>
-    <row r="820" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="820" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A820" s="4" t="s">
         <v>95</v>
       </c>
       <c r="B820" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C820" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D820" s="2">
         <v>826.59693362027758</v>
       </c>
       <c r="E820" s="2">
         <v>52677070.984260008</v>
       </c>
       <c r="F820" s="1">
         <v>25</v>
       </c>
     </row>
-    <row r="821" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="821" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A821" s="4" t="s">
         <v>95</v>
       </c>
       <c r="B821" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C821" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D821" s="2">
         <v>89508.132494220117</v>
       </c>
       <c r="E821" s="2">
         <v>31987915234.750599</v>
       </c>
       <c r="F821" s="1">
         <v>1319</v>
       </c>
     </row>
-    <row r="822" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="822" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A822" s="4" t="s">
         <v>95</v>
       </c>
       <c r="B822" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C822" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D822" s="2">
         <v>259.95629005992441</v>
       </c>
       <c r="E822" s="2">
         <v>6481074.25</v>
       </c>
       <c r="F822" s="1">
         <v>11</v>
       </c>
     </row>
-    <row r="823" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="823" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A823" s="4" t="s">
         <v>95</v>
       </c>
       <c r="B823" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C823" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D823" s="2">
         <v>13803.381258023253</v>
       </c>
       <c r="E823" s="2">
         <v>629200466.51440001</v>
       </c>
       <c r="F823" s="1">
         <v>161</v>
       </c>
     </row>
-    <row r="824" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="824" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A824" s="4" t="s">
         <v>96</v>
       </c>
       <c r="B824" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C824" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D824" s="2">
         <v>254.95274002630424</v>
       </c>
       <c r="E824" s="2">
         <v>145386800</v>
       </c>
       <c r="F824" s="1">
         <v>36</v>
       </c>
     </row>
-    <row r="825" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="825" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A825" s="4" t="s">
         <v>96</v>
       </c>
       <c r="B825" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C825" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D825" s="2">
         <v>14959.466258664001</v>
       </c>
       <c r="E825" s="2">
         <v>5906115009.920001</v>
       </c>
       <c r="F825" s="1">
         <v>198</v>
       </c>
     </row>
-    <row r="826" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="826" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A826" s="4" t="s">
         <v>96</v>
       </c>
       <c r="B826" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C826" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D826" s="2">
         <v>209.3228890501255</v>
       </c>
       <c r="E826" s="2">
         <v>9115045.7929999996</v>
       </c>
       <c r="F826" s="1">
         <v>9</v>
       </c>
     </row>
-    <row r="827" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="827" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A827" s="4" t="s">
         <v>96</v>
       </c>
       <c r="B827" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C827" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D827" s="2">
         <v>10953.66968523887</v>
       </c>
       <c r="E827" s="2">
         <v>603740751</v>
       </c>
       <c r="F827" s="1">
         <v>36</v>
       </c>
     </row>
-    <row r="828" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="828" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A828" s="4" t="s">
         <v>96</v>
       </c>
       <c r="B828" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C828" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D828" s="2">
         <v>222.3583233532934</v>
       </c>
       <c r="E828" s="2">
         <v>46417300</v>
       </c>
       <c r="F828" s="1">
         <v>20</v>
       </c>
     </row>
-    <row r="829" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="829" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A829" s="4" t="s">
         <v>96</v>
       </c>
       <c r="B829" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C829" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D829" s="2">
         <v>11226.498190746643</v>
       </c>
       <c r="E829" s="2">
         <v>501398648.05000001</v>
       </c>
       <c r="F829" s="1">
         <v>34</v>
       </c>
     </row>
-    <row r="830" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="830" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A830" s="4" t="s">
         <v>96</v>
       </c>
       <c r="B830" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C830" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D830" s="2">
         <v>836.89831436999577</v>
       </c>
       <c r="E830" s="2">
         <v>1985959.7</v>
       </c>
       <c r="F830" s="1">
         <v>90</v>
       </c>
     </row>
-    <row r="831" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="831" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A831" s="4" t="s">
         <v>96</v>
       </c>
       <c r="B831" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C831" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D831" s="2">
         <v>52005.16630815596</v>
       </c>
       <c r="E831" s="2">
         <v>13280332109.542229</v>
       </c>
       <c r="F831" s="1">
         <v>1578</v>
       </c>
     </row>
-    <row r="832" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="832" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A832" s="4" t="s">
         <v>96</v>
       </c>
       <c r="B832" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C832" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D832" s="2">
         <v>793.87054900608666</v>
       </c>
       <c r="E832" s="2">
         <v>88269328.727490053</v>
       </c>
       <c r="F832" s="1">
         <v>59</v>
       </c>
     </row>
-    <row r="833" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="833" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A833" s="4" t="s">
         <v>96</v>
       </c>
       <c r="B833" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C833" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D833" s="2">
         <v>86808.957123057378</v>
       </c>
       <c r="E833" s="2">
         <v>41847622331.166824</v>
       </c>
       <c r="F833" s="1">
         <v>1599</v>
       </c>
     </row>
-    <row r="834" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="834" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A834" s="4" t="s">
         <v>96</v>
       </c>
       <c r="B834" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C834" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D834" s="2">
         <v>246.08959422699658</v>
       </c>
       <c r="E834" s="2">
         <v>3374405.125</v>
       </c>
       <c r="F834" s="1">
         <v>4</v>
       </c>
     </row>
-    <row r="835" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="835" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A835" s="4" t="s">
         <v>96</v>
       </c>
       <c r="B835" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C835" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D835" s="2">
         <v>14287.879835505029</v>
       </c>
       <c r="E835" s="2">
         <v>862482736.92139995</v>
       </c>
       <c r="F835" s="1">
         <v>213</v>
       </c>
     </row>
-    <row r="836" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="836" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A836" s="4" t="s">
         <v>97</v>
       </c>
       <c r="B836" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C836" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D836" s="2">
         <v>250.54608548168684</v>
       </c>
       <c r="E836" s="2">
         <v>134245987.25</v>
       </c>
       <c r="F836" s="1">
         <v>38</v>
       </c>
     </row>
-    <row r="837" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="837" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A837" s="4" t="s">
         <v>97</v>
       </c>
       <c r="B837" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C837" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D837" s="2">
         <v>2030.4894773358003</v>
       </c>
       <c r="E837" s="2">
         <v>42143215.200000003</v>
       </c>
       <c r="F837" s="1">
         <v>3</v>
       </c>
     </row>
-    <row r="838" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="838" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A838" s="4" t="s">
         <v>97</v>
       </c>
       <c r="B838" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C838" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D838" s="2">
         <v>13667.52214411605</v>
       </c>
       <c r="E838" s="2">
         <v>3864836526.4872003</v>
       </c>
       <c r="F838" s="1">
         <v>202</v>
       </c>
     </row>
-    <row r="839" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="839" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A839" s="4" t="s">
         <v>97</v>
       </c>
       <c r="B839" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C839" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D839" s="2">
         <v>162.58161195134531</v>
       </c>
       <c r="E839" s="2">
         <v>19694337.058000002</v>
       </c>
       <c r="F839" s="1">
         <v>8</v>
       </c>
     </row>
-    <row r="840" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="840" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A840" s="4" t="s">
         <v>97</v>
       </c>
       <c r="B840" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C840" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D840" s="2">
         <v>10303.429277432624</v>
       </c>
       <c r="E840" s="2">
         <v>393679638.80000001</v>
       </c>
       <c r="F840" s="1">
         <v>24</v>
       </c>
     </row>
-    <row r="841" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="841" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A841" s="4" t="s">
         <v>97</v>
       </c>
       <c r="B841" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C841" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D841" s="2">
         <v>180.79291489361702</v>
       </c>
       <c r="E841" s="2">
         <v>16994534</v>
       </c>
       <c r="F841" s="1">
         <v>11</v>
       </c>
     </row>
-    <row r="842" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="842" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A842" s="4" t="s">
         <v>97</v>
       </c>
       <c r="B842" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C842" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D842" s="2">
         <v>12722.056722977788</v>
       </c>
       <c r="E842" s="2">
         <v>801314721.60000002</v>
       </c>
       <c r="F842" s="1">
         <v>49</v>
       </c>
     </row>
-    <row r="843" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="843" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A843" s="4" t="s">
         <v>97</v>
       </c>
       <c r="B843" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C843" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D843" s="2">
         <v>739.91748255284699</v>
       </c>
       <c r="E843" s="2">
         <v>35114707.919999994</v>
       </c>
       <c r="F843" s="1">
         <v>68</v>
       </c>
     </row>
-    <row r="844" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="844" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A844" s="4" t="s">
         <v>97</v>
       </c>
       <c r="B844" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C844" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D844" s="2">
         <v>52522.119128395425</v>
       </c>
       <c r="E844" s="2">
         <v>8850001916.0970001</v>
       </c>
       <c r="F844" s="1">
         <v>1340</v>
       </c>
     </row>
-    <row r="845" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="845" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A845" s="4" t="s">
         <v>97</v>
       </c>
       <c r="B845" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C845" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D845" s="2">
         <v>782.4413883883567</v>
       </c>
       <c r="E845" s="2">
         <v>18159397.374439999</v>
       </c>
       <c r="F845" s="1">
         <v>15</v>
       </c>
     </row>
-    <row r="846" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="846" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A846" s="4" t="s">
         <v>97</v>
       </c>
       <c r="B846" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C846" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D846" s="2">
         <v>89536.705916324878</v>
       </c>
       <c r="E846" s="2">
         <v>38485728752.750343</v>
       </c>
       <c r="F846" s="1">
         <v>1554</v>
       </c>
     </row>
-    <row r="847" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="847" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A847" s="4" t="s">
         <v>97</v>
       </c>
       <c r="B847" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C847" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D847" s="2">
         <v>242.41638146845392</v>
       </c>
       <c r="E847" s="2">
         <v>7649933.75</v>
       </c>
       <c r="F847" s="1">
         <v>5</v>
       </c>
     </row>
-    <row r="848" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="848" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A848" s="4" t="s">
         <v>97</v>
       </c>
       <c r="B848" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C848" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D848" s="2">
         <v>14274.028840750449</v>
       </c>
       <c r="E848" s="2">
         <v>304361691.2044</v>
       </c>
       <c r="F848" s="1">
         <v>155</v>
       </c>
     </row>
-    <row r="849" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="849" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A849" s="4" t="s">
         <v>98</v>
       </c>
       <c r="B849" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C849" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D849" s="2">
         <v>251.0798683003857</v>
       </c>
       <c r="E849" s="2">
         <v>193004382.69999999</v>
       </c>
       <c r="F849" s="2">
         <v>49</v>
       </c>
     </row>
-    <row r="850" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="850" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A850" s="4" t="s">
         <v>98</v>
       </c>
       <c r="B850" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C850" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D850" s="2">
         <v>13607.949998887327</v>
       </c>
       <c r="E850" s="2">
         <v>3998597245.4162998</v>
       </c>
       <c r="F850" s="2">
         <v>128</v>
       </c>
     </row>
-    <row r="851" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="851" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A851" s="4" t="s">
         <v>98</v>
       </c>
       <c r="B851" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C851" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D851" s="2">
         <v>191.83067077737692</v>
       </c>
       <c r="E851" s="2">
         <v>23916669.199999999</v>
       </c>
       <c r="F851" s="2">
         <v>7</v>
       </c>
     </row>
-    <row r="852" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="852" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A852" s="4" t="s">
         <v>98</v>
       </c>
       <c r="B852" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C852" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D852" s="2">
         <v>14947.865749184051</v>
       </c>
       <c r="E852" s="2">
         <v>236730889.5</v>
       </c>
       <c r="F852" s="2">
         <v>12</v>
       </c>
     </row>
-    <row r="853" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="853" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A853" s="4" t="s">
         <v>98</v>
       </c>
       <c r="B853" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C853" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D853" s="2">
         <v>201.7760492040521</v>
       </c>
       <c r="E853" s="2">
         <v>27885450</v>
       </c>
       <c r="F853" s="2">
         <v>15</v>
       </c>
     </row>
-    <row r="854" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="854" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A854" s="4" t="s">
         <v>98</v>
       </c>
       <c r="B854" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C854" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D854" s="2">
         <v>13091.441784300929</v>
       </c>
       <c r="E854" s="2">
         <v>582488516.12</v>
       </c>
       <c r="F854" s="2">
         <v>32</v>
       </c>
     </row>
-    <row r="855" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="855" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A855" s="4" t="s">
         <v>98</v>
       </c>
       <c r="B855" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C855" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D855" s="2">
         <v>803.31243248120302</v>
       </c>
       <c r="E855" s="2">
         <v>13355069.189999999</v>
       </c>
       <c r="F855" s="2">
         <v>123</v>
       </c>
     </row>
-    <row r="856" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="856" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A856" s="4" t="s">
         <v>98</v>
       </c>
       <c r="B856" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C856" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D856" s="2">
         <v>51561.315092289813</v>
       </c>
       <c r="E856" s="2">
         <v>13003449348.498695</v>
       </c>
       <c r="F856" s="2">
         <v>937</v>
       </c>
     </row>
-    <row r="857" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="857" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A857" s="4" t="s">
         <v>98</v>
       </c>
       <c r="B857" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C857" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D857" s="2">
         <v>791.64772094661566</v>
       </c>
       <c r="E857" s="2">
         <v>27956664.024210002</v>
       </c>
       <c r="F857" s="2">
         <v>20</v>
       </c>
     </row>
-    <row r="858" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="858" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A858" s="4" t="s">
         <v>98</v>
       </c>
       <c r="B858" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C858" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D858" s="2">
         <v>91115.440908034827</v>
       </c>
       <c r="E858" s="2">
         <v>31045152067.062668</v>
       </c>
       <c r="F858" s="2">
         <v>1016</v>
       </c>
     </row>
-    <row r="859" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="859" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A859" s="4" t="s">
         <v>98</v>
       </c>
       <c r="B859" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C859" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D859" s="2">
         <v>230.98662495229217</v>
       </c>
       <c r="E859" s="2">
         <v>4587500.6254000003</v>
       </c>
       <c r="F859" s="2">
         <v>6</v>
       </c>
     </row>
-    <row r="860" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="860" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A860" s="4" t="s">
         <v>98</v>
       </c>
       <c r="B860" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C860" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D860" s="2">
         <v>15504.971063536417</v>
       </c>
       <c r="E860" s="2">
         <v>402475294.48740017</v>
       </c>
       <c r="F860" s="2">
         <v>167</v>
       </c>
     </row>
-    <row r="861" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="861" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A861" s="4" t="s">
         <v>99</v>
       </c>
       <c r="B861" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C861" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D861" s="2">
         <v>250.76712529800096</v>
       </c>
       <c r="E861" s="2">
         <v>208071990.25</v>
       </c>
       <c r="F861" s="2">
         <v>49</v>
       </c>
     </row>
-    <row r="862" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="862" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A862" s="4" t="s">
         <v>99</v>
       </c>
       <c r="B862" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C862" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D862" s="2">
         <v>13970.184430071207</v>
       </c>
       <c r="E862" s="2">
         <v>7422594008.109498</v>
       </c>
       <c r="F862" s="2">
         <v>192</v>
       </c>
     </row>
-    <row r="863" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="863" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A863" s="4" t="s">
         <v>99</v>
       </c>
       <c r="B863" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C863" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D863" s="2">
         <v>174.83045774647888</v>
       </c>
       <c r="E863" s="2">
         <v>19860740</v>
       </c>
       <c r="F863" s="2">
         <v>7</v>
       </c>
     </row>
-    <row r="864" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="864" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A864" s="4" t="s">
         <v>99</v>
       </c>
       <c r="B864" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C864" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D864" s="2">
         <v>16448.392258608776</v>
       </c>
       <c r="E864" s="2">
         <v>748713544.79999995</v>
       </c>
       <c r="F864" s="2">
         <v>14</v>
       </c>
     </row>
-    <row r="865" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="865" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A865" s="4" t="s">
         <v>99</v>
       </c>
       <c r="B865" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C865" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D865" s="2">
         <v>205.44650279400003</v>
       </c>
       <c r="E865" s="2">
         <v>28774127.98</v>
       </c>
       <c r="F865" s="2">
         <v>15</v>
       </c>
     </row>
-    <row r="866" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="866" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A866" s="4" t="s">
         <v>99</v>
       </c>
       <c r="B866" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C866" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D866" s="2">
         <v>12951.152270889666</v>
       </c>
       <c r="E866" s="2">
         <v>772024843.76000011</v>
       </c>
       <c r="F866" s="2">
         <v>56</v>
       </c>
     </row>
-    <row r="867" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="867" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A867" s="4" t="s">
         <v>99</v>
       </c>
       <c r="B867" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C867" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D867" s="2">
         <v>742.19598674999349</v>
       </c>
       <c r="E867" s="2">
         <v>53169213.440000005</v>
       </c>
       <c r="F867" s="2">
         <v>87</v>
       </c>
     </row>
-    <row r="868" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="868" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A868" s="4" t="s">
         <v>99</v>
       </c>
       <c r="B868" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C868" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D868" s="2">
         <v>53147.122696902799</v>
       </c>
       <c r="E868" s="2">
         <v>8091415370.6750984</v>
       </c>
       <c r="F868" s="2">
         <v>1104</v>
       </c>
     </row>
-    <row r="869" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="869" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A869" s="4" t="s">
         <v>99</v>
       </c>
       <c r="B869" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C869" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D869" s="2">
         <v>788.27367753309966</v>
       </c>
       <c r="E869" s="2">
         <v>77270835.455190003</v>
       </c>
       <c r="F869" s="2">
         <v>32</v>
       </c>
     </row>
-    <row r="870" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="870" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A870" s="4" t="s">
         <v>99</v>
       </c>
       <c r="B870" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C870" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D870" s="2">
         <v>88491.883314896462</v>
       </c>
       <c r="E870" s="2">
         <v>46278019444.961182</v>
       </c>
       <c r="F870" s="2">
         <v>1252</v>
       </c>
     </row>
-    <row r="871" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="871" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A871" s="4" t="s">
         <v>99</v>
       </c>
       <c r="B871" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C871" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D871" s="2">
         <v>203.37666376414978</v>
       </c>
       <c r="E871" s="2">
         <v>6539780</v>
       </c>
       <c r="F871" s="2">
         <v>15</v>
       </c>
     </row>
-    <row r="872" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="872" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A872" s="4" t="s">
         <v>99</v>
       </c>
       <c r="B872" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C872" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D872" s="2">
         <v>14140.632419142299</v>
       </c>
       <c r="E872" s="2">
         <v>1193960904.5585001</v>
       </c>
       <c r="F872" s="2">
         <v>225</v>
       </c>
     </row>
-    <row r="873" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="873" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A873" s="4" t="s">
         <v>100</v>
       </c>
       <c r="B873" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C873" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D873" s="2">
         <v>250.9368936709198</v>
       </c>
       <c r="E873" s="2">
         <v>202058364.88639998</v>
       </c>
       <c r="F873" s="2">
         <v>44</v>
       </c>
     </row>
-    <row r="874" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="874" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A874" s="4" t="s">
         <v>100</v>
       </c>
       <c r="B874" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C874" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D874" s="2">
         <v>13439.873603002787</v>
       </c>
       <c r="E874" s="2">
         <v>5281627870.6602983</v>
       </c>
       <c r="F874" s="2">
         <v>182</v>
       </c>
     </row>
-    <row r="875" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="875" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A875" s="4" t="s">
         <v>100</v>
       </c>
       <c r="B875" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C875" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D875" s="2">
         <v>1633.0434782608695</v>
       </c>
       <c r="E875" s="2">
         <v>15024000</v>
       </c>
       <c r="F875" s="2">
         <v>4</v>
       </c>
     </row>
-    <row r="876" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="876" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A876" s="4" t="s">
         <v>100</v>
       </c>
       <c r="B876" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C876" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D876" s="2">
         <v>14082.451410986698</v>
       </c>
       <c r="E876" s="2">
         <v>932948746</v>
       </c>
       <c r="F876" s="2">
         <v>17</v>
       </c>
     </row>
-    <row r="877" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="877" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A877" s="4" t="s">
         <v>100</v>
       </c>
       <c r="B877" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C877" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D877" s="2">
         <v>196.24150735510781</v>
       </c>
       <c r="E877" s="2">
         <v>9573470.2249999996</v>
       </c>
       <c r="F877" s="2">
         <v>9</v>
       </c>
     </row>
-    <row r="878" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="878" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A878" s="4" t="s">
         <v>100</v>
       </c>
       <c r="B878" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C878" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D878" s="2">
         <v>15144.172604191339</v>
       </c>
       <c r="E878" s="2">
         <v>2486979508.2200003</v>
       </c>
       <c r="F878" s="2">
         <v>35</v>
       </c>
     </row>
-    <row r="879" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="879" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A879" s="4" t="s">
         <v>100</v>
       </c>
       <c r="B879" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C879" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D879" s="2">
         <v>765.41751412429392</v>
       </c>
       <c r="E879" s="2">
         <v>13005974.400000002</v>
       </c>
       <c r="F879" s="2">
         <v>67</v>
       </c>
     </row>
-    <row r="880" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="880" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A880" s="4" t="s">
         <v>100</v>
       </c>
       <c r="B880" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C880" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D880" s="2">
         <v>54005.268408776123</v>
       </c>
       <c r="E880" s="2">
         <v>5707072247.4880009</v>
       </c>
       <c r="F880" s="2">
         <v>838</v>
       </c>
     </row>
-    <row r="881" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="881" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A881" s="4" t="s">
         <v>100</v>
       </c>
       <c r="B881" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C881" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D881" s="2">
         <v>797.51711641436395</v>
       </c>
       <c r="E881" s="2">
         <v>92737686.038080007</v>
       </c>
       <c r="F881" s="2">
         <v>44</v>
       </c>
     </row>
-    <row r="882" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="882" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A882" s="4" t="s">
         <v>100</v>
       </c>
       <c r="B882" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C882" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D882" s="2">
         <v>85611.65334460052</v>
       </c>
       <c r="E882" s="2">
         <v>32870774000.519733</v>
       </c>
       <c r="F882" s="2">
         <v>1387</v>
       </c>
     </row>
-    <row r="883" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="883" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A883" s="4" t="s">
         <v>100</v>
       </c>
       <c r="B883" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C883" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D883" s="2">
         <v>230.39688115222907</v>
       </c>
       <c r="E883" s="2">
         <v>7919597.8816</v>
       </c>
       <c r="F883" s="2">
         <v>9</v>
       </c>
     </row>
-    <row r="884" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="884" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A884" s="4" t="s">
         <v>100</v>
       </c>
       <c r="B884" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C884" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D884" s="2">
         <v>148.09803921568627</v>
       </c>
       <c r="E884" s="2">
         <v>2265900</v>
       </c>
       <c r="F884" s="2">
         <v>3</v>
       </c>
     </row>
-    <row r="885" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="885" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A885" s="4" t="s">
         <v>100</v>
       </c>
       <c r="B885" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C885" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D885" s="2">
         <v>14404.920538541355</v>
       </c>
       <c r="E885" s="2">
         <v>857954315.93570018</v>
       </c>
       <c r="F885" s="2">
         <v>200</v>
       </c>
     </row>
-    <row r="886" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="886" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A886" s="4" t="s">
         <v>101</v>
       </c>
       <c r="B886" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C886" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D886" s="2">
         <v>252.75703560254885</v>
       </c>
       <c r="E886" s="2">
         <v>141482193.92120001</v>
       </c>
       <c r="F886" s="2">
         <v>44</v>
       </c>
     </row>
-    <row r="887" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="887" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A887" s="4" t="s">
         <v>101</v>
       </c>
       <c r="B887" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C887" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D887" s="2">
         <v>13456.98257656985</v>
       </c>
       <c r="E887" s="2">
         <v>5869251243.1960983</v>
       </c>
       <c r="F887" s="2">
         <v>246</v>
       </c>
     </row>
-    <row r="888" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="888" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A888" s="4" t="s">
         <v>101</v>
       </c>
       <c r="B888" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C888" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D888" s="2">
         <v>190.88539338502059</v>
       </c>
       <c r="E888" s="2">
         <v>40459755.502499998</v>
       </c>
       <c r="F888" s="2">
         <v>8</v>
       </c>
     </row>
-    <row r="889" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="889" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A889" s="4" t="s">
         <v>101</v>
       </c>
       <c r="B889" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C889" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D889" s="2">
         <v>1649.1850706819562</v>
       </c>
       <c r="E889" s="2">
         <v>15149776.879999999</v>
       </c>
       <c r="F889" s="2">
         <v>4</v>
       </c>
     </row>
-    <row r="890" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="890" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A890" s="4" t="s">
         <v>101</v>
       </c>
       <c r="B890" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C890" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D890" s="2">
         <v>10364.021656346291</v>
       </c>
       <c r="E890" s="2">
         <v>627191311</v>
       </c>
       <c r="F890" s="2">
         <v>24</v>
       </c>
     </row>
-    <row r="891" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="891" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A891" s="4" t="s">
         <v>101</v>
       </c>
       <c r="B891" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C891" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D891" s="2">
         <v>205.51019041980248</v>
       </c>
       <c r="E891" s="2">
         <v>18591492.939999998</v>
       </c>
       <c r="F891" s="2">
         <v>19</v>
       </c>
     </row>
-    <row r="892" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="892" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A892" s="4" t="s">
         <v>101</v>
       </c>
       <c r="B892" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C892" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D892" s="2">
         <v>13453.104024781936</v>
       </c>
       <c r="E892" s="2">
         <v>1038763252.13</v>
       </c>
       <c r="F892" s="2">
         <v>46</v>
       </c>
     </row>
-    <row r="893" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="893" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A893" s="4" t="s">
         <v>101</v>
       </c>
       <c r="B893" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C893" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D893" s="2">
         <v>809.87404835589939</v>
       </c>
       <c r="E893" s="2">
         <v>12561146.49</v>
       </c>
       <c r="F893" s="2">
         <v>112</v>
       </c>
     </row>
-    <row r="894" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="894" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A894" s="4" t="s">
         <v>101</v>
       </c>
       <c r="B894" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C894" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D894" s="2">
         <v>56456.698061518924</v>
       </c>
       <c r="E894" s="2">
         <v>7907238808.20502</v>
       </c>
       <c r="F894" s="2">
         <v>1101</v>
       </c>
     </row>
-    <row r="895" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="895" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A895" s="4" t="s">
         <v>101</v>
       </c>
       <c r="B895" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C895" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D895" s="2">
         <v>807.95674233667523</v>
       </c>
       <c r="E895" s="2">
         <v>31391078.734879989</v>
       </c>
       <c r="F895" s="2">
         <v>41</v>
       </c>
     </row>
-    <row r="896" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="896" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A896" s="4" t="s">
         <v>101</v>
       </c>
       <c r="B896" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C896" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D896" s="2">
         <v>85793.951480104093</v>
       </c>
       <c r="E896" s="2">
         <v>46709146153.379921</v>
       </c>
       <c r="F896" s="2">
         <v>1376</v>
       </c>
     </row>
-    <row r="897" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="897" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A897" s="4" t="s">
         <v>101</v>
       </c>
       <c r="B897" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C897" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D897" s="2">
         <v>245.28891882832036</v>
       </c>
       <c r="E897" s="2">
         <v>6117319.216</v>
       </c>
       <c r="F897" s="2">
         <v>9</v>
       </c>
     </row>
-    <row r="898" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="898" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A898" s="4" t="s">
         <v>101</v>
       </c>
       <c r="B898" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C898" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D898" s="2">
         <v>140.57692307692307</v>
       </c>
       <c r="E898" s="2">
         <v>2193000</v>
       </c>
       <c r="F898" s="2">
         <v>4</v>
       </c>
     </row>
-    <row r="899" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="899" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A899" s="4" t="s">
         <v>101</v>
       </c>
       <c r="B899" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C899" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D899" s="2">
         <v>12246.426291687261</v>
       </c>
       <c r="E899" s="2">
         <v>1026917586.0835001</v>
       </c>
       <c r="F899" s="2">
         <v>296</v>
       </c>
     </row>
-    <row r="900" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="900" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A900" s="4" t="s">
         <v>102</v>
       </c>
       <c r="B900" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C900" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D900" s="2">
         <v>240.82700139070181</v>
       </c>
       <c r="E900" s="2">
         <v>221102691.99199998</v>
       </c>
       <c r="F900" s="2">
         <v>50</v>
       </c>
     </row>
-    <row r="901" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="901" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A901" s="4" t="s">
         <v>102</v>
       </c>
       <c r="B901" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C901" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D901" s="2">
         <v>14000.746231055871</v>
       </c>
       <c r="E901" s="2">
         <v>9238154695.892704</v>
       </c>
       <c r="F901" s="2">
         <v>212</v>
       </c>
     </row>
-    <row r="902" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="902" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A902" s="4" t="s">
         <v>102</v>
       </c>
       <c r="B902" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C902" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D902" s="2">
         <v>181.85426540284359</v>
       </c>
       <c r="E902" s="2">
         <v>23022750</v>
       </c>
       <c r="F902" s="2">
         <v>6</v>
       </c>
     </row>
-    <row r="903" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="903" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A903" s="4" t="s">
         <v>102</v>
       </c>
       <c r="B903" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C903" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D903" s="2">
         <v>10924.622217918504</v>
       </c>
       <c r="E903" s="2">
         <v>636295444.4000001</v>
       </c>
       <c r="F903" s="2">
         <v>43</v>
       </c>
     </row>
-    <row r="904" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="904" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A904" s="4" t="s">
         <v>102</v>
       </c>
       <c r="B904" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C904" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D904" s="2">
         <v>194.79368805425145</v>
       </c>
       <c r="E904" s="2">
         <v>37341950</v>
       </c>
       <c r="F904" s="2">
         <v>18</v>
       </c>
     </row>
-    <row r="905" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="905" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A905" s="4" t="s">
         <v>102</v>
       </c>
       <c r="B905" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C905" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D905" s="2">
         <v>10606.646490643319</v>
       </c>
       <c r="E905" s="2">
         <v>615935842.45000005</v>
       </c>
       <c r="F905" s="2">
         <v>48</v>
       </c>
     </row>
-    <row r="906" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="906" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A906" s="4" t="s">
         <v>102</v>
       </c>
       <c r="B906" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C906" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D906" s="2">
         <v>797.04839215686275</v>
       </c>
       <c r="E906" s="2">
         <v>2032473.4</v>
       </c>
       <c r="F906" s="2">
         <v>112</v>
       </c>
     </row>
-    <row r="907" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="907" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A907" s="4" t="s">
         <v>102</v>
       </c>
       <c r="B907" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C907" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D907" s="2">
         <v>52357.988500944019</v>
       </c>
       <c r="E907" s="2">
         <v>6989633291.3927784</v>
       </c>
       <c r="F907" s="2">
         <v>768</v>
       </c>
     </row>
-    <row r="908" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="908" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A908" s="4" t="s">
         <v>102</v>
       </c>
       <c r="B908" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C908" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D908" s="2">
         <v>815.15537888937308</v>
       </c>
       <c r="E908" s="2">
         <v>85209835.108549997</v>
       </c>
       <c r="F908" s="2">
         <v>44</v>
       </c>
     </row>
-    <row r="909" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="909" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A909" s="4" t="s">
         <v>102</v>
       </c>
       <c r="B909" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C909" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D909" s="2">
         <v>87241.104686912877</v>
       </c>
       <c r="E909" s="2">
         <v>13882317380.994905</v>
       </c>
       <c r="F909" s="2">
         <v>1142</v>
       </c>
     </row>
-    <row r="910" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="910" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A910" s="4" t="s">
         <v>102</v>
       </c>
       <c r="B910" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C910" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D910" s="2">
         <v>215.03169678448049</v>
       </c>
       <c r="E910" s="2">
         <v>6473314.2000000002</v>
       </c>
       <c r="F910" s="2">
         <v>9</v>
       </c>
     </row>
-    <row r="911" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="911" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A911" s="4" t="s">
         <v>102</v>
       </c>
       <c r="B911" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C911" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D911" s="2">
         <v>12354.729909087446</v>
       </c>
       <c r="E911" s="2">
         <v>454303186.32499999</v>
       </c>
       <c r="F911" s="2">
         <v>187</v>
       </c>
     </row>
-    <row r="912" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="912" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A912" s="4" t="s">
         <v>103</v>
       </c>
       <c r="B912" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C912" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D912" s="2">
         <v>238.97967678966566</v>
       </c>
       <c r="E912" s="2">
         <v>385661041.741</v>
       </c>
       <c r="F912" s="2">
         <v>81</v>
       </c>
     </row>
-    <row r="913" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="913" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A913" s="4" t="s">
         <v>103</v>
       </c>
       <c r="B913" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C913" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D913" s="2">
         <v>293.86761303741395</v>
       </c>
       <c r="E913" s="2">
         <v>4555130.1999999993</v>
       </c>
       <c r="F913" s="2">
         <v>9</v>
       </c>
     </row>
-    <row r="914" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="914" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A914" s="4" t="s">
         <v>103</v>
       </c>
       <c r="B914" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C914" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D914" s="2">
         <v>13339.059747075218</v>
       </c>
       <c r="E914" s="2">
         <v>4866466584.4972992</v>
       </c>
       <c r="F914" s="2">
         <v>177</v>
       </c>
     </row>
-    <row r="915" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="915" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A915" s="4" t="s">
         <v>103</v>
       </c>
       <c r="B915" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C915" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D915" s="2">
         <v>187.21052631578948</v>
       </c>
       <c r="E915" s="2">
         <v>7114000</v>
       </c>
       <c r="F915" s="2">
         <v>3</v>
       </c>
     </row>
-    <row r="916" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="916" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A916" s="4" t="s">
         <v>103</v>
       </c>
       <c r="B916" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C916" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D916" s="2">
         <v>11561.489329235828</v>
       </c>
       <c r="E916" s="2">
         <v>416948741.58999997</v>
       </c>
       <c r="F916" s="2">
         <v>25</v>
       </c>
     </row>
-    <row r="917" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="917" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A917" s="4" t="s">
         <v>103</v>
       </c>
       <c r="B917" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C917" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D917" s="2">
         <v>195.86905013196704</v>
       </c>
       <c r="E917" s="2">
         <v>30563648.285</v>
       </c>
       <c r="F917" s="2">
         <v>29</v>
       </c>
     </row>
-    <row r="918" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="918" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A918" s="4" t="s">
         <v>103</v>
       </c>
       <c r="B918" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C918" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D918" s="2">
         <v>13842.745780940133</v>
       </c>
       <c r="E918" s="2">
         <v>1019669943.26</v>
       </c>
       <c r="F918" s="2">
         <v>32</v>
       </c>
     </row>
-    <row r="919" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="919" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A919" s="4" t="s">
         <v>103</v>
       </c>
       <c r="B919" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C919" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D919" s="2">
         <v>719.45018519937673</v>
       </c>
       <c r="E919" s="2">
         <v>11265726.560000001</v>
       </c>
       <c r="F919" s="2">
         <v>63</v>
       </c>
     </row>
-    <row r="920" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="920" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A920" s="4" t="s">
         <v>103</v>
       </c>
       <c r="B920" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C920" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D920" s="2">
         <v>57756.020609836261</v>
       </c>
       <c r="E920" s="2">
         <v>6503203052.1510143</v>
       </c>
       <c r="F920" s="2">
         <v>902</v>
       </c>
     </row>
-    <row r="921" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="921" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A921" s="4" t="s">
         <v>103</v>
       </c>
       <c r="B921" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C921" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D921" s="2">
         <v>842.67400133324372</v>
       </c>
       <c r="E921" s="2">
         <v>248037109.81511003</v>
       </c>
       <c r="F921" s="2">
         <v>40</v>
       </c>
     </row>
-    <row r="922" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="922" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A922" s="4" t="s">
         <v>103</v>
       </c>
       <c r="B922" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C922" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D922" s="2">
         <v>83073.171035005711</v>
       </c>
       <c r="E922" s="2">
         <v>28031326935.512566</v>
       </c>
       <c r="F922" s="2">
         <v>1418</v>
       </c>
     </row>
-    <row r="923" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="923" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A923" s="4" t="s">
         <v>103</v>
       </c>
       <c r="B923" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C923" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D923" s="2">
         <v>196.78865952668855</v>
       </c>
       <c r="E923" s="2">
         <v>5696047.75</v>
       </c>
       <c r="F923" s="2">
         <v>8</v>
       </c>
     </row>
-    <row r="924" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="924" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A924" s="4" t="s">
         <v>103</v>
       </c>
       <c r="B924" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C924" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D924" s="2">
         <v>13978.579739975004</v>
       </c>
       <c r="E924" s="2">
         <v>623287956.52399993</v>
       </c>
       <c r="F924" s="2">
         <v>187</v>
       </c>
     </row>
-    <row r="925" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="925" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A925" s="4" t="s">
         <v>104</v>
       </c>
       <c r="B925" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C925" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D925" s="2">
         <v>235.70847371967656</v>
       </c>
       <c r="E925" s="2">
         <v>279833100</v>
       </c>
       <c r="F925" s="2">
         <v>35</v>
       </c>
     </row>
-    <row r="926" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="926" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A926" s="4" t="s">
         <v>104</v>
       </c>
       <c r="B926" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C926" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D926" s="2">
         <v>181.08360282668582</v>
       </c>
       <c r="E926" s="2">
         <v>7559335</v>
       </c>
       <c r="F926" s="2">
         <v>6</v>
       </c>
     </row>
-    <row r="927" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="927" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A927" s="4" t="s">
         <v>104</v>
       </c>
       <c r="B927" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C927" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D927" s="2">
         <v>13584.640642096621</v>
       </c>
       <c r="E927" s="2">
         <v>4835630292.7150002</v>
       </c>
       <c r="F927" s="2">
         <v>165</v>
       </c>
     </row>
-    <row r="928" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="928" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A928" s="4" t="s">
         <v>104</v>
       </c>
       <c r="B928" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C928" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D928" s="2">
         <v>191.4116434681923</v>
       </c>
       <c r="E928" s="2">
         <v>59317212.458999999</v>
       </c>
       <c r="F928" s="2">
         <v>11</v>
       </c>
     </row>
-    <row r="929" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="929" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A929" s="4" t="s">
         <v>104</v>
       </c>
       <c r="B929" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C929" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D929" s="2">
         <v>10979.251575866287</v>
       </c>
       <c r="E929" s="2">
         <v>449518666.39999998</v>
       </c>
       <c r="F929" s="2">
         <v>20</v>
       </c>
     </row>
-    <row r="930" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="930" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A930" s="4" t="s">
         <v>104</v>
       </c>
       <c r="B930" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C930" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D930" s="2">
         <v>196.26483234326111</v>
       </c>
       <c r="E930" s="2">
         <v>35607904.600000001</v>
       </c>
       <c r="F930" s="2">
         <v>24</v>
       </c>
     </row>
-    <row r="931" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="931" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A931" s="4" t="s">
         <v>104</v>
       </c>
       <c r="B931" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C931" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D931" s="2">
         <v>16743.148367585036</v>
       </c>
       <c r="E931" s="2">
         <v>1381717603.4199998</v>
       </c>
       <c r="F931" s="2">
         <v>53</v>
       </c>
     </row>
-    <row r="932" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="932" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A932" s="4" t="s">
         <v>104</v>
       </c>
       <c r="B932" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C932" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D932" s="2">
         <v>739.23349257033669</v>
       </c>
       <c r="E932" s="2">
         <v>17640920.219999999</v>
       </c>
       <c r="F932" s="2">
         <v>76</v>
       </c>
     </row>
-    <row r="933" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="933" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A933" s="4" t="s">
         <v>104</v>
       </c>
       <c r="B933" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C933" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D933" s="2">
         <v>59202.929949666592</v>
       </c>
       <c r="E933" s="2">
         <v>6673838899.1109943</v>
       </c>
       <c r="F933" s="2">
         <v>943</v>
       </c>
     </row>
-    <row r="934" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="934" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A934" s="4" t="s">
         <v>104</v>
       </c>
       <c r="B934" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C934" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D934" s="2">
         <v>772.96281467922608</v>
       </c>
       <c r="E934" s="2">
         <v>62883269.765109986</v>
       </c>
       <c r="F934" s="2">
         <v>40</v>
       </c>
     </row>
-    <row r="935" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="935" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A935" s="4" t="s">
         <v>104</v>
       </c>
       <c r="B935" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C935" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D935" s="2">
         <v>82134.645271524714</v>
       </c>
       <c r="E935" s="2">
         <v>17914914948.864162</v>
       </c>
       <c r="F935" s="2">
         <v>1689</v>
       </c>
     </row>
-    <row r="936" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="936" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A936" s="4" t="s">
         <v>104</v>
       </c>
       <c r="B936" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C936" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D936" s="2">
         <v>172.6792803598201</v>
       </c>
       <c r="E936" s="2">
         <v>2303541.6</v>
       </c>
       <c r="F936" s="2">
         <v>7</v>
       </c>
     </row>
-    <row r="937" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="937" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A937" s="4" t="s">
         <v>104</v>
       </c>
       <c r="B937" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C937" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D937" s="2">
         <v>12142.123721359378</v>
       </c>
       <c r="E937" s="2">
         <v>406758667.67229992</v>
       </c>
       <c r="F937" s="2">
         <v>193</v>
       </c>
     </row>
-    <row r="938" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="938" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A938" s="4" t="s">
         <v>105</v>
       </c>
       <c r="B938" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C938" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D938" s="2">
         <v>235.57417063978926</v>
       </c>
       <c r="E938" s="2">
         <v>177333811.55000001</v>
       </c>
       <c r="F938" s="2">
         <v>43</v>
       </c>
     </row>
-    <row r="939" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="939" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A939" s="4" t="s">
         <v>105</v>
       </c>
       <c r="B939" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C939" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D939" s="2">
         <v>13967.435855847731</v>
       </c>
       <c r="E939" s="2">
         <v>7983710310.4491997</v>
       </c>
       <c r="F939" s="2">
         <v>305</v>
       </c>
     </row>
-    <row r="940" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="940" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A940" s="4" t="s">
         <v>105</v>
       </c>
       <c r="B940" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C940" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D940" s="2">
         <v>176.48663147875746</v>
       </c>
       <c r="E940" s="2">
         <v>40793120</v>
       </c>
       <c r="F940" s="2">
         <v>15</v>
       </c>
     </row>
-    <row r="941" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="941" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A941" s="4" t="s">
         <v>105</v>
       </c>
       <c r="B941" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C941" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D941" s="2">
         <v>1620.7243460764587</v>
       </c>
       <c r="E941" s="2">
         <v>12888000</v>
       </c>
       <c r="F941" s="2">
         <v>3</v>
       </c>
     </row>
-    <row r="942" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="942" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A942" s="4" t="s">
         <v>105</v>
       </c>
       <c r="B942" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C942" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D942" s="2">
         <v>13346.317972782892</v>
       </c>
       <c r="E942" s="2">
         <v>1607167534.0999999</v>
       </c>
       <c r="F942" s="2">
         <v>47</v>
       </c>
     </row>
-    <row r="943" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="943" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A943" s="4" t="s">
         <v>105</v>
       </c>
       <c r="B943" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C943" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D943" s="2">
         <v>196.45202065165483</v>
       </c>
       <c r="E943" s="2">
         <v>17647607</v>
       </c>
       <c r="F943" s="2">
         <v>14</v>
       </c>
     </row>
-    <row r="944" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="944" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A944" s="4" t="s">
         <v>105</v>
       </c>
       <c r="B944" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C944" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D944" s="2">
         <v>17058.56803558168</v>
       </c>
       <c r="E944" s="2">
         <v>1340937783.8200002</v>
       </c>
       <c r="F944" s="2">
         <v>45</v>
       </c>
     </row>
-    <row r="945" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="945" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A945" s="4" t="s">
         <v>105</v>
       </c>
       <c r="B945" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C945" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D945" s="2">
         <v>809.20614407733103</v>
       </c>
       <c r="E945" s="2">
         <v>17981693.410000004</v>
       </c>
       <c r="F945" s="2">
         <v>71</v>
       </c>
     </row>
-    <row r="946" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="946" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A946" s="4" t="s">
         <v>105</v>
       </c>
       <c r="B946" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C946" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D946" s="2">
         <v>59817.541679601993</v>
       </c>
       <c r="E946" s="2">
         <v>7204419276.4950018</v>
       </c>
       <c r="F946" s="2">
         <v>1116</v>
       </c>
     </row>
-    <row r="947" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="947" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A947" s="4" t="s">
         <v>105</v>
       </c>
       <c r="B947" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C947" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D947" s="2">
         <v>806.67760495414063</v>
       </c>
       <c r="E947" s="2">
         <v>52896748.142799988</v>
       </c>
       <c r="F947" s="2">
         <v>50</v>
       </c>
     </row>
-    <row r="948" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="948" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A948" s="4" t="s">
         <v>105</v>
       </c>
       <c r="B948" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C948" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D948" s="2">
         <v>691.13393924519801</v>
       </c>
       <c r="E948" s="2">
         <v>8890385.5314000007</v>
       </c>
       <c r="F948" s="2">
         <v>6</v>
       </c>
     </row>
-    <row r="949" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="949" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A949" s="4" t="s">
         <v>105</v>
       </c>
       <c r="B949" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C949" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D949" s="2">
         <v>83798.533919303271</v>
       </c>
       <c r="E949" s="2">
         <v>43243676755.395645</v>
       </c>
       <c r="F949" s="2">
         <v>1580</v>
       </c>
     </row>
-    <row r="950" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="950" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A950" s="4" t="s">
         <v>105</v>
       </c>
       <c r="B950" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C950" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D950" s="2">
         <v>187.32583095600316</v>
       </c>
       <c r="E950" s="2">
         <v>7991301.216</v>
       </c>
       <c r="F950" s="2">
         <v>12</v>
       </c>
     </row>
-    <row r="951" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="951" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A951" s="4" t="s">
         <v>105</v>
       </c>
       <c r="B951" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C951" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D951" s="2">
         <v>14632.223853082187</v>
       </c>
       <c r="E951" s="2">
         <v>524179256.33219993</v>
       </c>
       <c r="F951" s="2">
         <v>197</v>
       </c>
     </row>
-    <row r="952" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="952" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A952" s="4" t="s">
         <v>106</v>
       </c>
       <c r="B952" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C952" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D952" s="2">
         <v>236.02009691330355</v>
       </c>
       <c r="E952" s="2">
         <v>146908552.09999999</v>
       </c>
       <c r="F952" s="2">
         <v>39</v>
       </c>
     </row>
-    <row r="953" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="953" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A953" s="4" t="s">
         <v>106</v>
       </c>
       <c r="B953" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C953" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D953" s="2">
         <v>12729.166345148742</v>
       </c>
       <c r="E953" s="2">
         <v>4307292481.9965019</v>
       </c>
       <c r="F953" s="2">
         <v>163</v>
       </c>
     </row>
-    <row r="954" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="954" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A954" s="4" t="s">
         <v>106</v>
       </c>
       <c r="B954" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C954" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D954" s="2">
         <v>169.25992434040336</v>
       </c>
       <c r="E954" s="2">
         <v>38737194.763400003</v>
       </c>
       <c r="F954" s="2">
         <v>13</v>
       </c>
     </row>
-    <row r="955" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="955" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A955" s="4" t="s">
         <v>106</v>
       </c>
       <c r="B955" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C955" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D955" s="2">
         <v>9424.0200031718923</v>
       </c>
       <c r="E955" s="2">
         <v>279283660</v>
       </c>
       <c r="F955" s="2">
         <v>25</v>
       </c>
     </row>
-    <row r="956" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="956" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A956" s="4" t="s">
         <v>106</v>
       </c>
       <c r="B956" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C956" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D956" s="2">
         <v>187.07683863885839</v>
       </c>
       <c r="E956" s="2">
         <v>17042700</v>
       </c>
       <c r="F956" s="2">
         <v>15</v>
       </c>
     </row>
-    <row r="957" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="957" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A957" s="4" t="s">
         <v>106</v>
       </c>
       <c r="B957" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C957" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D957" s="2">
         <v>12905.221278071287</v>
       </c>
       <c r="E957" s="2">
         <v>328259015.16000003</v>
       </c>
       <c r="F957" s="2">
         <v>50</v>
       </c>
     </row>
-    <row r="958" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="958" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A958" s="4" t="s">
         <v>106</v>
       </c>
       <c r="B958" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C958" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D958" s="2">
         <v>808.656802512117</v>
       </c>
       <c r="E958" s="2">
         <v>4738405.4000000013</v>
       </c>
       <c r="F958" s="2">
         <v>148</v>
       </c>
     </row>
-    <row r="959" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="959" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A959" s="4" t="s">
         <v>106</v>
       </c>
       <c r="B959" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C959" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D959" s="2">
         <v>61554.272410402737</v>
       </c>
       <c r="E959" s="2">
         <v>2725750476.5679922</v>
       </c>
       <c r="F959" s="2">
         <v>739</v>
       </c>
     </row>
-    <row r="960" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="960" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A960" s="4" t="s">
         <v>106</v>
       </c>
       <c r="B960" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C960" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D960" s="2">
         <v>806.45464780166378</v>
       </c>
       <c r="E960" s="2">
         <v>47121937.815969996</v>
       </c>
       <c r="F960" s="2">
         <v>26</v>
       </c>
     </row>
-    <row r="961" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="961" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A961" s="4" t="s">
         <v>106</v>
       </c>
       <c r="B961" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C961" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D961" s="2">
         <v>80751.394177188078</v>
       </c>
       <c r="E961" s="2">
         <v>61897612848.883797</v>
       </c>
       <c r="F961" s="2">
         <v>1320</v>
       </c>
     </row>
-    <row r="962" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="962" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A962" s="4" t="s">
         <v>106</v>
       </c>
       <c r="B962" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C962" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D962" s="2">
         <v>203.92255850243995</v>
       </c>
       <c r="E962" s="2">
         <v>4458746.3493999997</v>
       </c>
       <c r="F962" s="2">
         <v>6</v>
       </c>
     </row>
-    <row r="963" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="963" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A963" s="4" t="s">
         <v>106</v>
       </c>
       <c r="B963" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C963" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D963" s="2">
         <v>13236.035528493579</v>
       </c>
       <c r="E963" s="2">
         <v>478831745.08400005</v>
       </c>
       <c r="F963" s="2">
         <v>151</v>
       </c>
     </row>
-    <row r="964" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="964" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A964" s="4" t="s">
         <v>107</v>
       </c>
       <c r="B964" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C964" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D964" s="2">
         <v>248.14490953281123</v>
       </c>
       <c r="E964" s="2">
         <v>211342538</v>
       </c>
       <c r="F964" s="2">
         <v>53</v>
       </c>
     </row>
-    <row r="965" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="965" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A965" s="4" t="s">
         <v>107</v>
       </c>
       <c r="B965" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C965" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D965" s="2">
         <v>13623.32364905081</v>
       </c>
       <c r="E965" s="2">
         <v>6747962133.0269995</v>
       </c>
       <c r="F965" s="2">
         <v>224</v>
       </c>
     </row>
-    <row r="966" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="966" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A966" s="4" t="s">
         <v>107</v>
       </c>
       <c r="B966" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C966" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D966" s="2">
         <v>182.75955408225033</v>
       </c>
       <c r="E966" s="2">
         <v>44701855.0986</v>
       </c>
       <c r="F966" s="2">
         <v>11</v>
       </c>
     </row>
-    <row r="967" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="967" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A967" s="4" t="s">
         <v>107</v>
       </c>
       <c r="B967" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C967" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D967" s="2">
         <v>12045.146362149821</v>
       </c>
       <c r="E967" s="2">
         <v>1151722843.5200002</v>
       </c>
       <c r="F967" s="2">
         <v>35</v>
       </c>
     </row>
-    <row r="968" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="968" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A968" s="4" t="s">
         <v>107</v>
       </c>
       <c r="B968" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C968" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D968" s="2">
         <v>176.51007448361216</v>
       </c>
       <c r="E968" s="2">
         <v>25329460.276999999</v>
       </c>
       <c r="F968" s="2">
         <v>17</v>
       </c>
     </row>
-    <row r="969" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="969" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A969" s="4" t="s">
         <v>107</v>
       </c>
       <c r="B969" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C969" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D969" s="2">
         <v>14334.421366970182</v>
       </c>
       <c r="E969" s="2">
         <v>1161407071.5999999</v>
       </c>
       <c r="F969" s="2">
         <v>43</v>
       </c>
     </row>
-    <row r="970" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="970" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A970" s="4" t="s">
         <v>107</v>
       </c>
       <c r="B970" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C970" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D970" s="2">
         <v>750.22888085654029</v>
       </c>
       <c r="E970" s="2">
         <v>27397608.499999996</v>
       </c>
       <c r="F970" s="2">
         <v>70</v>
       </c>
     </row>
-    <row r="971" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="971" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A971" s="4" t="s">
         <v>107</v>
       </c>
       <c r="B971" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C971" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D971" s="2">
         <v>57387.966466781858</v>
       </c>
       <c r="E971" s="2">
         <v>9482750678.5085926</v>
       </c>
       <c r="F971" s="2">
         <v>967</v>
       </c>
     </row>
-    <row r="972" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="972" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A972" s="4" t="s">
         <v>107</v>
       </c>
       <c r="B972" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C972" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D972" s="2">
         <v>779.56221778976283</v>
       </c>
       <c r="E972" s="2">
         <v>79799918.386099994</v>
       </c>
       <c r="F972" s="2">
         <v>29</v>
       </c>
     </row>
-    <row r="973" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="973" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A973" s="4" t="s">
         <v>107</v>
       </c>
       <c r="B973" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C973" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D973" s="2">
         <v>81247.607534942901</v>
       </c>
       <c r="E973" s="2">
         <v>69648869540.735168</v>
       </c>
       <c r="F973" s="2">
         <v>1384</v>
       </c>
     </row>
-    <row r="974" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="974" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A974" s="4" t="s">
         <v>107</v>
       </c>
       <c r="B974" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C974" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D974" s="2">
         <v>190.5793309227513</v>
       </c>
       <c r="E974" s="2">
         <v>4604423.3162000002</v>
       </c>
       <c r="F974" s="2">
         <v>6</v>
       </c>
     </row>
-    <row r="975" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="975" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A975" s="4" t="s">
         <v>107</v>
       </c>
       <c r="B975" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C975" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D975" s="2">
         <v>147.71739130434781</v>
       </c>
       <c r="E975" s="2">
         <v>3397500</v>
       </c>
       <c r="F975" s="2">
         <v>5</v>
       </c>
     </row>
-    <row r="976" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="976" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A976" s="4" t="s">
         <v>107</v>
       </c>
       <c r="B976" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C976" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D976" s="2">
         <v>12425.982741628834</v>
       </c>
       <c r="E976" s="2">
         <v>1008524868.0500002</v>
       </c>
       <c r="F976" s="2">
         <v>207</v>
       </c>
     </row>
-    <row r="977" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="977" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A977" s="4" t="s">
         <v>108</v>
       </c>
       <c r="B977" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C977" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D977" s="2">
         <v>236.27129222488867</v>
       </c>
       <c r="E977" s="2">
         <v>167710953.40000001</v>
       </c>
       <c r="F977" s="2">
         <v>32</v>
       </c>
     </row>
-    <row r="978" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="978" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A978" s="4" t="s">
         <v>108</v>
       </c>
       <c r="B978" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C978" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D978" s="2">
         <v>11885.466102413724</v>
       </c>
       <c r="E978" s="2">
         <v>6060066859.8740005</v>
       </c>
       <c r="F978" s="2">
         <v>191</v>
       </c>
     </row>
-    <row r="979" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="979" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A979" s="4" t="s">
         <v>108</v>
       </c>
       <c r="B979" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C979" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D979" s="2">
         <v>187.77278994506597</v>
       </c>
       <c r="E979" s="2">
         <v>4478220.87</v>
       </c>
       <c r="F979" s="2">
         <v>4</v>
       </c>
     </row>
-    <row r="980" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="980" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A980" s="4" t="s">
         <v>108</v>
       </c>
       <c r="B980" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C980" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D980" s="2">
         <v>13838.790128194343</v>
       </c>
       <c r="E980" s="2">
         <v>1348747860.2</v>
       </c>
       <c r="F980" s="2">
         <v>32</v>
       </c>
     </row>
-    <row r="981" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="981" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A981" s="4" t="s">
         <v>108</v>
       </c>
       <c r="B981" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C981" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D981" s="2">
         <v>180.75318610634446</v>
       </c>
       <c r="E981" s="2">
         <v>17786986.370000001</v>
       </c>
       <c r="F981" s="2">
         <v>17</v>
       </c>
     </row>
-    <row r="982" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="982" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A982" s="4" t="s">
         <v>108</v>
       </c>
       <c r="B982" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C982" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D982" s="2">
         <v>16085.405145453366</v>
       </c>
       <c r="E982" s="2">
         <v>1949226773.605</v>
       </c>
       <c r="F982" s="2">
         <v>46</v>
       </c>
     </row>
-    <row r="983" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="983" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A983" s="4" t="s">
         <v>108</v>
       </c>
       <c r="B983" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C983" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D983" s="2">
         <v>761.22486605367226</v>
       </c>
       <c r="E983" s="2">
         <v>6507102.4000000004</v>
       </c>
       <c r="F983" s="2">
         <v>97</v>
       </c>
     </row>
-    <row r="984" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="984" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A984" s="4" t="s">
         <v>108</v>
       </c>
       <c r="B984" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C984" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D984" s="2">
         <v>60179.35360697619</v>
       </c>
       <c r="E984" s="2">
         <v>5283365769.7699995</v>
       </c>
       <c r="F984" s="2">
         <v>850</v>
       </c>
     </row>
-    <row r="985" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="985" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A985" s="4" t="s">
         <v>108</v>
       </c>
       <c r="B985" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C985" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D985" s="2">
         <v>802.2348992536572</v>
       </c>
       <c r="E985" s="2">
         <v>125484006.54968001</v>
       </c>
       <c r="F985" s="2">
         <v>51</v>
       </c>
     </row>
-    <row r="986" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="986" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A986" s="4" t="s">
         <v>108</v>
       </c>
       <c r="B986" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C986" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D986" s="2">
         <v>75093.706693657601</v>
       </c>
       <c r="E986" s="2">
         <v>54855796770.088203</v>
       </c>
       <c r="F986" s="2">
         <v>1505</v>
       </c>
     </row>
-    <row r="987" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="987" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A987" s="4" t="s">
         <v>108</v>
       </c>
       <c r="B987" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C987" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D987" s="2">
         <v>167.20905170517054</v>
       </c>
       <c r="E987" s="2">
         <v>5699738.5500000007</v>
       </c>
       <c r="F987" s="2">
         <v>11</v>
       </c>
     </row>
-    <row r="988" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="988" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A988" s="4" t="s">
         <v>108</v>
       </c>
       <c r="B988" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C988" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D988" s="2">
         <v>13625.714060014348</v>
       </c>
       <c r="E988" s="2">
         <v>736611552.36999989</v>
       </c>
       <c r="F988" s="2">
         <v>177</v>
       </c>
     </row>
-    <row r="989" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="989" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A989" s="4" t="s">
         <v>109</v>
       </c>
       <c r="B989" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C989" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D989" s="2">
         <v>231.64095097952091</v>
       </c>
       <c r="E989" s="2">
         <v>179835175.47600001</v>
       </c>
       <c r="F989" s="2">
         <v>44</v>
       </c>
     </row>
-    <row r="990" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="990" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A990" s="4" t="s">
         <v>109</v>
       </c>
       <c r="B990" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C990" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D990" s="2">
         <v>12922.061382334781</v>
       </c>
       <c r="E990" s="2">
         <v>4812755303.6889</v>
       </c>
       <c r="F990" s="2">
         <v>183</v>
       </c>
     </row>
-    <row r="991" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="991" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A991" s="4" t="s">
         <v>109</v>
       </c>
       <c r="B991" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C991" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D991" s="2">
         <v>177.81396613572767</v>
       </c>
       <c r="E991" s="2">
         <v>19330665.34</v>
       </c>
       <c r="F991" s="2">
         <v>8</v>
       </c>
     </row>
-    <row r="992" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="992" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A992" s="4" t="s">
         <v>109</v>
       </c>
       <c r="B992" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C992" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D992" s="2">
         <v>12454.975080049953</v>
       </c>
       <c r="E992" s="2">
         <v>419081763.19999999</v>
       </c>
       <c r="F992" s="2">
         <v>23</v>
       </c>
     </row>
-    <row r="993" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="993" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A993" s="4" t="s">
         <v>109</v>
       </c>
       <c r="B993" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C993" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D993" s="2">
         <v>196.33073106538799</v>
       </c>
       <c r="E993" s="2">
         <v>20612453.252</v>
       </c>
       <c r="F993" s="2">
         <v>20</v>
       </c>
     </row>
-    <row r="994" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="994" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A994" s="4" t="s">
         <v>109</v>
       </c>
       <c r="B994" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C994" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D994" s="2">
         <v>14317.475509502312</v>
       </c>
       <c r="E994" s="2">
         <v>1033839278.26</v>
       </c>
       <c r="F994" s="2">
         <v>53</v>
       </c>
     </row>
-    <row r="995" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="995" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A995" s="4" t="s">
         <v>109</v>
       </c>
       <c r="B995" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C995" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D995" s="2">
         <v>761.8392301287389</v>
       </c>
       <c r="E995" s="2">
         <v>11894595.9</v>
       </c>
       <c r="F995" s="2">
         <v>71</v>
       </c>
     </row>
-    <row r="996" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="996" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A996" s="4" t="s">
         <v>109</v>
       </c>
       <c r="B996" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C996" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D996" s="2">
         <v>60054.421795778915</v>
       </c>
       <c r="E996" s="2">
         <v>6377214963.038002</v>
       </c>
       <c r="F996" s="2">
         <v>1030</v>
       </c>
     </row>
-    <row r="997" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="997" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A997" s="4" t="s">
         <v>109</v>
       </c>
       <c r="B997" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C997" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D997" s="2">
         <v>780.75095842187602</v>
       </c>
       <c r="E997" s="2">
         <v>46419823.057310008</v>
       </c>
       <c r="F997" s="2">
         <v>30</v>
       </c>
     </row>
-    <row r="998" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="998" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A998" s="4" t="s">
         <v>109</v>
       </c>
       <c r="B998" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C998" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D998" s="2">
         <v>81990.473901841673</v>
       </c>
       <c r="E998" s="2">
         <v>48780656994.57457</v>
       </c>
       <c r="F998" s="2">
         <v>1585</v>
       </c>
     </row>
-    <row r="999" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="999" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A999" s="4" t="s">
         <v>109</v>
       </c>
       <c r="B999" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C999" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D999" s="2">
         <v>189.56802030456853</v>
       </c>
       <c r="E999" s="2">
         <v>3734490</v>
       </c>
       <c r="F999" s="2">
         <v>6</v>
       </c>
     </row>
-    <row r="1000" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1000" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1000" s="4" t="s">
         <v>109</v>
       </c>
       <c r="B1000" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1000" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1000" s="2">
         <v>13469.070147265949</v>
       </c>
       <c r="E1000" s="2">
         <v>600632575.53999984</v>
       </c>
       <c r="F1000" s="2">
         <v>155</v>
       </c>
     </row>
-    <row r="1001" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1001" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1001" s="4" t="s">
         <v>110</v>
       </c>
       <c r="B1001" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1001" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1001" s="2">
         <v>232.58360240672516</v>
       </c>
       <c r="E1001" s="2">
         <v>163513250</v>
       </c>
       <c r="F1001" s="2">
         <v>34</v>
       </c>
     </row>
-    <row r="1002" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1002" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1002" s="4" t="s">
         <v>110</v>
       </c>
       <c r="B1002" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1002" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1002" s="2">
         <v>13681.071893991859</v>
       </c>
       <c r="E1002" s="2">
         <v>7248956534.7718983</v>
       </c>
       <c r="F1002" s="2">
         <v>187</v>
       </c>
     </row>
-    <row r="1003" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1003" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1003" s="4" t="s">
         <v>110</v>
       </c>
       <c r="B1003" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1003" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1003" s="2">
         <v>175.31749475596209</v>
       </c>
       <c r="E1003" s="2">
         <v>43414001.311999999</v>
       </c>
       <c r="F1003" s="2">
         <v>9</v>
       </c>
     </row>
-    <row r="1004" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1004" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1004" s="4" t="s">
         <v>110</v>
       </c>
       <c r="B1004" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1004" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D1004" s="2">
         <v>1645.3790901835594</v>
       </c>
       <c r="E1004" s="2">
         <v>16493280</v>
       </c>
       <c r="F1004" s="2">
         <v>6</v>
       </c>
     </row>
-    <row r="1005" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1005" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1005" s="4" t="s">
         <v>110</v>
       </c>
       <c r="B1005" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1005" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1005" s="2">
         <v>12150.871222251433</v>
       </c>
       <c r="E1005" s="2">
         <v>645168004.79999995</v>
       </c>
       <c r="F1005" s="2">
         <v>31</v>
       </c>
     </row>
-    <row r="1006" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1006" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1006" s="4" t="s">
         <v>110</v>
       </c>
       <c r="B1006" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1006" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1006" s="2">
         <v>166.97767528796655</v>
       </c>
       <c r="E1006" s="2">
         <v>10398538.902999999</v>
       </c>
       <c r="F1006" s="2">
         <v>13</v>
       </c>
     </row>
-    <row r="1007" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1007" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1007" s="4" t="s">
         <v>110</v>
       </c>
       <c r="B1007" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1007" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1007" s="2">
         <v>15065.612891174818</v>
       </c>
       <c r="E1007" s="2">
         <v>865906300.34019995</v>
       </c>
       <c r="F1007" s="2">
         <v>32</v>
       </c>
     </row>
-    <row r="1008" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1008" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1008" s="4" t="s">
         <v>110</v>
       </c>
       <c r="B1008" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1008" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1008" s="2">
         <v>782.41919526627225</v>
       </c>
       <c r="E1008" s="2">
         <v>7272586.4200000009</v>
       </c>
       <c r="F1008" s="2">
         <v>77</v>
       </c>
     </row>
-    <row r="1009" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1009" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1009" s="4" t="s">
         <v>110</v>
       </c>
       <c r="B1009" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1009" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1009" s="2">
         <v>57844.78106751739</v>
       </c>
       <c r="E1009" s="2">
         <v>9714425923.8795795</v>
       </c>
       <c r="F1009" s="2">
         <v>996</v>
       </c>
     </row>
-    <row r="1010" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1010" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1010" s="4" t="s">
         <v>110</v>
       </c>
       <c r="B1010" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C1010" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1010" s="2">
         <v>782.6263262276633</v>
       </c>
       <c r="E1010" s="2">
         <v>94086531.616600007</v>
       </c>
       <c r="F1010" s="2">
         <v>44</v>
       </c>
     </row>
-    <row r="1011" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1011" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1011" s="4" t="s">
         <v>110</v>
       </c>
       <c r="B1011" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C1011" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1011" s="2">
         <v>72875.065233957372</v>
       </c>
       <c r="E1011" s="2">
         <v>47039014148.747177</v>
       </c>
       <c r="F1011" s="2">
         <v>1242</v>
       </c>
     </row>
-    <row r="1012" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1012" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1012" s="4" t="s">
         <v>110</v>
       </c>
       <c r="B1012" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1012" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1012" s="2">
         <v>208.45077625570775</v>
       </c>
       <c r="E1012" s="2">
         <v>6847608</v>
       </c>
       <c r="F1012" s="2">
         <v>8</v>
       </c>
     </row>
-    <row r="1013" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1013" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1013" s="4" t="s">
         <v>110</v>
       </c>
       <c r="B1013" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1013" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1013" s="2">
         <v>12687.794200007098</v>
       </c>
       <c r="E1013" s="2">
         <v>586216185.47000003</v>
       </c>
       <c r="F1013" s="2">
         <v>174</v>
       </c>
     </row>
-    <row r="1014" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1014" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1014" s="4" t="s">
         <v>111</v>
       </c>
       <c r="B1014" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1014" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1014" s="2">
         <v>227.71470749043192</v>
       </c>
       <c r="E1014" s="2">
         <v>83298040</v>
       </c>
       <c r="F1014" s="2">
         <v>24</v>
       </c>
     </row>
-    <row r="1015" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1015" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1015" s="4" t="s">
         <v>111</v>
       </c>
       <c r="B1015" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1015" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1015" s="2">
         <v>12926.854685719654</v>
       </c>
       <c r="E1015" s="2">
         <v>9035426185.6620979</v>
       </c>
       <c r="F1015" s="2">
         <v>237</v>
       </c>
     </row>
-    <row r="1016" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1016" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1016" s="4" t="s">
         <v>111</v>
       </c>
       <c r="B1016" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1016" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1016" s="2">
         <v>13620.457124545574</v>
       </c>
       <c r="E1016" s="2">
         <v>802812366.5</v>
       </c>
       <c r="F1016" s="2">
         <v>30</v>
       </c>
     </row>
-    <row r="1017" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1017" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1017" s="4" t="s">
         <v>111</v>
       </c>
       <c r="B1017" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1017" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1017" s="2">
         <v>178.67353423881838</v>
       </c>
       <c r="E1017" s="2">
         <v>9425659.4699999988</v>
       </c>
       <c r="F1017" s="2">
         <v>12</v>
       </c>
     </row>
-    <row r="1018" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1018" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1018" s="4" t="s">
         <v>111</v>
       </c>
       <c r="B1018" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1018" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1018" s="2">
         <v>12068.789058728271</v>
       </c>
       <c r="E1018" s="2">
         <v>761952859.44000006</v>
       </c>
       <c r="F1018" s="2">
         <v>39</v>
       </c>
     </row>
-    <row r="1019" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1019" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1019" s="4" t="s">
         <v>111</v>
       </c>
       <c r="B1019" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1019" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1019" s="2">
         <v>780.67070484581495</v>
       </c>
       <c r="E1019" s="2">
         <v>708849</v>
       </c>
       <c r="F1019" s="2">
         <v>30</v>
       </c>
     </row>
-    <row r="1020" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1020" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1020" s="4" t="s">
         <v>111</v>
       </c>
       <c r="B1020" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1020" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1020" s="2">
         <v>62000.170822945911</v>
       </c>
       <c r="E1020" s="2">
         <v>5024570227.7020006</v>
       </c>
       <c r="F1020" s="2">
         <v>999</v>
       </c>
     </row>
-    <row r="1021" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1021" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1021" s="4" t="s">
         <v>111</v>
       </c>
       <c r="B1021" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C1021" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1021" s="2">
         <v>773.24551252176127</v>
       </c>
       <c r="E1021" s="2">
         <v>64244514.194789991</v>
       </c>
       <c r="F1021" s="2">
         <v>38</v>
       </c>
     </row>
-    <row r="1022" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1022" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1022" s="4" t="s">
         <v>111</v>
       </c>
       <c r="B1022" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C1022" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1022" s="2">
         <v>82758.463514664429</v>
       </c>
       <c r="E1022" s="2">
         <v>50223577773.931038</v>
       </c>
       <c r="F1022" s="2">
         <v>1479</v>
       </c>
     </row>
-    <row r="1023" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1023" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1023" s="4" t="s">
         <v>111</v>
       </c>
       <c r="B1023" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1023" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1023" s="2">
         <v>192.34492209788505</v>
       </c>
       <c r="E1023" s="2">
         <v>4952685.5521999998</v>
       </c>
       <c r="F1023" s="2">
         <v>9</v>
       </c>
     </row>
-    <row r="1024" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1024" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1024" s="4" t="s">
         <v>111</v>
       </c>
       <c r="B1024" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1024" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1024" s="2">
         <v>12464.214381163796</v>
       </c>
       <c r="E1024" s="2">
         <v>801788011.33999991</v>
       </c>
       <c r="F1024" s="2">
         <v>208</v>
       </c>
     </row>
-    <row r="1025" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1025" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1025" s="4" t="s">
         <v>112</v>
       </c>
       <c r="B1025" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1025" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1025" s="2">
         <v>233.15472609408243</v>
       </c>
       <c r="E1025" s="2">
         <v>315863380.09600002</v>
       </c>
       <c r="F1025" s="2">
         <v>48</v>
       </c>
     </row>
-    <row r="1026" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1026" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1026" s="4" t="s">
         <v>112</v>
       </c>
       <c r="B1026" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1026" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1026" s="2">
         <v>13334.318495748625</v>
       </c>
       <c r="E1026" s="2">
         <v>4512607959.2477999</v>
       </c>
       <c r="F1026" s="2">
         <v>175</v>
       </c>
     </row>
-    <row r="1027" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1027" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1027" s="4" t="s">
         <v>112</v>
       </c>
       <c r="B1027" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1027" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1027" s="2">
         <v>178.01596814943116</v>
       </c>
       <c r="E1027" s="2">
         <v>20768866.660999998</v>
       </c>
       <c r="F1027" s="2">
         <v>4</v>
       </c>
     </row>
-    <row r="1028" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1028" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1028" s="4" t="s">
         <v>112</v>
       </c>
       <c r="B1028" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1028" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D1028" s="2">
         <v>1640.1208754035156</v>
       </c>
       <c r="E1028" s="2">
         <v>13042224.800000001</v>
       </c>
       <c r="F1028" s="2">
         <v>4</v>
       </c>
     </row>
-    <row r="1029" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1029" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1029" s="4" t="s">
         <v>112</v>
       </c>
       <c r="B1029" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1029" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1029" s="2">
         <v>13301.98749746775</v>
       </c>
       <c r="E1029" s="2">
         <v>416959444.39999998</v>
       </c>
       <c r="F1029" s="2">
         <v>15</v>
       </c>
     </row>
-    <row r="1030" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1030" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1030" s="4" t="s">
         <v>112</v>
       </c>
       <c r="B1030" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1030" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1030" s="2">
         <v>168.66146696634416</v>
       </c>
       <c r="E1030" s="2">
         <v>10722654.449000001</v>
       </c>
       <c r="F1030" s="2">
         <v>11</v>
       </c>
     </row>
-    <row r="1031" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1031" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1031" s="4" t="s">
         <v>112</v>
       </c>
       <c r="B1031" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1031" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1031" s="2">
         <v>13739.811641285431</v>
       </c>
       <c r="E1031" s="2">
         <v>548925123</v>
       </c>
       <c r="F1031" s="2">
         <v>34</v>
       </c>
     </row>
-    <row r="1032" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1032" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1032" s="4" t="s">
         <v>112</v>
       </c>
       <c r="B1032" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1032" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1032" s="2">
         <v>764.18606341419104</v>
       </c>
       <c r="E1032" s="2">
         <v>10093675.200000001</v>
       </c>
       <c r="F1032" s="2">
         <v>77</v>
       </c>
     </row>
-    <row r="1033" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1033" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1033" s="4" t="s">
         <v>112</v>
       </c>
       <c r="B1033" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1033" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1033" s="2">
         <v>60177.286694406816</v>
       </c>
       <c r="E1033" s="2">
         <v>6953564670.8480015</v>
       </c>
       <c r="F1033" s="2">
         <v>1173</v>
       </c>
     </row>
-    <row r="1034" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1034" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1034" s="4" t="s">
         <v>112</v>
       </c>
       <c r="B1034" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C1034" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1034" s="2">
         <v>815.85513997258147</v>
       </c>
       <c r="E1034" s="2">
         <v>53393199.073729999</v>
       </c>
       <c r="F1034" s="2">
         <v>36</v>
       </c>
     </row>
-    <row r="1035" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1035" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1035" s="4" t="s">
         <v>112</v>
       </c>
       <c r="B1035" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C1035" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1035" s="2">
         <v>85315.609947937977</v>
       </c>
       <c r="E1035" s="2">
         <v>38057279296.224373</v>
       </c>
       <c r="F1035" s="2">
         <v>1523</v>
       </c>
     </row>
-    <row r="1036" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1036" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1036" s="4" t="s">
         <v>112</v>
       </c>
       <c r="B1036" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1036" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1036" s="2">
         <v>227.04169721115537</v>
       </c>
       <c r="E1036" s="2">
         <v>5698746.5999999996</v>
       </c>
       <c r="F1036" s="2">
         <v>5</v>
       </c>
     </row>
-    <row r="1037" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1037" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1037" s="4" t="s">
         <v>112</v>
       </c>
       <c r="B1037" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1037" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1037" s="2">
         <v>12722.853524199478</v>
       </c>
       <c r="E1037" s="2">
         <v>577582689.38000011</v>
       </c>
       <c r="F1037" s="2">
         <v>212</v>
       </c>
     </row>
-    <row r="1038" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1038" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1038" s="4" t="s">
         <v>113</v>
       </c>
       <c r="B1038" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1038" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1038" s="2">
         <v>224.38218660010369</v>
       </c>
       <c r="E1038" s="2">
         <v>158293764.685</v>
       </c>
       <c r="F1038" s="2">
         <v>49</v>
       </c>
     </row>
-    <row r="1039" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1039" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1039" s="4" t="s">
         <v>113</v>
       </c>
       <c r="B1039" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1039" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1039" s="2">
         <v>14515.841288095558</v>
       </c>
       <c r="E1039" s="2">
         <v>8188433755.1533384</v>
       </c>
       <c r="F1039" s="2">
         <v>225</v>
       </c>
     </row>
-    <row r="1040" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1040" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1040" s="4" t="s">
         <v>113</v>
       </c>
       <c r="B1040" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1040" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1040" s="2">
         <v>150.71366103596111</v>
       </c>
       <c r="E1040" s="2">
         <v>15854625</v>
       </c>
       <c r="F1040" s="2">
         <v>5</v>
       </c>
     </row>
-    <row r="1041" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1041" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1041" s="4" t="s">
         <v>113</v>
       </c>
       <c r="B1041" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1041" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1041" s="2">
         <v>13055.152507849318</v>
       </c>
       <c r="E1041" s="2">
         <v>1376319335.1499994</v>
       </c>
       <c r="F1041" s="2">
         <v>54</v>
       </c>
     </row>
-    <row r="1042" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1042" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1042" s="4" t="s">
         <v>113</v>
       </c>
       <c r="B1042" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1042" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1042" s="2">
         <v>183.35806305380152</v>
       </c>
       <c r="E1042" s="2">
         <v>23151850.500999998</v>
       </c>
       <c r="F1042" s="2">
         <v>21</v>
       </c>
     </row>
-    <row r="1043" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1043" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1043" s="4" t="s">
         <v>113</v>
       </c>
       <c r="B1043" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1043" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1043" s="2">
         <v>14079.311888630224</v>
       </c>
       <c r="E1043" s="2">
         <v>1344680767.2</v>
       </c>
       <c r="F1043" s="2">
         <v>46</v>
       </c>
     </row>
-    <row r="1044" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1044" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1044" s="4" t="s">
         <v>113</v>
       </c>
       <c r="B1044" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1044" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1044" s="2">
         <v>751.98477949163589</v>
       </c>
       <c r="E1044" s="2">
         <v>10384157.82</v>
       </c>
       <c r="F1044" s="2">
         <v>82</v>
       </c>
     </row>
-    <row r="1045" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1045" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1045" s="4" t="s">
         <v>113</v>
       </c>
       <c r="B1045" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1045" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1045" s="2">
         <v>61906.931242541243</v>
       </c>
       <c r="E1045" s="2">
         <v>8673653598.625</v>
       </c>
       <c r="F1045" s="2">
         <v>1585</v>
       </c>
     </row>
-    <row r="1046" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1046" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1046" s="4" t="s">
         <v>113</v>
       </c>
       <c r="B1046" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C1046" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1046" s="2">
         <v>784.2536870182571</v>
       </c>
       <c r="E1046" s="2">
         <v>115308780.38960999</v>
       </c>
       <c r="F1046" s="2">
         <v>44</v>
       </c>
     </row>
-    <row r="1047" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1047" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1047" s="4" t="s">
         <v>113</v>
       </c>
       <c r="B1047" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C1047" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1047" s="2">
         <v>86923.413317769169</v>
       </c>
       <c r="E1047" s="2">
         <v>65778091485.879471</v>
       </c>
       <c r="F1047" s="2">
         <v>1678</v>
       </c>
     </row>
-    <row r="1048" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1048" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1048" s="4" t="s">
         <v>113</v>
       </c>
       <c r="B1048" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1048" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1048" s="2">
         <v>193.15209638554217</v>
       </c>
       <c r="E1048" s="2">
         <v>4007906</v>
       </c>
       <c r="F1048" s="2">
         <v>6</v>
       </c>
     </row>
-    <row r="1049" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1049" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1049" s="4" t="s">
         <v>113</v>
       </c>
       <c r="B1049" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1049" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1049" s="2">
         <v>13035.774625451393</v>
       </c>
       <c r="E1049" s="2">
         <v>1134548178.3600001</v>
       </c>
       <c r="F1049" s="2">
         <v>245</v>
       </c>
     </row>
-    <row r="1050" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1050" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1050" s="4" t="s">
         <v>114</v>
       </c>
       <c r="B1050" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1050" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1050" s="2">
         <v>225.04281105583729</v>
       </c>
       <c r="E1050" s="2">
         <v>59389598.765000008</v>
       </c>
       <c r="F1050" s="2">
         <v>17</v>
       </c>
     </row>
-    <row r="1051" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1051" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1051" s="4" t="s">
         <v>114</v>
       </c>
       <c r="B1051" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1051" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1051" s="2">
         <v>12585.284726654263</v>
       </c>
       <c r="E1051" s="2">
         <v>1361536548.8520002</v>
       </c>
       <c r="F1051" s="2">
         <v>79</v>
       </c>
     </row>
-    <row r="1052" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1052" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1052" s="4" t="s">
         <v>114</v>
       </c>
       <c r="B1052" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1052" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1052" s="2">
         <v>14077.63147663266</v>
       </c>
       <c r="E1052" s="2">
         <v>516692180.90000004</v>
       </c>
       <c r="F1052" s="2">
         <v>9</v>
       </c>
     </row>
-    <row r="1053" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1053" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1053" s="4" t="s">
         <v>114</v>
       </c>
       <c r="B1053" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1053" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1053" s="2">
         <v>177.2838189534182</v>
       </c>
       <c r="E1053" s="2">
         <v>4947429.2200000007</v>
       </c>
       <c r="F1053" s="2">
         <v>10</v>
       </c>
     </row>
-    <row r="1054" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1054" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1054" s="4" t="s">
         <v>114</v>
       </c>
       <c r="B1054" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1054" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1054" s="2">
         <v>15718.360254118705</v>
       </c>
       <c r="E1054" s="2">
         <v>477862358</v>
       </c>
       <c r="F1054" s="2">
         <v>10</v>
       </c>
     </row>
-    <row r="1055" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1055" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1055" s="4" t="s">
         <v>114</v>
       </c>
       <c r="B1055" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1055" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1055" s="2">
         <v>760.31748260869563</v>
       </c>
       <c r="E1055" s="2">
         <v>5246190.63</v>
       </c>
       <c r="F1055" s="2">
         <v>30</v>
       </c>
     </row>
-    <row r="1056" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1056" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1056" s="4" t="s">
         <v>114</v>
       </c>
       <c r="B1056" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1056" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1056" s="2">
         <v>55874.267758080423</v>
       </c>
       <c r="E1056" s="2">
         <v>5382239869.9428492</v>
       </c>
       <c r="F1056" s="2">
         <v>440</v>
       </c>
     </row>
-    <row r="1057" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1057" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1057" s="4" t="s">
         <v>114</v>
       </c>
       <c r="B1057" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C1057" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1057" s="2">
         <v>790.22913876737903</v>
       </c>
       <c r="E1057" s="2">
         <v>5957672.60635</v>
       </c>
       <c r="F1057" s="2">
         <v>20</v>
       </c>
     </row>
-    <row r="1058" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1058" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1058" s="4" t="s">
         <v>114</v>
       </c>
       <c r="B1058" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C1058" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1058" s="2">
         <v>61350.450094432214</v>
       </c>
       <c r="E1058" s="2">
         <v>9906680924.3067913</v>
       </c>
       <c r="F1058" s="2">
         <v>1167</v>
       </c>
     </row>
-    <row r="1059" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1059" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1059" s="4" t="s">
         <v>114</v>
       </c>
       <c r="B1059" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1059" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1059" s="2">
         <v>142.09761904761905</v>
       </c>
       <c r="E1059" s="2">
         <v>895215</v>
       </c>
       <c r="F1059" s="2">
         <v>3</v>
       </c>
     </row>
-    <row r="1060" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1060" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1060" s="4" t="s">
         <v>114</v>
       </c>
       <c r="B1060" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1060" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1060" s="2">
         <v>12764.568399916696</v>
       </c>
       <c r="E1060" s="2">
         <v>1616744660.76</v>
       </c>
       <c r="F1060" s="2">
         <v>128</v>
       </c>
     </row>
-    <row r="1061" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1061" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1061" s="4" t="s">
         <v>115</v>
       </c>
       <c r="B1061" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1061" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1061" s="2">
         <v>232.30212100247746</v>
       </c>
       <c r="E1061" s="2">
         <v>342960987.89999998</v>
       </c>
       <c r="F1061" s="2">
         <v>58</v>
       </c>
     </row>
-    <row r="1062" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1062" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1062" s="4" t="s">
         <v>115</v>
       </c>
       <c r="B1062" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1062" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1062" s="2">
         <v>14481.222468194639</v>
       </c>
       <c r="E1062" s="2">
         <v>3714445857.6497998</v>
       </c>
       <c r="F1062" s="2">
         <v>96</v>
       </c>
     </row>
-    <row r="1063" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1063" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1063" s="4" t="s">
         <v>115</v>
       </c>
       <c r="B1063" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1063" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1063" s="2">
         <v>164.64630776560267</v>
       </c>
       <c r="E1063" s="2">
         <v>17279630</v>
       </c>
       <c r="F1063" s="2">
         <v>6</v>
       </c>
     </row>
-    <row r="1064" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1064" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1064" s="4" t="s">
         <v>115</v>
       </c>
       <c r="B1064" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1064" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1064" s="2">
         <v>10591.65899105336</v>
       </c>
       <c r="E1064" s="2">
         <v>346392019.94999999</v>
       </c>
       <c r="F1064" s="2">
         <v>29</v>
       </c>
     </row>
-    <row r="1065" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1065" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1065" s="4" t="s">
         <v>115</v>
       </c>
       <c r="B1065" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1065" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1065" s="2">
         <v>171.2421946296883</v>
       </c>
       <c r="E1065" s="2">
         <v>10704981.469999999</v>
       </c>
       <c r="F1065" s="2">
         <v>8</v>
       </c>
     </row>
-    <row r="1066" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1066" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1066" s="4" t="s">
         <v>115</v>
       </c>
       <c r="B1066" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1066" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1066" s="2">
         <v>12405.582260612373</v>
       </c>
       <c r="E1066" s="2">
         <v>387268373.72000003</v>
       </c>
       <c r="F1066" s="2">
         <v>28</v>
       </c>
     </row>
-    <row r="1067" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1067" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1067" s="4" t="s">
         <v>115</v>
       </c>
       <c r="B1067" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1067" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1067" s="2">
         <v>754.46665499124356</v>
       </c>
       <c r="E1067" s="2">
         <v>2154002.3000000003</v>
       </c>
       <c r="F1067" s="2">
         <v>27</v>
       </c>
     </row>
-    <row r="1068" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1068" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1068" s="4" t="s">
         <v>115</v>
       </c>
       <c r="B1068" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1068" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1068" s="2">
         <v>57942.183150012017</v>
       </c>
       <c r="E1068" s="2">
         <v>5240097401.3109999</v>
       </c>
       <c r="F1068" s="2">
         <v>670</v>
       </c>
     </row>
-    <row r="1069" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1069" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1069" s="4" t="s">
         <v>115</v>
       </c>
       <c r="B1069" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C1069" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1069" s="2">
         <v>806.09281600915574</v>
       </c>
       <c r="E1069" s="2">
         <v>76428980.988230005</v>
       </c>
       <c r="F1069" s="2">
         <v>26</v>
       </c>
     </row>
-    <row r="1070" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1070" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1070" s="4" t="s">
         <v>115</v>
       </c>
       <c r="B1070" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C1070" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1070" s="2">
         <v>81565.415335277125</v>
       </c>
       <c r="E1070" s="2">
         <v>31371508236.943523</v>
       </c>
       <c r="F1070" s="2">
         <v>1049</v>
       </c>
     </row>
-    <row r="1071" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1071" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1071" s="4" t="s">
         <v>115</v>
       </c>
       <c r="B1071" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1071" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1071" s="2">
         <v>11507.463452988804</v>
       </c>
       <c r="E1071" s="2">
         <v>1457256840.3399999</v>
       </c>
       <c r="F1071" s="2">
         <v>97</v>
       </c>
     </row>
-    <row r="1072" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1072" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1072" s="4" t="s">
         <v>116</v>
       </c>
       <c r="B1072" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1072" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1072" s="2">
         <v>228.68556381775196</v>
       </c>
       <c r="E1072" s="2">
         <v>159688774.21000001</v>
       </c>
       <c r="F1072" s="2">
         <v>44</v>
       </c>
     </row>
-    <row r="1073" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1073" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1073" s="4" t="s">
         <v>116</v>
       </c>
       <c r="B1073" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1073" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D1073" s="2">
         <v>184.5934065934066</v>
       </c>
       <c r="E1073" s="2">
         <v>5039400</v>
       </c>
       <c r="F1073" s="2">
         <v>5</v>
       </c>
     </row>
-    <row r="1074" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1074" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1074" s="4" t="s">
         <v>116</v>
       </c>
       <c r="B1074" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1074" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D1074" s="2">
         <v>1783.5294117647059</v>
       </c>
       <c r="E1074" s="2">
         <v>15160000</v>
       </c>
       <c r="F1074" s="2">
         <v>3</v>
       </c>
     </row>
-    <row r="1075" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1075" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1075" s="4" t="s">
         <v>116</v>
       </c>
       <c r="B1075" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1075" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1075" s="2">
         <v>14424.174027880868</v>
       </c>
       <c r="E1075" s="2">
         <v>5518819839.1740007</v>
       </c>
       <c r="F1075" s="2">
         <v>155</v>
       </c>
     </row>
-    <row r="1076" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1076" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1076" s="4" t="s">
         <v>116</v>
       </c>
       <c r="B1076" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1076" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1076" s="2">
         <v>177.57917019475022</v>
       </c>
       <c r="E1076" s="2">
         <v>10486050</v>
       </c>
       <c r="F1076" s="2">
         <v>4</v>
       </c>
     </row>
-    <row r="1077" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1077" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1077" s="4" t="s">
         <v>116</v>
       </c>
       <c r="B1077" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1077" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1077" s="2">
         <v>15871.144308338169</v>
       </c>
       <c r="E1077" s="2">
         <v>1477842602.1530001</v>
       </c>
       <c r="F1077" s="2">
         <v>21</v>
       </c>
     </row>
-    <row r="1078" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1078" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1078" s="4" t="s">
         <v>116</v>
       </c>
       <c r="B1078" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1078" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1078" s="2">
         <v>169.25271218889597</v>
       </c>
       <c r="E1078" s="2">
         <v>26521900</v>
       </c>
       <c r="F1078" s="2">
         <v>13</v>
       </c>
     </row>
-    <row r="1079" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1079" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1079" s="4" t="s">
         <v>116</v>
       </c>
       <c r="B1079" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1079" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1079" s="2">
         <v>15776.086162499942</v>
       </c>
       <c r="E1079" s="2">
         <v>2220731149.3289995</v>
       </c>
       <c r="F1079" s="2">
         <v>51</v>
       </c>
     </row>
-    <row r="1080" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1080" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1080" s="4" t="s">
         <v>116</v>
       </c>
       <c r="B1080" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1080" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1080" s="2">
         <v>771.68260869565222</v>
       </c>
       <c r="E1080" s="2">
         <v>1561885.6</v>
       </c>
       <c r="F1080" s="2">
         <v>57</v>
       </c>
     </row>
-    <row r="1081" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1081" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1081" s="4" t="s">
         <v>116</v>
       </c>
       <c r="B1081" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1081" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1081" s="2">
         <v>62159.627686934502</v>
       </c>
       <c r="E1081" s="2">
         <v>7885558433.7159977</v>
       </c>
       <c r="F1081" s="2">
         <v>1141</v>
       </c>
     </row>
-    <row r="1082" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1082" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1082" s="4" t="s">
         <v>116</v>
       </c>
       <c r="B1082" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C1082" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1082" s="2">
         <v>816.51295033872998</v>
       </c>
       <c r="E1082" s="2">
         <v>105391895.70668998</v>
       </c>
       <c r="F1082" s="2">
         <v>51</v>
       </c>
     </row>
-    <row r="1083" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1083" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1083" s="4" t="s">
         <v>116</v>
       </c>
       <c r="B1083" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C1083" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1083" s="2">
         <v>86288.934797092836</v>
       </c>
       <c r="E1083" s="2">
         <v>66656881651.185295</v>
       </c>
       <c r="F1083" s="2">
         <v>1777</v>
       </c>
     </row>
-    <row r="1084" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1084" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1084" s="4" t="s">
         <v>116</v>
       </c>
       <c r="B1084" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1084" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1084" s="2">
         <v>198.08855738269131</v>
       </c>
       <c r="E1084" s="2">
         <v>8702335.3821999989</v>
       </c>
       <c r="F1084" s="2">
         <v>10</v>
       </c>
     </row>
-    <row r="1085" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1085" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1085" s="4" t="s">
         <v>116</v>
       </c>
       <c r="B1085" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1085" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1085" s="2">
         <v>11830.923619578938</v>
       </c>
       <c r="E1085" s="2">
         <v>605824212.83999991</v>
       </c>
       <c r="F1085" s="2">
         <v>183</v>
       </c>
     </row>
-    <row r="1086" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1086" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1086" s="4" t="s">
         <v>117</v>
       </c>
       <c r="B1086" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1086" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1086" s="2">
         <v>235.12037879978041</v>
       </c>
       <c r="E1086" s="2">
         <v>949003006.60000002</v>
       </c>
       <c r="F1086" s="2">
         <v>108</v>
       </c>
     </row>
-    <row r="1087" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1087" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1087" s="4" t="s">
         <v>117</v>
       </c>
       <c r="B1087" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1087" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D1087" s="2">
         <v>189.62924281984334</v>
       </c>
       <c r="E1087" s="2">
         <v>7262800</v>
       </c>
       <c r="F1087" s="2">
         <v>5</v>
       </c>
     </row>
-    <row r="1088" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1088" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1088" s="4" t="s">
         <v>117</v>
       </c>
       <c r="B1088" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1088" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D1088" s="2">
         <v>1848.2287308228731</v>
       </c>
       <c r="E1088" s="2">
         <v>7951080</v>
       </c>
       <c r="F1088" s="2">
         <v>3</v>
       </c>
     </row>
-    <row r="1089" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1089" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1089" s="4" t="s">
         <v>117</v>
       </c>
       <c r="B1089" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1089" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1089" s="2">
         <v>15312.885919857465</v>
       </c>
       <c r="E1089" s="2">
         <v>4836602182.8466005</v>
       </c>
       <c r="F1089" s="2">
         <v>172</v>
       </c>
     </row>
-    <row r="1090" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1090" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1090" s="4" t="s">
         <v>117</v>
       </c>
       <c r="B1090" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1090" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1090" s="2">
         <v>169.04018104286675</v>
       </c>
       <c r="E1090" s="2">
         <v>22595601</v>
       </c>
       <c r="F1090" s="2">
         <v>6</v>
       </c>
     </row>
-    <row r="1091" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1091" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1091" s="4" t="s">
         <v>117</v>
       </c>
       <c r="B1091" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1091" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1091" s="2">
         <v>13438.524087698459</v>
       </c>
       <c r="E1091" s="2">
         <v>851197889.60000002</v>
       </c>
       <c r="F1091" s="2">
         <v>40</v>
       </c>
     </row>
-    <row r="1092" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1092" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1092" s="4" t="s">
         <v>117</v>
       </c>
       <c r="B1092" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1092" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1092" s="2">
         <v>195.93364377182772</v>
       </c>
       <c r="E1092" s="2">
         <v>8415350</v>
       </c>
       <c r="F1092" s="2">
         <v>7</v>
       </c>
     </row>
-    <row r="1093" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1093" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1093" s="4" t="s">
         <v>117</v>
       </c>
       <c r="B1093" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1093" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1093" s="2">
         <v>14370.350015246775</v>
       </c>
       <c r="E1093" s="2">
         <v>1308638410.2090001</v>
       </c>
       <c r="F1093" s="2">
         <v>46</v>
       </c>
     </row>
-    <row r="1094" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1094" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1094" s="4" t="s">
         <v>117</v>
       </c>
       <c r="B1094" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1094" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1094" s="2">
         <v>770.25402298850554</v>
       </c>
       <c r="E1094" s="2">
         <v>3015544.4999999991</v>
       </c>
       <c r="F1094" s="2">
         <v>81</v>
       </c>
     </row>
-    <row r="1095" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1095" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1095" s="4" t="s">
         <v>117</v>
       </c>
       <c r="B1095" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1095" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1095" s="2">
         <v>60010.111450397198</v>
       </c>
       <c r="E1095" s="2">
         <v>11704705733.494999</v>
       </c>
       <c r="F1095" s="2">
         <v>1511</v>
       </c>
     </row>
-    <row r="1096" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1096" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1096" s="4" t="s">
         <v>117</v>
       </c>
       <c r="B1096" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C1096" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1096" s="2">
         <v>804.71953454094648</v>
       </c>
       <c r="E1096" s="2">
         <v>87860559.089959994</v>
       </c>
       <c r="F1096" s="2">
         <v>38</v>
       </c>
     </row>
-    <row r="1097" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1097" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1097" s="4" t="s">
         <v>117</v>
       </c>
       <c r="B1097" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C1097" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1097" s="2">
         <v>78485.427034090026</v>
       </c>
       <c r="E1097" s="2">
         <v>16810503063.380856</v>
       </c>
       <c r="F1097" s="2">
         <v>1328</v>
       </c>
     </row>
-    <row r="1098" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1098" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1098" s="4" t="s">
         <v>117</v>
       </c>
       <c r="B1098" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1098" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1098" s="2">
         <v>193.57516339869281</v>
       </c>
       <c r="E1098" s="2">
         <v>2961700</v>
       </c>
       <c r="F1098" s="2">
         <v>4</v>
       </c>
     </row>
-    <row r="1099" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1099" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1099" s="4" t="s">
         <v>117</v>
       </c>
       <c r="B1099" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1099" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1099" s="2">
         <v>11871.862969379763</v>
       </c>
       <c r="E1099" s="2">
         <v>535233800.64000005</v>
       </c>
       <c r="F1099" s="2">
         <v>125</v>
       </c>
     </row>
-    <row r="1100" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1100" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1100" s="4" t="s">
         <v>118</v>
       </c>
       <c r="B1100" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1100" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1100" s="2">
         <v>235.22211272359095</v>
       </c>
       <c r="E1100" s="2">
         <v>174240780</v>
       </c>
       <c r="F1100" s="2">
         <v>40</v>
       </c>
     </row>
-    <row r="1101" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1101" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1101" s="4" t="s">
         <v>118</v>
       </c>
       <c r="B1101" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1101" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1101" s="2">
         <v>15942.514629168167</v>
       </c>
       <c r="E1101" s="2">
         <v>6272202359.124999</v>
       </c>
       <c r="F1101" s="2">
         <v>179</v>
       </c>
     </row>
-    <row r="1102" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1102" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1102" s="4" t="s">
         <v>118</v>
       </c>
       <c r="B1102" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1102" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1102" s="2">
         <v>185.86896551724138</v>
       </c>
       <c r="E1102" s="2">
         <v>13475500</v>
       </c>
       <c r="F1102" s="2">
         <v>6</v>
       </c>
     </row>
-    <row r="1103" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1103" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1103" s="4" t="s">
         <v>118</v>
       </c>
       <c r="B1103" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1103" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D1103" s="2">
         <v>1547.7896082818993</v>
       </c>
       <c r="E1103" s="2">
         <v>9441594</v>
       </c>
       <c r="F1103" s="2">
         <v>4</v>
       </c>
     </row>
-    <row r="1104" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1104" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1104" s="4" t="s">
         <v>118</v>
       </c>
       <c r="B1104" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1104" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1104" s="2">
         <v>10753.664368307522</v>
       </c>
       <c r="E1104" s="2">
         <v>114291687</v>
       </c>
       <c r="F1104" s="2">
         <v>13</v>
       </c>
     </row>
-    <row r="1105" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1105" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1105" s="4" t="s">
         <v>118</v>
       </c>
       <c r="B1105" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1105" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1105" s="2">
         <v>196.25082254880456</v>
       </c>
       <c r="E1105" s="2">
         <v>10736490</v>
       </c>
       <c r="F1105" s="2">
         <v>9</v>
       </c>
     </row>
-    <row r="1106" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1106" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1106" s="4" t="s">
         <v>118</v>
       </c>
       <c r="B1106" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1106" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1106" s="2">
         <v>16188.328465287666</v>
       </c>
       <c r="E1106" s="2">
         <v>734015867.69999993</v>
       </c>
       <c r="F1106" s="2">
         <v>25</v>
       </c>
     </row>
-    <row r="1107" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1107" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1107" s="4" t="s">
         <v>118</v>
       </c>
       <c r="B1107" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1107" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1107" s="2">
         <v>756.3297385831853</v>
       </c>
       <c r="E1107" s="2">
         <v>14060926.169999998</v>
       </c>
       <c r="F1107" s="2">
         <v>58</v>
       </c>
     </row>
-    <row r="1108" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1108" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1108" s="4" t="s">
         <v>118</v>
       </c>
       <c r="B1108" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1108" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1108" s="2">
         <v>61503.013646002335</v>
       </c>
       <c r="E1108" s="2">
         <v>8423923739.0349989</v>
       </c>
       <c r="F1108" s="2">
         <v>1167</v>
       </c>
     </row>
-    <row r="1109" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1109" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1109" s="4" t="s">
         <v>118</v>
       </c>
       <c r="B1109" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C1109" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1109" s="2">
         <v>795.68795774836315</v>
       </c>
       <c r="E1109" s="2">
         <v>82910486.275389999</v>
       </c>
       <c r="F1109" s="2">
         <v>32</v>
       </c>
     </row>
-    <row r="1110" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1110" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1110" s="4" t="s">
         <v>118</v>
       </c>
       <c r="B1110" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C1110" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1110" s="2">
         <v>88379.951916899183</v>
       </c>
       <c r="E1110" s="2">
         <v>57980066805.772766</v>
       </c>
       <c r="F1110" s="2">
         <v>1640</v>
       </c>
     </row>
-    <row r="1111" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1111" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1111" s="4" t="s">
         <v>118</v>
       </c>
       <c r="B1111" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1111" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1111" s="2">
         <v>210.87258523569523</v>
       </c>
       <c r="E1111" s="2">
         <v>14225464.6</v>
       </c>
       <c r="F1111" s="2">
         <v>9</v>
       </c>
     </row>
-    <row r="1112" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1112" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1112" s="4" t="s">
         <v>118</v>
       </c>
       <c r="B1112" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1112" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1112" s="2">
         <v>13235.94436586441</v>
       </c>
       <c r="E1112" s="2">
         <v>748992178.42999995</v>
       </c>
       <c r="F1112" s="2">
         <v>136</v>
       </c>
     </row>
-    <row r="1113" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1113" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1113" s="4" t="s">
         <v>119</v>
       </c>
       <c r="B1113" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1113" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1113" s="2">
         <v>236.05373891271239</v>
       </c>
       <c r="E1113" s="2">
         <v>97521070</v>
       </c>
       <c r="F1113" s="2">
         <v>21</v>
       </c>
     </row>
-    <row r="1114" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1114" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1114" s="4" t="s">
         <v>119</v>
       </c>
       <c r="B1114" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1114" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D1114" s="2">
         <v>1525.3333333333333</v>
       </c>
       <c r="E1114" s="2">
         <v>18304000</v>
       </c>
       <c r="F1114" s="2">
         <v>3</v>
       </c>
     </row>
-    <row r="1115" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1115" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1115" s="4" t="s">
         <v>119</v>
       </c>
       <c r="B1115" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1115" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1115" s="2">
         <v>16801.556316251361</v>
       </c>
       <c r="E1115" s="2">
         <v>5738126923.4292994</v>
       </c>
       <c r="F1115" s="2">
         <v>137</v>
       </c>
     </row>
-    <row r="1116" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1116" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1116" s="4" t="s">
         <v>119</v>
       </c>
       <c r="B1116" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1116" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1116" s="2">
         <v>180.09324224276671</v>
       </c>
       <c r="E1116" s="2">
         <v>18671639.094000001</v>
       </c>
       <c r="F1116" s="2">
         <v>6</v>
       </c>
     </row>
-    <row r="1117" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1117" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1117" s="4" t="s">
         <v>119</v>
       </c>
       <c r="B1117" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1117" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D1117" s="2">
         <v>1633.4117342982684</v>
       </c>
       <c r="E1117" s="2">
         <v>12639340</v>
       </c>
       <c r="F1117" s="2">
         <v>3</v>
       </c>
     </row>
-    <row r="1118" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1118" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1118" s="4" t="s">
         <v>119</v>
       </c>
       <c r="B1118" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1118" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1118" s="2">
         <v>12816.281310369928</v>
       </c>
       <c r="E1118" s="2">
         <v>414222250.40000004</v>
       </c>
       <c r="F1118" s="2">
         <v>28</v>
       </c>
     </row>
-    <row r="1119" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1119" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1119" s="4" t="s">
         <v>119</v>
       </c>
       <c r="B1119" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1119" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1119" s="2">
         <v>187.05614406779662</v>
       </c>
       <c r="E1119" s="2">
         <v>8829050</v>
       </c>
       <c r="F1119" s="2">
         <v>9</v>
       </c>
     </row>
-    <row r="1120" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1120" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1120" s="4" t="s">
         <v>119</v>
       </c>
       <c r="B1120" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1120" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1120" s="2">
         <v>13824.114744341981</v>
       </c>
       <c r="E1120" s="2">
         <v>615737517.08000004</v>
       </c>
       <c r="F1120" s="2">
         <v>44</v>
       </c>
     </row>
-    <row r="1121" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1121" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1121" s="4" t="s">
         <v>119</v>
       </c>
       <c r="B1121" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1121" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1121" s="2">
         <v>773.72256559630523</v>
       </c>
       <c r="E1121" s="2">
         <v>993452.03699999989</v>
       </c>
       <c r="F1121" s="2">
         <v>34</v>
       </c>
     </row>
-    <row r="1122" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1122" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1122" s="4" t="s">
         <v>119</v>
       </c>
       <c r="B1122" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1122" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1122" s="2">
         <v>58707.038295348961</v>
       </c>
       <c r="E1122" s="2">
         <v>10576822931.321333</v>
       </c>
       <c r="F1122" s="2">
         <v>982</v>
       </c>
     </row>
-    <row r="1123" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1123" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1123" s="4" t="s">
         <v>119</v>
       </c>
       <c r="B1123" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C1123" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1123" s="2">
         <v>859.60769184041305</v>
       </c>
       <c r="E1123" s="2">
         <v>109490255.22622</v>
       </c>
       <c r="F1123" s="2">
         <v>43</v>
       </c>
     </row>
-    <row r="1124" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1124" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1124" s="4" t="s">
         <v>119</v>
       </c>
       <c r="B1124" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C1124" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1124" s="2">
         <v>90799.000158041279</v>
       </c>
       <c r="E1124" s="2">
         <v>43836130339.817566</v>
       </c>
       <c r="F1124" s="2">
         <v>1411</v>
       </c>
     </row>
-    <row r="1125" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1125" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1125" s="4" t="s">
         <v>119</v>
       </c>
       <c r="B1125" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1125" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1125" s="2">
         <v>285.23372289582665</v>
       </c>
       <c r="E1125" s="2">
         <v>10794197.325479999</v>
       </c>
       <c r="F1125" s="2">
         <v>12</v>
       </c>
     </row>
-    <row r="1126" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1126" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1126" s="4" t="s">
         <v>119</v>
       </c>
       <c r="B1126" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1126" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D1126" s="2">
         <v>166.81818181818181</v>
       </c>
       <c r="E1126" s="2">
         <v>1835000</v>
       </c>
       <c r="F1126" s="2">
         <v>3</v>
       </c>
     </row>
-    <row r="1127" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1127" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1127" s="4" t="s">
         <v>119</v>
       </c>
       <c r="B1127" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1127" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1127" s="2">
         <v>14186.475046934973</v>
       </c>
       <c r="E1127" s="2">
         <v>1462022368.4199998</v>
       </c>
       <c r="F1127" s="2">
         <v>138</v>
       </c>
     </row>
-    <row r="1128" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1128" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1128" s="4" t="s">
         <v>120</v>
       </c>
       <c r="B1128" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1128" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1128" s="2">
         <v>237.87786084632765</v>
       </c>
       <c r="E1128" s="2">
         <v>92183599.469999984</v>
       </c>
       <c r="F1128" s="2">
         <v>26</v>
       </c>
     </row>
-    <row r="1129" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1129" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1129" s="4" t="s">
         <v>120</v>
       </c>
       <c r="B1129" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1129" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D1129" s="2">
         <v>222.18556701030928</v>
       </c>
       <c r="E1129" s="2">
         <v>2370720</v>
       </c>
       <c r="F1129" s="2">
         <v>4</v>
       </c>
     </row>
-    <row r="1130" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1130" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1130" s="4" t="s">
         <v>120</v>
       </c>
       <c r="B1130" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1130" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1130" s="2">
         <v>16631.388209912398</v>
       </c>
       <c r="E1130" s="2">
         <v>3075993161.4283996</v>
       </c>
       <c r="F1130" s="2">
         <v>97</v>
       </c>
     </row>
-    <row r="1131" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1131" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1131" s="4" t="s">
         <v>120</v>
       </c>
       <c r="B1131" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1131" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D1131" s="2">
         <v>1635.3612192459116</v>
       </c>
       <c r="E1131" s="2">
         <v>7414646</v>
       </c>
       <c r="F1131" s="2">
         <v>4</v>
       </c>
     </row>
-    <row r="1132" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1132" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1132" s="4" t="s">
         <v>120</v>
       </c>
       <c r="B1132" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1132" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1132" s="2">
         <v>14977.334276357893</v>
       </c>
       <c r="E1132" s="2">
         <v>498320893.56800002</v>
       </c>
       <c r="F1132" s="2">
         <v>26</v>
       </c>
     </row>
-    <row r="1133" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1133" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1133" s="4" t="s">
         <v>120</v>
       </c>
       <c r="B1133" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1133" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1133" s="2">
         <v>201.40722495894909</v>
       </c>
       <c r="E1133" s="2">
         <v>12265700</v>
       </c>
       <c r="F1133" s="2">
         <v>9</v>
       </c>
     </row>
-    <row r="1134" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1134" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1134" s="4" t="s">
         <v>120</v>
       </c>
       <c r="B1134" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1134" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1134" s="2">
         <v>15516.532524953804</v>
       </c>
       <c r="E1134" s="2">
         <v>313547848.35280001</v>
       </c>
       <c r="F1134" s="2">
         <v>21</v>
       </c>
     </row>
-    <row r="1135" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1135" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1135" s="4" t="s">
         <v>120</v>
       </c>
       <c r="B1135" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1135" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1135" s="2">
         <v>775.28070175438597</v>
       </c>
       <c r="E1135" s="2">
         <v>707056</v>
       </c>
       <c r="F1135" s="2">
         <v>28</v>
       </c>
     </row>
-    <row r="1136" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1136" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1136" s="4" t="s">
         <v>120</v>
       </c>
       <c r="B1136" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1136" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1136" s="2">
         <v>68325.307304080226</v>
       </c>
       <c r="E1136" s="2">
         <v>15099774028.167004</v>
       </c>
       <c r="F1136" s="2">
         <v>768</v>
       </c>
     </row>
-    <row r="1137" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1137" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1137" s="4" t="s">
         <v>120</v>
       </c>
       <c r="B1137" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C1137" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1137" s="2">
         <v>816.51932131197532</v>
       </c>
       <c r="E1137" s="2">
         <v>55823236.093280002</v>
       </c>
       <c r="F1137" s="2">
         <v>32</v>
       </c>
     </row>
-    <row r="1138" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1138" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1138" s="4" t="s">
         <v>120</v>
       </c>
       <c r="B1138" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C1138" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1138" s="2">
         <v>90466.289173468947</v>
       </c>
       <c r="E1138" s="2">
         <v>8334147906.0852728</v>
       </c>
       <c r="F1138" s="2">
         <v>1415</v>
       </c>
     </row>
-    <row r="1139" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1139" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1139" s="4" t="s">
         <v>120</v>
       </c>
       <c r="B1139" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1139" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1139" s="2">
         <v>199.57031597479244</v>
       </c>
       <c r="E1139" s="2">
         <v>17414088.670000002</v>
       </c>
       <c r="F1139" s="2">
         <v>8</v>
       </c>
     </row>
-    <row r="1140" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1140" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1140" s="4" t="s">
         <v>120</v>
       </c>
       <c r="B1140" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1140" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1140" s="2">
         <v>11442.329448129098</v>
       </c>
       <c r="E1140" s="2">
         <v>374442450.40600002</v>
       </c>
       <c r="F1140" s="2">
         <v>107</v>
       </c>
     </row>
-    <row r="1141" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1141" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1141" s="4" t="s">
         <v>121</v>
       </c>
       <c r="B1141" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1141" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1141" s="2">
         <v>234.98721435239679</v>
       </c>
       <c r="E1141" s="2">
         <v>46315040</v>
       </c>
       <c r="F1141" s="2">
         <v>11</v>
       </c>
     </row>
-    <row r="1142" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1142" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1142" s="4" t="s">
         <v>121</v>
       </c>
       <c r="B1142" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1142" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1142" s="2">
         <v>15677.816252533899</v>
       </c>
       <c r="E1142" s="2">
         <v>3798610474.5170002</v>
       </c>
       <c r="F1142" s="2">
         <v>124</v>
       </c>
     </row>
-    <row r="1143" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1143" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1143" s="4" t="s">
         <v>121</v>
       </c>
       <c r="B1143" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1143" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D1143" s="2">
         <v>1579.8090777147381</v>
       </c>
       <c r="E1143" s="2">
         <v>11973373</v>
       </c>
       <c r="F1143" s="2">
         <v>7</v>
       </c>
     </row>
-    <row r="1144" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1144" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1144" s="4" t="s">
         <v>121</v>
       </c>
       <c r="B1144" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1144" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1144" s="2">
         <v>13945.81295013345</v>
       </c>
       <c r="E1144" s="2">
         <v>415427164.06999999</v>
       </c>
       <c r="F1144" s="2">
         <v>21</v>
       </c>
     </row>
-    <row r="1145" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1145" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1145" s="4" t="s">
         <v>121</v>
       </c>
       <c r="B1145" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1145" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1145" s="2">
         <v>188.55609756097562</v>
       </c>
       <c r="E1145" s="2">
         <v>11596200</v>
       </c>
       <c r="F1145" s="2">
         <v>8</v>
       </c>
     </row>
-    <row r="1146" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1146" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1146" s="4" t="s">
         <v>121</v>
       </c>
       <c r="B1146" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1146" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1146" s="2">
         <v>15997.807812474564</v>
       </c>
       <c r="E1146" s="2">
         <v>504141557.23280001</v>
       </c>
       <c r="F1146" s="2">
         <v>22</v>
       </c>
     </row>
-    <row r="1147" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1147" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1147" s="4" t="s">
         <v>121</v>
       </c>
       <c r="B1147" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1147" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1147" s="2">
         <v>763.79095652173908</v>
       </c>
       <c r="E1147" s="2">
         <v>2371570.92</v>
       </c>
       <c r="F1147" s="2">
         <v>46</v>
       </c>
     </row>
-    <row r="1148" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1148" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1148" s="4" t="s">
         <v>121</v>
       </c>
       <c r="B1148" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1148" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1148" s="2">
         <v>63174.244571548472</v>
       </c>
       <c r="E1148" s="2">
         <v>6390018486.9860001</v>
       </c>
       <c r="F1148" s="2">
         <v>1185</v>
       </c>
     </row>
-    <row r="1149" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1149" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1149" s="4" t="s">
         <v>121</v>
       </c>
       <c r="B1149" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C1149" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1149" s="2">
         <v>825.47550275305582</v>
       </c>
       <c r="E1149" s="2">
         <v>25548594.758909997</v>
       </c>
       <c r="F1149" s="2">
         <v>22</v>
       </c>
     </row>
-    <row r="1150" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1150" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1150" s="4" t="s">
         <v>121</v>
       </c>
       <c r="B1150" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C1150" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1150" s="2">
         <v>91555.732794186522</v>
       </c>
       <c r="E1150" s="2">
         <v>2147580342.2932124</v>
       </c>
       <c r="F1150" s="2">
         <v>1204</v>
       </c>
     </row>
-    <row r="1151" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1151" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1151" s="4" t="s">
         <v>121</v>
       </c>
       <c r="B1151" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1151" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1151" s="2">
         <v>12617.228584888679</v>
       </c>
       <c r="E1151" s="2">
         <v>177298683.97000006</v>
       </c>
       <c r="F1151" s="2">
         <v>106</v>
       </c>
     </row>
-    <row r="1152" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1152" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1152" s="4" t="s">
         <v>122</v>
       </c>
       <c r="B1152" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1152" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1152" s="2">
         <v>236.82041073942807</v>
       </c>
       <c r="E1152" s="2">
         <v>146333700</v>
       </c>
       <c r="F1152" s="2">
         <v>21</v>
       </c>
     </row>
-    <row r="1153" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1153" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1153" s="4" t="s">
         <v>122</v>
       </c>
       <c r="B1153" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1153" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D1153" s="2">
         <v>1746.7001528200633</v>
       </c>
       <c r="E1153" s="2">
         <v>11795536</v>
       </c>
       <c r="F1153" s="2">
         <v>3</v>
       </c>
     </row>
-    <row r="1154" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1154" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1154" s="4" t="s">
         <v>122</v>
       </c>
       <c r="B1154" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1154" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1154" s="2">
         <v>13269.232312035609</v>
       </c>
       <c r="E1154" s="2">
         <v>5466106513.6175003</v>
       </c>
       <c r="F1154" s="2">
         <v>113</v>
       </c>
     </row>
-    <row r="1155" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1155" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1155" s="4" t="s">
         <v>122</v>
       </c>
       <c r="B1155" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1155" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1155" s="2">
         <v>174.35266524520256</v>
       </c>
       <c r="E1155" s="2">
         <v>40885700</v>
       </c>
       <c r="F1155" s="2">
         <v>8</v>
       </c>
     </row>
-    <row r="1156" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1156" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1156" s="4" t="s">
         <v>122</v>
       </c>
       <c r="B1156" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1156" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D1156" s="2">
         <v>1540.551166123448</v>
       </c>
       <c r="E1156" s="2">
         <v>12147400</v>
       </c>
       <c r="F1156" s="2">
         <v>4</v>
       </c>
     </row>
-    <row r="1157" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1157" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1157" s="4" t="s">
         <v>122</v>
       </c>
       <c r="B1157" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1157" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1157" s="2">
         <v>12680.364897852851</v>
       </c>
       <c r="E1157" s="2">
         <v>1438639057.4679999</v>
       </c>
       <c r="F1157" s="2">
         <v>41</v>
       </c>
     </row>
-    <row r="1158" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1158" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1158" s="4" t="s">
         <v>122</v>
       </c>
       <c r="B1158" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1158" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1158" s="2">
         <v>203.97567650145461</v>
       </c>
       <c r="E1158" s="2">
         <v>4606403.0999999996</v>
       </c>
       <c r="F1158" s="2">
         <v>4</v>
       </c>
     </row>
-    <row r="1159" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1159" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1159" s="4" t="s">
         <v>122</v>
       </c>
       <c r="B1159" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1159" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1159" s="2">
         <v>13821.302597878652</v>
       </c>
       <c r="E1159" s="2">
         <v>468561383.5</v>
       </c>
       <c r="F1159" s="2">
         <v>25</v>
       </c>
     </row>
-    <row r="1160" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1160" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1160" s="4" t="s">
         <v>122</v>
       </c>
       <c r="B1160" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1160" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1160" s="2">
         <v>758.68117839864237</v>
       </c>
       <c r="E1160" s="2">
         <v>14489900.089999991</v>
       </c>
       <c r="F1160" s="2">
         <v>87</v>
       </c>
     </row>
-    <row r="1161" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1161" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1161" s="4" t="s">
         <v>122</v>
       </c>
       <c r="B1161" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1161" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1161" s="2">
         <v>59652.090301165284</v>
       </c>
       <c r="E1161" s="2">
         <v>10909795133.232994</v>
       </c>
       <c r="F1161" s="2">
         <v>1229</v>
       </c>
     </row>
-    <row r="1162" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1162" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1162" s="4" t="s">
         <v>122</v>
       </c>
       <c r="B1162" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C1162" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1162" s="2">
         <v>908.49134137397027</v>
       </c>
       <c r="E1162" s="2">
         <v>32013271.620229997</v>
       </c>
       <c r="F1162" s="2">
         <v>21</v>
       </c>
     </row>
-    <row r="1163" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1163" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1163" s="4" t="s">
         <v>122</v>
       </c>
       <c r="B1163" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C1163" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1163" s="2">
         <v>94531.922938223608</v>
       </c>
       <c r="E1163" s="2">
         <v>13164625529.003336</v>
       </c>
       <c r="F1163" s="2">
         <v>1448</v>
       </c>
     </row>
-    <row r="1164" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1164" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1164" s="4" t="s">
         <v>122</v>
       </c>
       <c r="B1164" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1164" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1164" s="2">
         <v>197.5</v>
       </c>
       <c r="E1164" s="2">
         <v>1580000</v>
       </c>
       <c r="F1164" s="2">
         <v>4</v>
       </c>
     </row>
-    <row r="1165" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1165" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1165" s="4" t="s">
         <v>122</v>
       </c>
       <c r="B1165" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1165" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1165" s="2">
         <v>15008.004595583843</v>
       </c>
       <c r="E1165" s="2">
         <v>942330696.86999977</v>
       </c>
       <c r="F1165" s="2">
         <v>146</v>
       </c>
     </row>
-    <row r="1166" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1166" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1166" s="4" t="s">
         <v>123</v>
       </c>
       <c r="B1166" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1166" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1166" s="2">
         <v>221.54489489848473</v>
       </c>
       <c r="E1166" s="2">
         <v>142981559.25</v>
       </c>
       <c r="F1166" s="2">
         <v>42</v>
       </c>
     </row>
-    <row r="1167" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1167" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1167" s="4" t="s">
         <v>123</v>
       </c>
       <c r="B1167" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1167" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1167" s="2">
         <v>14209.483304668371</v>
       </c>
       <c r="E1167" s="2">
         <v>4145375036.6165013</v>
       </c>
       <c r="F1167" s="2">
         <v>133</v>
       </c>
     </row>
-    <row r="1168" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1168" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1168" s="4" t="s">
         <v>123</v>
       </c>
       <c r="B1168" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1168" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1168" s="2">
         <v>176.37265865250211</v>
       </c>
       <c r="E1168" s="2">
         <v>63088500</v>
       </c>
       <c r="F1168" s="2">
         <v>9</v>
       </c>
     </row>
-    <row r="1169" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1169" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1169" s="4" t="s">
         <v>123</v>
       </c>
       <c r="B1169" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1169" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1169" s="2">
         <v>12772.260194500412</v>
       </c>
       <c r="E1169" s="2">
         <v>115757804.03999999</v>
       </c>
       <c r="F1169" s="2">
         <v>16</v>
       </c>
     </row>
-    <row r="1170" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1170" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1170" s="4" t="s">
         <v>123</v>
       </c>
       <c r="B1170" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1170" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1170" s="2">
         <v>15139.914721218594</v>
       </c>
       <c r="E1170" s="2">
         <v>207253623.40000001</v>
       </c>
       <c r="F1170" s="2">
         <v>15</v>
       </c>
     </row>
-    <row r="1171" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1171" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1171" s="4" t="s">
         <v>123</v>
       </c>
       <c r="B1171" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1171" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1171" s="2">
         <v>743.2225120265897</v>
       </c>
       <c r="E1171" s="2">
         <v>8497262.9800000004</v>
       </c>
       <c r="F1171" s="2">
         <v>64</v>
       </c>
     </row>
-    <row r="1172" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1172" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1172" s="4" t="s">
         <v>123</v>
       </c>
       <c r="B1172" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1172" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1172" s="2">
         <v>53873.252764607278</v>
       </c>
       <c r="E1172" s="2">
         <v>7150238905.5550213</v>
       </c>
       <c r="F1172" s="2">
         <v>1080</v>
       </c>
     </row>
-    <row r="1173" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1173" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1173" s="4" t="s">
         <v>123</v>
       </c>
       <c r="B1173" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C1173" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1173" s="2">
         <v>848.67118366622856</v>
       </c>
       <c r="E1173" s="2">
         <v>42800331.954769999</v>
       </c>
       <c r="F1173" s="2">
         <v>37</v>
       </c>
     </row>
-    <row r="1174" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1174" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1174" s="4" t="s">
         <v>123</v>
       </c>
       <c r="B1174" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C1174" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1174" s="2">
         <v>90994.26490922767</v>
       </c>
       <c r="E1174" s="2">
         <v>5586127913.4083509</v>
       </c>
       <c r="F1174" s="2">
         <v>1101</v>
       </c>
     </row>
-    <row r="1175" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1175" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1175" s="4" t="s">
         <v>123</v>
       </c>
       <c r="B1175" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1175" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1175" s="2">
         <v>229.8325253256815</v>
       </c>
       <c r="E1175" s="2">
         <v>15634702.513899999</v>
       </c>
       <c r="F1175" s="2">
         <v>10</v>
       </c>
     </row>
-    <row r="1176" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1176" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1176" s="4" t="s">
         <v>123</v>
       </c>
       <c r="B1176" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1176" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1176" s="2">
         <v>15345.038066007495</v>
       </c>
       <c r="E1176" s="2">
         <v>1051029687.11</v>
       </c>
       <c r="F1176" s="2">
         <v>122</v>
       </c>
     </row>
-    <row r="1177" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1177" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1177" s="4" t="s">
         <v>124</v>
       </c>
       <c r="B1177" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1177" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1177" s="2">
         <v>216.13653201483314</v>
       </c>
       <c r="E1177" s="2">
         <v>218568068</v>
       </c>
       <c r="F1177" s="2">
         <v>49</v>
       </c>
     </row>
-    <row r="1178" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1178" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1178" s="4" t="s">
         <v>124</v>
       </c>
       <c r="B1178" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1178" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1178" s="2">
         <v>14292.049267872597</v>
       </c>
       <c r="E1178" s="2">
         <v>4245499198.2520003</v>
       </c>
       <c r="F1178" s="2">
         <v>183</v>
       </c>
     </row>
-    <row r="1179" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1179" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1179" s="4" t="s">
         <v>124</v>
       </c>
       <c r="B1179" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1179" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1179" s="2">
         <v>177.29091960670908</v>
       </c>
       <c r="E1179" s="2">
         <v>30653600</v>
       </c>
       <c r="F1179" s="2">
         <v>7</v>
       </c>
     </row>
-    <row r="1180" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1180" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1180" s="4" t="s">
         <v>124</v>
       </c>
       <c r="B1180" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1180" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D1180" s="2">
         <v>1469.827250384242</v>
       </c>
       <c r="E1180" s="2">
         <v>10376025</v>
       </c>
       <c r="F1180" s="2">
         <v>3</v>
       </c>
     </row>
-    <row r="1181" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1181" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1181" s="4" t="s">
         <v>124</v>
       </c>
       <c r="B1181" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1181" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1181" s="2">
         <v>12800.410371894144</v>
       </c>
       <c r="E1181" s="2">
         <v>1102526443.8</v>
       </c>
       <c r="F1181" s="2">
         <v>47</v>
       </c>
     </row>
-    <row r="1182" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1182" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1182" s="4" t="s">
         <v>124</v>
       </c>
       <c r="B1182" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1182" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1182" s="2">
         <v>201.37661637931035</v>
       </c>
       <c r="E1182" s="2">
         <v>9343875</v>
       </c>
       <c r="F1182" s="2">
         <v>11</v>
       </c>
     </row>
-    <row r="1183" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1183" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1183" s="4" t="s">
         <v>124</v>
       </c>
       <c r="B1183" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1183" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1183" s="2">
         <v>13775.958187607774</v>
       </c>
       <c r="E1183" s="2">
         <v>185652127.56999999</v>
       </c>
       <c r="F1183" s="2">
         <v>17</v>
       </c>
     </row>
-    <row r="1184" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1184" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1184" s="4" t="s">
         <v>124</v>
       </c>
       <c r="B1184" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1184" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1184" s="2">
         <v>771.61728045325754</v>
       </c>
       <c r="E1184" s="2">
         <v>1361904.4999999995</v>
       </c>
       <c r="F1184" s="2">
         <v>44</v>
       </c>
     </row>
-    <row r="1185" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1185" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1185" s="4" t="s">
         <v>124</v>
       </c>
       <c r="B1185" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1185" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1185" s="2">
         <v>61980.009933431385</v>
       </c>
       <c r="E1185" s="2">
         <v>6787857682.1585026</v>
       </c>
       <c r="F1185" s="2">
         <v>1287</v>
       </c>
     </row>
-    <row r="1186" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1186" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1186" s="4" t="s">
         <v>124</v>
       </c>
       <c r="B1186" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C1186" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1186" s="2">
         <v>919.18944709909852</v>
       </c>
       <c r="E1186" s="2">
         <v>40899541.2663</v>
       </c>
       <c r="F1186" s="2">
         <v>20</v>
       </c>
     </row>
-    <row r="1187" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1187" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1187" s="4" t="s">
         <v>124</v>
       </c>
       <c r="B1187" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C1187" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1187" s="2">
         <v>95574.063167837172</v>
       </c>
       <c r="E1187" s="2">
         <v>16821708819.110598</v>
       </c>
       <c r="F1187" s="2">
         <v>1071</v>
       </c>
     </row>
-    <row r="1188" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1188" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1188" s="4" t="s">
         <v>124</v>
       </c>
       <c r="B1188" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1188" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1188" s="2">
         <v>17811.213673152088</v>
       </c>
       <c r="E1188" s="2">
         <v>667535968.63999999</v>
       </c>
       <c r="F1188" s="2">
         <v>111</v>
       </c>
     </row>
-    <row r="1189" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1189" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1189" s="4" t="s">
         <v>125</v>
       </c>
       <c r="B1189" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1189" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1189" s="2">
         <v>213.04497710953186</v>
       </c>
       <c r="E1189" s="2">
         <v>379294625.20999998</v>
       </c>
       <c r="F1189" s="2">
         <v>59</v>
       </c>
     </row>
-    <row r="1190" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1190" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1190" s="4" t="s">
         <v>125</v>
       </c>
       <c r="B1190" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1190" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1190" s="2">
         <v>14677.220525480567</v>
       </c>
       <c r="E1190" s="2">
         <v>8023662603.1189995</v>
       </c>
       <c r="F1190" s="2">
         <v>249</v>
       </c>
     </row>
-    <row r="1191" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1191" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1191" s="4" t="s">
         <v>125</v>
       </c>
       <c r="B1191" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1191" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1191" s="2">
         <v>179.51585014409221</v>
       </c>
       <c r="E1191" s="2">
         <v>31146000</v>
       </c>
       <c r="F1191" s="2">
         <v>7</v>
       </c>
     </row>
-    <row r="1192" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1192" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1192" s="4" t="s">
         <v>125</v>
       </c>
       <c r="B1192" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1192" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1192" s="2">
         <v>12880.662542239723</v>
       </c>
       <c r="E1192" s="2">
         <v>541843746.80000007</v>
       </c>
       <c r="F1192" s="2">
         <v>23</v>
       </c>
     </row>
-    <row r="1193" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1193" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1193" s="4" t="s">
         <v>125</v>
       </c>
       <c r="B1193" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1193" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1193" s="2">
         <v>202.10024204328789</v>
       </c>
       <c r="E1193" s="2">
         <v>4794847.4419999998</v>
       </c>
       <c r="F1193" s="2">
         <v>7</v>
       </c>
     </row>
-    <row r="1194" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1194" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1194" s="4" t="s">
         <v>125</v>
       </c>
       <c r="B1194" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1194" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1194" s="2">
         <v>14109.857569824666</v>
       </c>
       <c r="E1194" s="2">
         <v>194078410</v>
       </c>
       <c r="F1194" s="2">
         <v>17</v>
       </c>
     </row>
-    <row r="1195" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1195" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1195" s="4" t="s">
         <v>125</v>
       </c>
       <c r="B1195" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1195" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1195" s="2">
         <v>774.00641393442606</v>
       </c>
       <c r="E1195" s="2">
         <v>1510860.5199999998</v>
       </c>
       <c r="F1195" s="2">
         <v>46</v>
       </c>
     </row>
-    <row r="1196" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1196" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1196" s="4" t="s">
         <v>125</v>
       </c>
       <c r="B1196" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1196" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1196" s="2">
         <v>62410.292761651544</v>
       </c>
       <c r="E1196" s="2">
         <v>5618256436.7079964</v>
       </c>
       <c r="F1196" s="2">
         <v>873</v>
       </c>
     </row>
-    <row r="1197" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1197" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1197" s="4" t="s">
         <v>125</v>
       </c>
       <c r="B1197" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C1197" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1197" s="2">
         <v>898.00942877427337</v>
       </c>
       <c r="E1197" s="2">
         <v>61775377.005119994</v>
       </c>
       <c r="F1197" s="2">
         <v>21</v>
       </c>
     </row>
-    <row r="1198" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1198" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1198" s="4" t="s">
         <v>125</v>
       </c>
       <c r="B1198" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C1198" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1198" s="2">
         <v>98104.193998363044</v>
       </c>
       <c r="E1198" s="2">
         <v>71708353041.204758</v>
       </c>
       <c r="F1198" s="2">
         <v>1325</v>
       </c>
     </row>
-    <row r="1199" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1199" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1199" s="4" t="s">
         <v>125</v>
       </c>
       <c r="B1199" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1199" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1199" s="2">
         <v>223.96273842753067</v>
       </c>
       <c r="E1199" s="2">
         <v>12263456</v>
       </c>
       <c r="F1199" s="2">
         <v>5</v>
       </c>
     </row>
-    <row r="1200" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1200" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1200" s="4" t="s">
         <v>125</v>
       </c>
       <c r="B1200" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1200" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1200" s="2">
         <v>14741.038782189504</v>
       </c>
       <c r="E1200" s="2">
         <v>859998688.61000001</v>
       </c>
       <c r="F1200" s="2">
         <v>130</v>
       </c>
     </row>
-    <row r="1201" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1201" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1201" s="4" t="s">
         <v>126</v>
       </c>
       <c r="B1201" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1201" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1201" s="2">
         <v>211.23502275920549</v>
       </c>
       <c r="E1201" s="2">
         <v>284888773.26200002</v>
       </c>
       <c r="F1201" s="2">
         <v>68</v>
       </c>
     </row>
-    <row r="1202" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1202" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1202" s="4" t="s">
         <v>126</v>
       </c>
       <c r="B1202" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1202" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1202" s="2">
         <v>14553.577230990852</v>
       </c>
       <c r="E1202" s="2">
         <v>7772983473.2359009</v>
       </c>
       <c r="F1202" s="2">
         <v>264</v>
       </c>
     </row>
-    <row r="1203" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1203" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1203" s="4" t="s">
         <v>126</v>
       </c>
       <c r="B1203" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1203" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1203" s="2">
         <v>176.62790697674419</v>
       </c>
       <c r="E1203" s="2">
         <v>10633000</v>
       </c>
       <c r="F1203" s="2">
         <v>10</v>
       </c>
     </row>
-    <row r="1204" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1204" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1204" s="4" t="s">
         <v>126</v>
       </c>
       <c r="B1204" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1204" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1204" s="2">
         <v>13870.167920438502</v>
       </c>
       <c r="E1204" s="2">
         <v>992273616.1500001</v>
       </c>
       <c r="F1204" s="2">
         <v>48</v>
       </c>
     </row>
-    <row r="1205" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1205" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1205" s="4" t="s">
         <v>126</v>
       </c>
       <c r="B1205" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1205" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1205" s="2">
         <v>13736.389477042667</v>
       </c>
       <c r="E1205" s="2">
         <v>473589500</v>
       </c>
       <c r="F1205" s="2">
         <v>17</v>
       </c>
     </row>
-    <row r="1206" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1206" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1206" s="4" t="s">
         <v>126</v>
       </c>
       <c r="B1206" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1206" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1206" s="2">
         <v>748.37647928994079</v>
       </c>
       <c r="E1206" s="2">
         <v>2023609.9999999998</v>
       </c>
       <c r="F1206" s="2">
         <v>44</v>
       </c>
     </row>
-    <row r="1207" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1207" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1207" s="4" t="s">
         <v>126</v>
       </c>
       <c r="B1207" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1207" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1207" s="2">
         <v>62489.160277270617</v>
       </c>
       <c r="E1207" s="2">
         <v>5381946792.1080027</v>
       </c>
       <c r="F1207" s="2">
         <v>818</v>
       </c>
     </row>
-    <row r="1208" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1208" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1208" s="4" t="s">
         <v>126</v>
       </c>
       <c r="B1208" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C1208" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1208" s="2">
         <v>912.58943715157477</v>
       </c>
       <c r="E1208" s="2">
         <v>30690621.869839996</v>
       </c>
       <c r="F1208" s="2">
         <v>20</v>
       </c>
     </row>
-    <row r="1209" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1209" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1209" s="4" t="s">
         <v>126</v>
       </c>
       <c r="B1209" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C1209" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1209" s="2">
         <v>98885.463647962053</v>
       </c>
       <c r="E1209" s="2">
         <v>12278833677.795528</v>
       </c>
       <c r="F1209" s="2">
         <v>1305</v>
       </c>
     </row>
-    <row r="1210" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1210" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1210" s="4" t="s">
         <v>126</v>
       </c>
       <c r="B1210" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1210" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1210" s="2">
         <v>224.02279423263928</v>
       </c>
       <c r="E1210" s="2">
         <v>9643370.3291999996</v>
       </c>
       <c r="F1210" s="2">
         <v>8</v>
       </c>
     </row>
-    <row r="1211" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1211" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1211" s="4" t="s">
         <v>126</v>
       </c>
       <c r="B1211" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1211" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1211" s="2">
         <v>18151.019670431968</v>
       </c>
       <c r="E1211" s="2">
         <v>1115151274.3900001</v>
       </c>
       <c r="F1211" s="2">
         <v>114</v>
       </c>
     </row>
-    <row r="1212" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1212" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1212" s="4" t="s">
         <v>127</v>
       </c>
       <c r="B1212" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1212" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1212" s="2">
         <v>211.94410347734006</v>
       </c>
       <c r="E1212" s="2">
         <v>261479581</v>
       </c>
       <c r="F1212" s="2">
         <v>70</v>
       </c>
     </row>
-    <row r="1213" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1213" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1213" s="4" t="s">
         <v>127</v>
       </c>
       <c r="B1213" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1213" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D1213" s="2">
         <v>189.17107011646993</v>
       </c>
       <c r="E1213" s="2">
         <v>24200655</v>
       </c>
       <c r="F1213" s="2">
         <v>4</v>
       </c>
     </row>
-    <row r="1214" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1214" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1214" s="4" t="s">
         <v>127</v>
       </c>
       <c r="B1214" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1214" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1214" s="2">
         <v>14650.768033849597</v>
       </c>
       <c r="E1214" s="2">
         <v>10085576276</v>
       </c>
       <c r="F1214" s="2">
         <v>265</v>
       </c>
     </row>
-    <row r="1215" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1215" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1215" s="4" t="s">
         <v>127</v>
       </c>
       <c r="B1215" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1215" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1215" s="2">
         <v>179.59555227309809</v>
       </c>
       <c r="E1215" s="2">
         <v>51553969</v>
       </c>
       <c r="F1215" s="2">
         <v>10</v>
       </c>
     </row>
-    <row r="1216" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1216" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1216" s="4" t="s">
         <v>127</v>
       </c>
       <c r="B1216" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1216" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1216" s="2">
         <v>13546.52191107852</v>
       </c>
       <c r="E1216" s="2">
         <v>569324377</v>
       </c>
       <c r="F1216" s="2">
         <v>33</v>
       </c>
     </row>
-    <row r="1217" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1217" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1217" s="4" t="s">
         <v>127</v>
       </c>
       <c r="B1217" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1217" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1217" s="2">
         <v>197.35402276155489</v>
       </c>
       <c r="E1217" s="2">
         <v>7504455</v>
       </c>
       <c r="F1217" s="2">
         <v>14</v>
       </c>
     </row>
-    <row r="1218" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1218" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1218" s="4" t="s">
         <v>127</v>
       </c>
       <c r="B1218" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1218" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1218" s="2">
         <v>12576.291493152907</v>
       </c>
       <c r="E1218" s="2">
         <v>681584568</v>
       </c>
       <c r="F1218" s="2">
         <v>37</v>
       </c>
     </row>
-    <row r="1219" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1219" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1219" s="4" t="s">
         <v>127</v>
       </c>
       <c r="B1219" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1219" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1219" s="2">
         <v>763.30092218087691</v>
       </c>
       <c r="E1219" s="2">
         <v>23589815</v>
       </c>
       <c r="F1219" s="2">
         <v>81</v>
       </c>
     </row>
-    <row r="1220" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1220" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1220" s="4" t="s">
         <v>127</v>
       </c>
       <c r="B1220" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1220" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1220" s="2">
         <v>60426.131126681619</v>
       </c>
       <c r="E1220" s="2">
         <v>4204636135</v>
       </c>
       <c r="F1220" s="2">
         <v>809</v>
       </c>
     </row>
-    <row r="1221" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1221" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1221" s="4" t="s">
         <v>127</v>
       </c>
       <c r="B1221" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1221" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1221" s="2">
         <v>37.929978372800036</v>
       </c>
       <c r="E1221" s="2">
         <v>26023369</v>
       </c>
       <c r="F1221" s="2">
         <v>29</v>
       </c>
     </row>
-    <row r="1222" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1222" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1222" s="4" t="s">
         <v>127</v>
       </c>
       <c r="B1222" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1222" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1222" s="2">
         <v>62863.962689748587</v>
       </c>
       <c r="E1222" s="2">
         <v>29425608951</v>
       </c>
       <c r="F1222" s="2">
         <v>1196</v>
       </c>
     </row>
-    <row r="1223" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1223" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1223" s="4" t="s">
         <v>127</v>
       </c>
       <c r="B1223" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1223" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1223" s="2">
         <v>225.80880694119517</v>
       </c>
       <c r="E1223" s="2">
         <v>3686413</v>
       </c>
       <c r="F1223" s="2">
         <v>6</v>
       </c>
     </row>
-    <row r="1224" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1224" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1224" s="4" t="s">
         <v>127</v>
       </c>
       <c r="B1224" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1224" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1224" s="2">
         <v>17721.436406769539</v>
       </c>
       <c r="E1224" s="2">
         <v>1316973863</v>
       </c>
       <c r="F1224" s="2">
         <v>141</v>
       </c>
     </row>
-    <row r="1225" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1225" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1225" s="4" t="s">
         <v>130</v>
       </c>
       <c r="B1225" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1225" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1225" s="2">
         <v>214.49845571931343</v>
       </c>
       <c r="E1225" s="2">
         <v>294582443</v>
       </c>
       <c r="F1225" s="2">
         <v>78</v>
       </c>
     </row>
-    <row r="1226" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1226" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1226" s="4" t="s">
         <v>130</v>
       </c>
       <c r="B1226" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1226" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D1226" s="2">
         <v>188.51470588235293</v>
       </c>
       <c r="E1226" s="2">
         <v>32047500</v>
       </c>
       <c r="F1226" s="2">
         <v>6</v>
       </c>
     </row>
-    <row r="1227" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1227" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1227" s="4" t="s">
         <v>130</v>
       </c>
       <c r="B1227" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1227" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D1227" s="2">
         <v>1943.451596553472</v>
       </c>
       <c r="E1227" s="2">
         <v>7668860</v>
       </c>
       <c r="F1227" s="2">
         <v>4</v>
       </c>
     </row>
-    <row r="1228" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1228" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1228" s="4" t="s">
         <v>130</v>
       </c>
       <c r="B1228" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1228" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1228" s="2">
         <v>14694.793774302338</v>
       </c>
       <c r="E1228" s="2">
         <v>9693451249</v>
       </c>
       <c r="F1228" s="2">
         <v>248</v>
       </c>
     </row>
-    <row r="1229" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1229" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1229" s="4" t="s">
         <v>130</v>
       </c>
       <c r="B1229" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1229" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1229" s="2">
         <v>14120.785397939857</v>
       </c>
       <c r="E1229" s="2">
         <v>543585141</v>
       </c>
       <c r="F1229" s="2">
         <v>16</v>
       </c>
     </row>
-    <row r="1230" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1230" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1230" s="4" t="s">
         <v>130</v>
       </c>
       <c r="B1230" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1230" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1230" s="2">
         <v>210.52612612612612</v>
       </c>
       <c r="E1230" s="2">
         <v>11684200</v>
       </c>
       <c r="F1230" s="2">
         <v>11</v>
       </c>
     </row>
-    <row r="1231" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1231" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1231" s="4" t="s">
         <v>130</v>
       </c>
       <c r="B1231" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1231" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1231" s="2">
         <v>16755.419781253335</v>
       </c>
       <c r="E1231" s="2">
         <v>166318938</v>
       </c>
       <c r="F1231" s="2">
         <v>3</v>
       </c>
     </row>
-    <row r="1232" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1232" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1232" s="4" t="s">
         <v>130</v>
       </c>
       <c r="B1232" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1232" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1232" s="2">
         <v>764.42983915696061</v>
       </c>
       <c r="E1232" s="2">
         <v>1378267</v>
       </c>
       <c r="F1232" s="2">
         <v>28</v>
       </c>
     </row>
-    <row r="1233" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1233" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1233" s="4" t="s">
         <v>130</v>
       </c>
       <c r="B1233" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1233" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1233" s="2">
         <v>53818.741530142019</v>
       </c>
       <c r="E1233" s="2">
         <v>3783061908</v>
       </c>
       <c r="F1233" s="2">
         <v>792</v>
       </c>
     </row>
-    <row r="1234" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1234" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1234" s="4" t="s">
         <v>130</v>
       </c>
       <c r="B1234" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1234" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1234" s="2">
         <v>869.2855327997097</v>
       </c>
       <c r="E1234" s="2">
         <v>42314650</v>
       </c>
       <c r="F1234" s="2">
         <v>22</v>
       </c>
     </row>
-    <row r="1235" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1235" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1235" s="4" t="s">
         <v>130</v>
       </c>
       <c r="B1235" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1235" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1235" s="2">
         <v>94071.772822716113</v>
       </c>
       <c r="E1235" s="2">
         <v>28542980927</v>
       </c>
       <c r="F1235" s="2">
         <v>1231</v>
       </c>
     </row>
-    <row r="1236" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1236" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1236" s="4" t="s">
         <v>130</v>
       </c>
       <c r="B1236" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1236" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1236" s="2">
         <v>217.26241364425957</v>
       </c>
       <c r="E1236" s="2">
         <v>16011534</v>
       </c>
       <c r="F1236" s="2">
         <v>15</v>
       </c>
     </row>
-    <row r="1237" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1237" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1237" s="4" t="s">
         <v>130</v>
       </c>
       <c r="B1237" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1237" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1237" s="2">
         <v>17140.160265710874</v>
       </c>
       <c r="E1237" s="2">
         <v>300653323</v>
       </c>
       <c r="F1237" s="2">
         <v>98</v>
       </c>
     </row>
-    <row r="1238" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1238" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1238" s="4" t="s">
         <v>131</v>
       </c>
       <c r="B1238" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1238" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1238" s="2">
         <v>127.38485618468793</v>
       </c>
       <c r="E1238" s="2">
         <v>222589750</v>
       </c>
       <c r="F1238" s="2">
         <v>59</v>
       </c>
     </row>
-    <row r="1239" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1239" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1239" s="4" t="s">
         <v>131</v>
       </c>
       <c r="B1239" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1239" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1239" s="2">
         <v>15488.899183051055</v>
       </c>
       <c r="E1239" s="2">
         <v>10767228399</v>
       </c>
       <c r="F1239" s="2">
         <v>268</v>
       </c>
     </row>
-    <row r="1240" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1240" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1240" s="4" t="s">
         <v>131</v>
       </c>
       <c r="B1240" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1240" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1240" s="2">
         <v>182.98003774646381</v>
       </c>
       <c r="E1240" s="2">
         <v>46575812</v>
       </c>
       <c r="F1240" s="2">
         <v>17</v>
       </c>
     </row>
-    <row r="1241" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1241" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1241" s="4" t="s">
         <v>131</v>
       </c>
       <c r="B1241" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1241" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D1241" s="2">
         <v>1561.4573877962682</v>
       </c>
       <c r="E1241" s="2">
         <v>12385480</v>
       </c>
       <c r="F1241" s="2">
         <v>4</v>
       </c>
     </row>
-    <row r="1242" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1242" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1242" s="4" t="s">
         <v>131</v>
       </c>
       <c r="B1242" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1242" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1242" s="2">
         <v>12759.767556288323</v>
       </c>
       <c r="E1242" s="2">
         <v>1216747701</v>
       </c>
       <c r="F1242" s="2">
         <v>40</v>
       </c>
     </row>
-    <row r="1243" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1243" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1243" s="4" t="s">
         <v>131</v>
       </c>
       <c r="B1243" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1243" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1243" s="2">
         <v>200.90504180629929</v>
       </c>
       <c r="E1243" s="2">
         <v>15472259</v>
       </c>
       <c r="F1243" s="2">
         <v>9</v>
       </c>
     </row>
-    <row r="1244" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1244" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1244" s="4" t="s">
         <v>131</v>
       </c>
       <c r="B1244" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1244" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1244" s="2">
         <v>14955.906622190256</v>
       </c>
       <c r="E1244" s="2">
         <v>211264744</v>
       </c>
       <c r="F1244" s="2">
         <v>10</v>
       </c>
     </row>
-    <row r="1245" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1245" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1245" s="4" t="s">
         <v>131</v>
       </c>
       <c r="B1245" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1245" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1245" s="2">
         <v>744.09858828974768</v>
       </c>
       <c r="E1245" s="2">
         <v>3472470</v>
       </c>
       <c r="F1245" s="2">
         <v>50</v>
       </c>
     </row>
-    <row r="1246" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1246" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1246" s="4" t="s">
         <v>131</v>
       </c>
       <c r="B1246" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1246" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1246" s="2">
         <v>56379.586785354186</v>
       </c>
       <c r="E1246" s="2">
         <v>4590497389</v>
       </c>
       <c r="F1246" s="2">
         <v>818</v>
       </c>
     </row>
-    <row r="1247" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1247" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1247" s="4" t="s">
         <v>131</v>
       </c>
       <c r="B1247" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1247" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1247" s="2">
         <v>912.23067030593938</v>
       </c>
       <c r="E1247" s="2">
         <v>24450328</v>
       </c>
       <c r="F1247" s="2">
         <v>25</v>
       </c>
     </row>
-    <row r="1248" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1248" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1248" s="4" t="s">
         <v>131</v>
       </c>
       <c r="B1248" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1248" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1248" s="2">
         <v>98014.775542168893</v>
       </c>
       <c r="E1248" s="2">
         <v>35000737313</v>
       </c>
       <c r="F1248" s="2">
         <v>1214</v>
       </c>
     </row>
-    <row r="1249" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1249" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1249" s="4" t="s">
         <v>131</v>
       </c>
       <c r="B1249" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1249" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1249" s="2">
         <v>5.4608206573390126</v>
       </c>
       <c r="E1249" s="2">
         <v>1848700</v>
       </c>
       <c r="F1249" s="2">
         <v>3</v>
       </c>
     </row>
-    <row r="1250" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1250" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1250" s="4" t="s">
         <v>131</v>
       </c>
       <c r="B1250" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1250" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1250" s="2">
         <v>15910.750429379368</v>
       </c>
       <c r="E1250" s="2">
         <v>555606078</v>
       </c>
       <c r="F1250" s="2">
         <v>148</v>
       </c>
     </row>
-    <row r="1251" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1251" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1251" s="4" t="s">
         <v>132</v>
       </c>
       <c r="B1251" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1251" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1251" s="2">
         <v>212.59555390346588</v>
       </c>
       <c r="E1251" s="2">
         <v>263084872</v>
       </c>
       <c r="F1251" s="2">
         <v>57</v>
       </c>
     </row>
-    <row r="1252" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1252" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1252" s="4" t="s">
         <v>132</v>
       </c>
       <c r="B1252" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1252" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1252" s="2">
         <v>14740.73524915049</v>
       </c>
       <c r="E1252" s="2">
         <v>10196326612</v>
       </c>
       <c r="F1252" s="2">
         <v>321</v>
       </c>
     </row>
-    <row r="1253" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1253" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1253" s="4" t="s">
         <v>132</v>
       </c>
       <c r="B1253" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1253" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1253" s="2">
         <v>179.44303937374951</v>
       </c>
       <c r="E1253" s="2">
         <v>7689056</v>
       </c>
       <c r="F1253" s="2">
         <v>7</v>
       </c>
     </row>
-    <row r="1254" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1254" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1254" s="4" t="s">
         <v>132</v>
       </c>
       <c r="B1254" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1254" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D1254" s="2">
         <v>1561.217630380514</v>
       </c>
       <c r="E1254" s="2">
         <v>15641841</v>
       </c>
       <c r="F1254" s="2">
         <v>5</v>
       </c>
     </row>
-    <row r="1255" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1255" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1255" s="4" t="s">
         <v>132</v>
       </c>
       <c r="B1255" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1255" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1255" s="2">
         <v>14011.49405931388</v>
       </c>
       <c r="E1255" s="2">
         <v>787952916</v>
       </c>
       <c r="F1255" s="2">
         <v>32</v>
       </c>
     </row>
-    <row r="1256" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1256" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1256" s="4" t="s">
         <v>132</v>
       </c>
       <c r="B1256" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1256" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1256" s="2">
         <v>209.77358944642316</v>
       </c>
       <c r="E1256" s="2">
         <v>10911415</v>
       </c>
       <c r="F1256" s="2">
         <v>14</v>
       </c>
     </row>
-    <row r="1257" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1257" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1257" s="4" t="s">
         <v>132</v>
       </c>
       <c r="B1257" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1257" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1257" s="2">
         <v>10963.635076287685</v>
       </c>
       <c r="E1257" s="2">
         <v>301637021</v>
       </c>
       <c r="F1257" s="2">
         <v>20</v>
       </c>
     </row>
-    <row r="1258" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1258" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1258" s="4" t="s">
         <v>132</v>
       </c>
       <c r="B1258" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1258" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1258" s="2">
         <v>39.152777777777779</v>
       </c>
       <c r="E1258" s="2">
         <v>14095</v>
       </c>
       <c r="F1258" s="2">
         <v>18</v>
       </c>
     </row>
-    <row r="1259" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1259" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1259" s="4" t="s">
         <v>132</v>
       </c>
       <c r="B1259" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1259" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1259" s="2">
         <v>51031.176916505901</v>
       </c>
       <c r="E1259" s="2">
         <v>9254893812</v>
       </c>
       <c r="F1259" s="2">
         <v>919</v>
       </c>
     </row>
-    <row r="1260" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1260" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1260" s="4" t="s">
         <v>132</v>
       </c>
       <c r="B1260" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1260" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1260" s="2">
         <v>922.27467296611769</v>
       </c>
       <c r="E1260" s="2">
         <v>52979684</v>
       </c>
       <c r="F1260" s="2">
         <v>19</v>
       </c>
     </row>
-    <row r="1261" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1261" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1261" s="4" t="s">
         <v>132</v>
       </c>
       <c r="B1261" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1261" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1261" s="2">
         <v>99367.319468449219</v>
       </c>
       <c r="E1261" s="2">
         <v>20343693202</v>
       </c>
       <c r="F1261" s="2">
         <v>1224</v>
       </c>
     </row>
-    <row r="1262" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1262" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1262" s="4" t="s">
         <v>132</v>
       </c>
       <c r="B1262" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1262" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1262" s="2">
         <v>1108.9700932440733</v>
       </c>
       <c r="E1262" s="2">
         <v>325429850</v>
       </c>
       <c r="F1262" s="2">
         <v>86</v>
       </c>
     </row>
-    <row r="1263" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1263" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1263" s="4" t="s">
         <v>133</v>
       </c>
       <c r="B1263" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1263" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1263" s="2">
         <v>211.60457965705751</v>
       </c>
       <c r="E1263" s="2">
         <v>244996090</v>
       </c>
       <c r="F1263" s="2">
         <v>59</v>
       </c>
     </row>
-    <row r="1264" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1264" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1264" s="4" t="s">
         <v>133</v>
       </c>
       <c r="B1264" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1264" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D1264" s="2">
         <v>196.74072093175988</v>
       </c>
       <c r="E1264" s="2">
         <v>16656156</v>
       </c>
       <c r="F1264" s="2">
         <v>8</v>
       </c>
     </row>
-    <row r="1265" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1265" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1265" s="4" t="s">
         <v>133</v>
       </c>
       <c r="B1265" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1265" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1265" s="2">
         <v>13922.069808277096</v>
       </c>
       <c r="E1265" s="2">
         <v>25385786391</v>
       </c>
       <c r="F1265" s="2">
         <v>302</v>
       </c>
     </row>
-    <row r="1266" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1266" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1266" s="4" t="s">
         <v>133</v>
       </c>
       <c r="B1266" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1266" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D1266" s="2">
         <v>1456.6666666666667</v>
       </c>
       <c r="E1266" s="2">
         <v>21850000</v>
       </c>
       <c r="F1266" s="2">
         <v>4</v>
       </c>
     </row>
-    <row r="1267" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1267" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1267" s="4" t="s">
         <v>133</v>
       </c>
       <c r="B1267" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1267" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1267" s="2">
         <v>13997.046974957959</v>
       </c>
       <c r="E1267" s="2">
         <v>2812178649</v>
       </c>
       <c r="F1267" s="2">
         <v>42</v>
       </c>
     </row>
-    <row r="1268" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1268" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1268" s="4" t="s">
         <v>133</v>
       </c>
       <c r="B1268" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1268" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1268" s="2">
         <v>17132.242210995726</v>
       </c>
       <c r="E1268" s="2">
         <v>309382082</v>
       </c>
       <c r="F1268" s="2">
         <v>11</v>
       </c>
     </row>
-    <row r="1269" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1269" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1269" s="4" t="s">
         <v>133</v>
       </c>
       <c r="B1269" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1269" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1269" s="2">
         <v>730.84889621963532</v>
       </c>
       <c r="E1269" s="2">
         <v>23085251</v>
       </c>
       <c r="F1269" s="2">
         <v>63</v>
       </c>
     </row>
-    <row r="1270" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1270" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1270" s="4" t="s">
         <v>133</v>
       </c>
       <c r="B1270" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1270" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1270" s="2">
         <v>42527.618659189051</v>
       </c>
       <c r="E1270" s="2">
         <v>10318996143</v>
       </c>
       <c r="F1270" s="2">
         <v>1041</v>
       </c>
     </row>
-    <row r="1271" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1271" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1271" s="4" t="s">
         <v>133</v>
       </c>
       <c r="B1271" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1271" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1271" s="2">
         <v>982.74883401442742</v>
       </c>
       <c r="E1271" s="2">
         <v>116722675</v>
       </c>
       <c r="F1271" s="2">
         <v>25</v>
       </c>
     </row>
-    <row r="1272" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1272" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1272" s="4" t="s">
         <v>133</v>
       </c>
       <c r="B1272" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1272" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1272" s="2">
         <v>90718.251152041441</v>
       </c>
       <c r="E1272" s="2">
         <v>112462244962</v>
       </c>
       <c r="F1272" s="2">
         <v>1425</v>
       </c>
     </row>
-    <row r="1273" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1273" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1273" s="4" t="s">
         <v>133</v>
       </c>
       <c r="B1273" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1273" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1273" s="2">
         <v>17289.608703789792</v>
       </c>
       <c r="E1273" s="2">
         <v>1174100846</v>
       </c>
       <c r="F1273" s="2">
         <v>129</v>
       </c>
     </row>
-    <row r="1274" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1274" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1274" s="4" t="s">
         <v>134</v>
       </c>
       <c r="B1274" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1274" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1274" s="2">
         <v>213.5456338661204</v>
       </c>
       <c r="E1274" s="2">
         <v>347138871</v>
       </c>
       <c r="F1274" s="2">
         <v>73</v>
       </c>
     </row>
-    <row r="1275" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1275" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1275" s="4" t="s">
         <v>134</v>
       </c>
       <c r="B1275" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1275" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1275" s="2">
         <v>15164.698215642289</v>
       </c>
       <c r="E1275" s="2">
         <v>8285602267</v>
       </c>
       <c r="F1275" s="2">
         <v>244</v>
       </c>
     </row>
-    <row r="1276" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1276" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1276" s="4" t="s">
         <v>134</v>
       </c>
       <c r="B1276" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1276" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1276" s="2">
         <v>186.23076923076923</v>
       </c>
       <c r="E1276" s="2">
         <v>7263000</v>
       </c>
       <c r="F1276" s="2">
         <v>3</v>
       </c>
     </row>
-    <row r="1277" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1277" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1277" s="4" t="s">
         <v>134</v>
       </c>
       <c r="B1277" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1277" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D1277" s="2">
         <v>1458.8198446504634</v>
       </c>
       <c r="E1277" s="2">
         <v>34932900</v>
       </c>
       <c r="F1277" s="2">
         <v>8</v>
       </c>
     </row>
-    <row r="1278" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1278" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1278" s="4" t="s">
         <v>134</v>
       </c>
       <c r="B1278" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1278" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1278" s="2">
         <v>13466.793385825542</v>
       </c>
       <c r="E1278" s="2">
         <v>1410402333</v>
       </c>
       <c r="F1278" s="2">
         <v>35</v>
       </c>
     </row>
-    <row r="1279" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1279" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1279" s="4" t="s">
         <v>134</v>
       </c>
       <c r="B1279" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1279" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1279" s="2">
         <v>220.52009207144212</v>
       </c>
       <c r="E1279" s="2">
         <v>10672555</v>
       </c>
       <c r="F1279" s="2">
         <v>10</v>
       </c>
     </row>
-    <row r="1280" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1280" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1280" s="4" t="s">
         <v>134</v>
       </c>
       <c r="B1280" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1280" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1280" s="2">
         <v>15038.789433431664</v>
       </c>
       <c r="E1280" s="2">
         <v>158293034</v>
       </c>
       <c r="F1280" s="2">
         <v>10</v>
       </c>
     </row>
-    <row r="1281" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1281" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1281" s="4" t="s">
         <v>134</v>
       </c>
       <c r="B1281" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1281" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1281" s="2">
         <v>448.19974438561252</v>
       </c>
       <c r="E1281" s="2">
         <v>490958</v>
       </c>
       <c r="F1281" s="2">
         <v>25</v>
       </c>
     </row>
-    <row r="1282" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1282" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1282" s="4" t="s">
         <v>134</v>
       </c>
       <c r="B1282" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1282" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1282" s="2">
         <v>52936.635501544479</v>
       </c>
       <c r="E1282" s="2">
         <v>14473576339</v>
       </c>
       <c r="F1282" s="2">
         <v>998</v>
       </c>
     </row>
-    <row r="1283" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1283" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1283" s="4" t="s">
         <v>134</v>
       </c>
       <c r="B1283" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1283" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1283" s="2">
         <v>902.35367684144092</v>
       </c>
       <c r="E1283" s="2">
         <v>50789168</v>
       </c>
       <c r="F1283" s="2">
         <v>28</v>
       </c>
     </row>
-    <row r="1284" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1284" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1284" s="4" t="s">
         <v>134</v>
       </c>
       <c r="B1284" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1284" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1284" s="2">
         <v>90976.500864583562</v>
       </c>
       <c r="E1284" s="2">
         <v>42927966364</v>
       </c>
       <c r="F1284" s="2">
         <v>1646</v>
       </c>
     </row>
-    <row r="1285" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1285" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1285" s="4" t="s">
         <v>134</v>
       </c>
       <c r="B1285" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1285" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1285" s="2">
         <v>16166.648392634743</v>
       </c>
       <c r="E1285" s="2">
         <v>1304901210</v>
       </c>
       <c r="F1285" s="2">
         <v>163</v>
       </c>
     </row>
-    <row r="1286" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1286" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1286" s="4" t="s">
         <v>135</v>
       </c>
       <c r="B1286" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1286" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1286" s="2">
         <v>175.04109583174343</v>
       </c>
       <c r="E1286" s="2">
         <v>390730501</v>
       </c>
       <c r="F1286" s="2">
         <v>78</v>
       </c>
     </row>
-    <row r="1287" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1287" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1287" s="4" t="s">
         <v>135</v>
       </c>
       <c r="B1287" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1287" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1287" s="2">
         <v>15040.311691406941</v>
       </c>
       <c r="E1287" s="2">
         <v>9040290090</v>
       </c>
       <c r="F1287" s="2">
         <v>263</v>
       </c>
     </row>
-    <row r="1288" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1288" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1288" s="4" t="s">
         <v>135</v>
       </c>
       <c r="B1288" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1288" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1288" s="2">
         <v>187.93255405374032</v>
       </c>
       <c r="E1288" s="2">
         <v>34832992</v>
       </c>
       <c r="F1288" s="2">
         <v>17</v>
       </c>
     </row>
-    <row r="1289" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1289" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1289" s="4" t="s">
         <v>135</v>
       </c>
       <c r="B1289" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1289" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D1289" s="2">
         <v>1487.5322411990242</v>
       </c>
       <c r="E1289" s="2">
         <v>51212760</v>
       </c>
       <c r="F1289" s="2">
         <v>11</v>
       </c>
     </row>
-    <row r="1290" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1290" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1290" s="4" t="s">
         <v>135</v>
       </c>
       <c r="B1290" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1290" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1290" s="2">
         <v>13569.140143359091</v>
       </c>
       <c r="E1290" s="2">
         <v>1147818721</v>
       </c>
       <c r="F1290" s="2">
         <v>32</v>
       </c>
     </row>
-    <row r="1291" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1291" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1291" s="4" t="s">
         <v>135</v>
       </c>
       <c r="B1291" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1291" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1291" s="2">
         <v>246.53992395437263</v>
       </c>
       <c r="E1291" s="2">
         <v>6484000</v>
       </c>
       <c r="F1291" s="2">
         <v>4</v>
       </c>
     </row>
-    <row r="1292" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1292" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1292" s="4" t="s">
         <v>135</v>
       </c>
       <c r="B1292" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1292" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1292" s="2">
         <v>15841.564006427423</v>
       </c>
       <c r="E1292" s="2">
         <v>295762000</v>
       </c>
       <c r="F1292" s="2">
         <v>14</v>
       </c>
     </row>
-    <row r="1293" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1293" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1293" s="4" t="s">
         <v>135</v>
       </c>
       <c r="B1293" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1293" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1293" s="2">
         <v>53.046894098407641</v>
       </c>
       <c r="E1293" s="2">
         <v>62929</v>
       </c>
       <c r="F1293" s="2">
         <v>47</v>
       </c>
     </row>
-    <row r="1294" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1294" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1294" s="4" t="s">
         <v>135</v>
       </c>
       <c r="B1294" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1294" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1294" s="2">
         <v>41363.913191354426</v>
       </c>
       <c r="E1294" s="2">
         <v>12531937419</v>
       </c>
       <c r="F1294" s="2">
         <v>1801</v>
       </c>
     </row>
-    <row r="1295" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1295" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1295" s="4" t="s">
         <v>135</v>
       </c>
       <c r="B1295" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1295" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1295" s="2">
         <v>916.19559957767967</v>
       </c>
       <c r="E1295" s="2">
         <v>68628707</v>
       </c>
       <c r="F1295" s="2">
         <v>28</v>
       </c>
     </row>
-    <row r="1296" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1296" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1296" s="4" t="s">
         <v>135</v>
       </c>
       <c r="B1296" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1296" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1296" s="2">
         <v>95016.264898947804</v>
       </c>
       <c r="E1296" s="2">
         <v>65091709979</v>
       </c>
       <c r="F1296" s="2">
         <v>1551</v>
       </c>
     </row>
-    <row r="1297" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1297" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1297" s="4" t="s">
         <v>135</v>
       </c>
       <c r="B1297" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1297" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1297" s="2">
         <v>227.31851167353327</v>
       </c>
       <c r="E1297" s="2">
         <v>11603152</v>
       </c>
       <c r="F1297" s="2">
         <v>7</v>
       </c>
     </row>
-    <row r="1298" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1298" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1298" s="4" t="s">
         <v>135</v>
       </c>
       <c r="B1298" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1298" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1298" s="2">
         <v>14247.633186947585</v>
       </c>
       <c r="E1298" s="2">
         <v>624173280</v>
       </c>
       <c r="F1298" s="2">
         <v>131</v>
       </c>
     </row>
-    <row r="1299" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1299" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1299" s="4" t="s">
         <v>136</v>
       </c>
       <c r="B1299" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1299" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1299" s="2">
         <v>214.80446400878009</v>
       </c>
       <c r="E1299" s="2">
         <v>360123980</v>
       </c>
       <c r="F1299" s="2">
         <v>56</v>
       </c>
     </row>
-    <row r="1300" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1300" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1300" s="4" t="s">
         <v>136</v>
       </c>
       <c r="B1300" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1300" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D1300" s="2">
         <v>183.21619585702533</v>
       </c>
       <c r="E1300" s="2">
         <v>13661741</v>
       </c>
       <c r="F1300" s="2">
         <v>13</v>
       </c>
     </row>
-    <row r="1301" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1301" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1301" s="4" t="s">
         <v>136</v>
       </c>
       <c r="B1301" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1301" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1301" s="2">
         <v>15287.325577863094</v>
       </c>
       <c r="E1301" s="2">
         <v>7057043972</v>
       </c>
       <c r="F1301" s="2">
         <v>247</v>
       </c>
     </row>
-    <row r="1302" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1302" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1302" s="4" t="s">
         <v>136</v>
       </c>
       <c r="B1302" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1302" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1302" s="2">
         <v>182.27483047467092</v>
       </c>
       <c r="E1302" s="2">
         <v>45696300</v>
       </c>
       <c r="F1302" s="2">
         <v>12</v>
       </c>
     </row>
-    <row r="1303" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1303" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1303" s="4" t="s">
         <v>136</v>
       </c>
       <c r="B1303" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1303" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1303" s="2">
         <v>14057.011674356689</v>
       </c>
       <c r="E1303" s="2">
         <v>914955385</v>
       </c>
       <c r="F1303" s="2">
         <v>24</v>
       </c>
     </row>
-    <row r="1304" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1304" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1304" s="4" t="s">
         <v>136</v>
       </c>
       <c r="B1304" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1304" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1304" s="2">
         <v>248.3095238095238</v>
       </c>
       <c r="E1304" s="2">
         <v>16686400</v>
       </c>
       <c r="F1304" s="2">
         <v>9</v>
       </c>
     </row>
-    <row r="1305" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1305" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1305" s="4" t="s">
         <v>136</v>
       </c>
       <c r="B1305" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1305" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1305" s="2">
         <v>15414.313508140996</v>
       </c>
       <c r="E1305" s="2">
         <v>302729256</v>
       </c>
       <c r="F1305" s="2">
         <v>18</v>
       </c>
     </row>
-    <row r="1306" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1306" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1306" s="4" t="s">
         <v>136</v>
       </c>
       <c r="B1306" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1306" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1306" s="2">
         <v>259.04135295065737</v>
       </c>
       <c r="E1306" s="2">
         <v>450017</v>
       </c>
       <c r="F1306" s="2">
         <v>54</v>
       </c>
     </row>
-    <row r="1307" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1307" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1307" s="4" t="s">
         <v>136</v>
       </c>
       <c r="B1307" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1307" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1307" s="2">
         <v>36339.444776948818</v>
       </c>
       <c r="E1307" s="2">
         <v>7979089501</v>
       </c>
       <c r="F1307" s="2">
         <v>1474</v>
       </c>
     </row>
-    <row r="1308" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1308" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1308" s="4" t="s">
         <v>136</v>
       </c>
       <c r="B1308" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1308" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1308" s="2">
         <v>926.56174574334193</v>
       </c>
       <c r="E1308" s="2">
         <v>40200816</v>
       </c>
       <c r="F1308" s="2">
         <v>20</v>
       </c>
     </row>
-    <row r="1309" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1309" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1309" s="4" t="s">
         <v>136</v>
       </c>
       <c r="B1309" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1309" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1309" s="2">
         <v>92916.59788879384</v>
       </c>
       <c r="E1309" s="2">
         <v>62001816621</v>
       </c>
       <c r="F1309" s="2">
         <v>1423</v>
       </c>
     </row>
-    <row r="1310" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1310" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1310" s="4" t="s">
         <v>136</v>
       </c>
       <c r="B1310" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1310" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1310" s="2">
         <v>210.48152364273204</v>
       </c>
       <c r="E1310" s="2">
         <v>2403699</v>
       </c>
       <c r="F1310" s="2">
         <v>5</v>
       </c>
     </row>
-    <row r="1311" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1311" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1311" s="4" t="s">
         <v>136</v>
       </c>
       <c r="B1311" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1311" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1311" s="2">
         <v>16882.893751625925</v>
       </c>
       <c r="E1311" s="2">
         <v>831332766</v>
       </c>
       <c r="F1311" s="2">
         <v>153</v>
       </c>
     </row>
-    <row r="1312" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1312" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1312" s="4" t="s">
         <v>137</v>
       </c>
       <c r="B1312" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1312" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1312" s="2">
         <v>212.13082248522156</v>
       </c>
       <c r="E1312" s="2">
         <v>260418798</v>
       </c>
       <c r="F1312" s="2">
         <v>53</v>
       </c>
     </row>
-    <row r="1313" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1313" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1313" s="4" t="s">
         <v>137</v>
       </c>
       <c r="B1313" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1313" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1313" s="2">
         <v>15574.117876384162</v>
       </c>
       <c r="E1313" s="2">
         <v>7393543014</v>
       </c>
       <c r="F1313" s="2">
         <v>216</v>
       </c>
     </row>
-    <row r="1314" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1314" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1314" s="4" t="s">
         <v>137</v>
       </c>
       <c r="B1314" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1314" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1314" s="2">
         <v>190.08337758895379</v>
       </c>
       <c r="E1314" s="2">
         <v>35792700</v>
       </c>
       <c r="F1314" s="2">
         <v>10</v>
       </c>
     </row>
-    <row r="1315" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1315" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1315" s="4" t="s">
         <v>137</v>
       </c>
       <c r="B1315" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1315" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1315" s="2">
         <v>15760.442995832203</v>
       </c>
       <c r="E1315" s="2">
         <v>1435799115</v>
       </c>
       <c r="F1315" s="2">
         <v>32</v>
       </c>
     </row>
-    <row r="1316" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1316" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1316" s="4" t="s">
         <v>137</v>
       </c>
       <c r="B1316" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1316" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1316" s="2">
         <v>192.29470986637378</v>
       </c>
       <c r="E1316" s="2">
         <v>10505060</v>
       </c>
       <c r="F1316" s="2">
         <v>11</v>
       </c>
     </row>
-    <row r="1317" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1317" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1317" s="4" t="s">
         <v>137</v>
       </c>
       <c r="B1317" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1317" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1317" s="2">
         <v>14715.179658059573</v>
       </c>
       <c r="E1317" s="2">
         <v>767784217</v>
       </c>
       <c r="F1317" s="2">
         <v>37</v>
       </c>
     </row>
-    <row r="1318" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1318" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1318" s="4" t="s">
         <v>137</v>
       </c>
       <c r="B1318" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1318" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1318" s="2">
         <v>699.30258094512646</v>
       </c>
       <c r="E1318" s="2">
         <v>706904</v>
       </c>
       <c r="F1318" s="2">
         <v>34</v>
       </c>
     </row>
-    <row r="1319" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1319" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1319" s="4" t="s">
         <v>137</v>
       </c>
       <c r="B1319" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1319" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1319" s="2">
         <v>52971.774467238902</v>
       </c>
       <c r="E1319" s="2">
         <v>19267222658</v>
       </c>
       <c r="F1319" s="2">
         <v>1730</v>
       </c>
     </row>
-    <row r="1320" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1320" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1320" s="4" t="s">
         <v>137</v>
       </c>
       <c r="B1320" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1320" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1320" s="2">
         <v>917.8899102866377</v>
       </c>
       <c r="E1320" s="2">
         <v>129649265</v>
       </c>
       <c r="F1320" s="2">
         <v>43</v>
       </c>
     </row>
-    <row r="1321" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1321" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1321" s="4" t="s">
         <v>137</v>
       </c>
       <c r="B1321" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1321" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1321" s="2">
         <v>86686.105712458448</v>
       </c>
       <c r="E1321" s="2">
         <v>34040147480</v>
       </c>
       <c r="F1321" s="2">
         <v>1477</v>
       </c>
     </row>
-    <row r="1322" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1322" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1322" s="4" t="s">
         <v>137</v>
       </c>
       <c r="B1322" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1322" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1322" s="2">
         <v>251.22901960784313</v>
       </c>
       <c r="E1322" s="2">
         <v>3843804</v>
       </c>
       <c r="F1322" s="2">
         <v>3</v>
       </c>
     </row>
-    <row r="1323" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1323" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1323" s="4" t="s">
         <v>137</v>
       </c>
       <c r="B1323" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1323" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1323" s="2">
         <v>15477.356546839763</v>
       </c>
       <c r="E1323" s="2">
         <v>356669955</v>
       </c>
       <c r="F1323" s="2">
         <v>123</v>
       </c>
     </row>
-    <row r="1324" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1324" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1324" s="4" t="s">
         <v>138</v>
       </c>
       <c r="B1324" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1324" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1324" s="2">
         <v>217.51676032975487</v>
       </c>
       <c r="E1324" s="2">
         <v>557354967</v>
       </c>
       <c r="F1324" s="2">
         <v>96</v>
       </c>
     </row>
-    <row r="1325" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1325" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1325" s="4" t="s">
         <v>138</v>
       </c>
       <c r="B1325" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1325" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1325" s="2">
         <v>1601.6613497845244</v>
       </c>
       <c r="E1325" s="2">
         <v>12184995921</v>
       </c>
       <c r="F1325" s="2">
         <v>321</v>
       </c>
     </row>
-    <row r="1326" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1326" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1326" s="4" t="s">
         <v>138</v>
       </c>
       <c r="B1326" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1326" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1326" s="2">
         <v>182.93284936479128</v>
       </c>
       <c r="E1326" s="2">
         <v>7559700</v>
       </c>
       <c r="F1326" s="2">
         <v>5</v>
       </c>
     </row>
-    <row r="1327" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1327" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1327" s="4" t="s">
         <v>138</v>
       </c>
       <c r="B1327" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1327" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1327" s="2">
         <v>13724.236169211008</v>
       </c>
       <c r="E1327" s="2">
         <v>1740794742</v>
       </c>
       <c r="F1327" s="2">
         <v>38</v>
       </c>
     </row>
-    <row r="1328" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1328" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1328" s="4" t="s">
         <v>138</v>
       </c>
       <c r="B1328" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1328" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1328" s="2">
         <v>220.55661541361442</v>
       </c>
       <c r="E1328" s="2">
         <v>11904600</v>
       </c>
       <c r="F1328" s="2">
         <v>15</v>
       </c>
     </row>
-    <row r="1329" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1329" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1329" s="4" t="s">
         <v>138</v>
       </c>
       <c r="B1329" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1329" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1329" s="2">
         <v>16164.762241230033</v>
       </c>
       <c r="E1329" s="2">
         <v>1507618674</v>
       </c>
       <c r="F1329" s="2">
         <v>46</v>
       </c>
     </row>
-    <row r="1330" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1330" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1330" s="4" t="s">
         <v>138</v>
       </c>
       <c r="B1330" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1330" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1330" s="2">
         <v>749.98065345542113</v>
       </c>
       <c r="E1330" s="2">
         <v>25720984</v>
       </c>
       <c r="F1330" s="2">
         <v>77</v>
       </c>
     </row>
-    <row r="1331" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1331" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1331" s="4" t="s">
         <v>138</v>
       </c>
       <c r="B1331" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1331" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1331" s="2">
         <v>57311.238662862248</v>
       </c>
       <c r="E1331" s="2">
         <v>12231222137</v>
       </c>
       <c r="F1331" s="2">
         <v>1370</v>
       </c>
     </row>
-    <row r="1332" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1332" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1332" s="4" t="s">
         <v>138</v>
       </c>
       <c r="B1332" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1332" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1332" s="2">
         <v>955.58219652508876</v>
       </c>
       <c r="E1332" s="2">
         <v>38103928</v>
       </c>
       <c r="F1332" s="2">
         <v>16</v>
       </c>
     </row>
-    <row r="1333" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1333" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1333" s="4" t="s">
         <v>138</v>
       </c>
       <c r="B1333" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1333" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1333" s="2">
         <v>94580.397791528347</v>
       </c>
       <c r="E1333" s="2">
         <v>70700576468</v>
       </c>
       <c r="F1333" s="2">
         <v>1855</v>
       </c>
     </row>
-    <row r="1334" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1334" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1334" s="4" t="s">
         <v>138</v>
       </c>
       <c r="B1334" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1334" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1334" s="2">
         <v>206.71544323973214</v>
       </c>
       <c r="E1334" s="2">
         <v>5384331</v>
       </c>
       <c r="F1334" s="2">
         <v>15</v>
       </c>
     </row>
-    <row r="1335" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1335" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1335" s="4" t="s">
         <v>138</v>
       </c>
       <c r="B1335" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1335" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1335" s="2">
         <v>1083.4851552794034</v>
       </c>
       <c r="E1335" s="2">
         <v>1628606278</v>
       </c>
       <c r="F1335" s="2">
         <v>198</v>
       </c>
     </row>
-    <row r="1336" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1336" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1336" s="4" t="s">
         <v>139</v>
       </c>
       <c r="B1336" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1336" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1336" s="2">
         <v>219.26064584529752</v>
       </c>
       <c r="E1336" s="2">
         <v>620425405</v>
       </c>
       <c r="F1336" s="2">
         <v>88</v>
       </c>
     </row>
-    <row r="1337" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1337" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1337" s="4" t="s">
         <v>139</v>
       </c>
       <c r="B1337" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1337" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1337" s="2">
         <v>16401.8355078643</v>
       </c>
       <c r="E1337" s="2">
         <v>10431058024</v>
       </c>
       <c r="F1337" s="2">
         <v>287</v>
       </c>
     </row>
-    <row r="1338" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1338" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1338" s="4" t="s">
         <v>139</v>
       </c>
       <c r="B1338" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1338" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D1338" s="2">
         <v>1386.1083249749247</v>
       </c>
       <c r="E1338" s="2">
         <v>13819500</v>
       </c>
       <c r="F1338" s="2">
         <v>4</v>
       </c>
     </row>
-    <row r="1339" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1339" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1339" s="4" t="s">
         <v>139</v>
       </c>
       <c r="B1339" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1339" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1339" s="2">
         <v>16708.321472886109</v>
       </c>
       <c r="E1339" s="2">
         <v>1271331820</v>
       </c>
       <c r="F1339" s="2">
         <v>21</v>
       </c>
     </row>
-    <row r="1340" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1340" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1340" s="4" t="s">
         <v>139</v>
       </c>
       <c r="B1340" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1340" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1340" s="2">
         <v>210.36240869870767</v>
       </c>
       <c r="E1340" s="2">
         <v>13741966</v>
       </c>
       <c r="F1340" s="2">
         <v>13</v>
       </c>
     </row>
-    <row r="1341" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1341" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1341" s="4" t="s">
         <v>139</v>
       </c>
       <c r="B1341" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1341" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1341" s="2">
         <v>14455.248978762287</v>
       </c>
       <c r="E1341" s="2">
         <v>2971850937</v>
       </c>
       <c r="F1341" s="2">
         <v>62</v>
       </c>
     </row>
-    <row r="1342" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1342" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1342" s="4" t="s">
         <v>139</v>
       </c>
       <c r="B1342" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1342" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1342" s="2">
         <v>775.28371644430149</v>
       </c>
       <c r="E1342" s="2">
         <v>482304</v>
       </c>
       <c r="F1342" s="2">
         <v>26</v>
       </c>
     </row>
-    <row r="1343" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1343" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1343" s="4" t="s">
         <v>139</v>
       </c>
       <c r="B1343" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1343" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1343" s="2">
         <v>55963.820347973633</v>
       </c>
       <c r="E1343" s="2">
         <v>30214391529</v>
       </c>
       <c r="F1343" s="2">
         <v>1327</v>
       </c>
     </row>
-    <row r="1344" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1344" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1344" s="4" t="s">
         <v>139</v>
       </c>
       <c r="B1344" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1344" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1344" s="2">
         <v>260.64520330678022</v>
       </c>
       <c r="E1344" s="2">
         <v>163673902</v>
       </c>
       <c r="F1344" s="2">
         <v>30</v>
       </c>
     </row>
-    <row r="1345" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1345" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1345" s="4" t="s">
         <v>139</v>
       </c>
       <c r="B1345" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1345" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1345" s="2">
         <v>72625.095346776972</v>
       </c>
       <c r="E1345" s="2">
         <v>85741355403</v>
       </c>
       <c r="F1345" s="2">
         <v>1357</v>
       </c>
     </row>
-    <row r="1346" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1346" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1346" s="4" t="s">
         <v>139</v>
       </c>
       <c r="B1346" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1346" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1346" s="2">
         <v>203.29924202635135</v>
       </c>
       <c r="E1346" s="2">
         <v>5748097</v>
       </c>
       <c r="F1346" s="2">
         <v>8</v>
       </c>
     </row>
-    <row r="1347" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1347" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1347" s="4" t="s">
         <v>139</v>
       </c>
       <c r="B1347" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1347" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1347" s="2">
         <v>3124.327915540232</v>
       </c>
       <c r="E1347" s="2">
         <v>1776946224</v>
       </c>
       <c r="F1347" s="2">
         <v>258</v>
       </c>
     </row>
-    <row r="1348" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1348" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1348" s="4" t="s">
         <v>140</v>
       </c>
       <c r="B1348" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1348" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1348" s="2">
         <v>229.03508289854062</v>
       </c>
       <c r="E1348" s="2">
         <v>707234936</v>
       </c>
       <c r="F1348" s="2">
         <v>104</v>
       </c>
     </row>
-    <row r="1349" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1349" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1349" s="4" t="s">
         <v>140</v>
       </c>
       <c r="B1349" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1349" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1349" s="2">
         <v>15864.317643223001</v>
       </c>
       <c r="E1349" s="2">
         <v>6479569657</v>
       </c>
       <c r="F1349" s="2">
         <v>294</v>
       </c>
     </row>
-    <row r="1350" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1350" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1350" s="4" t="s">
         <v>140</v>
       </c>
       <c r="B1350" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1350" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1350" s="2">
         <v>194.71195039458851</v>
       </c>
       <c r="E1350" s="2">
         <v>17270950</v>
       </c>
       <c r="F1350" s="2">
         <v>4</v>
       </c>
     </row>
-    <row r="1351" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1351" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1351" s="4" t="s">
         <v>140</v>
       </c>
       <c r="B1351" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1351" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1351" s="2">
         <v>13396.880267400073</v>
       </c>
       <c r="E1351" s="2">
         <v>823411916</v>
       </c>
       <c r="F1351" s="2">
         <v>34</v>
       </c>
     </row>
-    <row r="1352" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1352" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1352" s="4" t="s">
         <v>140</v>
       </c>
       <c r="B1352" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1352" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1352" s="2">
         <v>218.37393560677941</v>
       </c>
       <c r="E1352" s="2">
         <v>20457274</v>
       </c>
       <c r="F1352" s="2">
         <v>20</v>
       </c>
     </row>
-    <row r="1353" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1353" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1353" s="4" t="s">
         <v>140</v>
       </c>
       <c r="B1353" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1353" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1353" s="2">
         <v>15805.64420311994</v>
       </c>
       <c r="E1353" s="2">
         <v>763589006</v>
       </c>
       <c r="F1353" s="2">
         <v>40</v>
       </c>
     </row>
-    <row r="1354" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1354" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1354" s="4" t="s">
         <v>140</v>
       </c>
       <c r="B1354" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1354" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1354" s="2">
         <v>775.36865624002553</v>
       </c>
       <c r="E1354" s="2">
         <v>242923</v>
       </c>
       <c r="F1354" s="2">
         <v>11</v>
       </c>
     </row>
-    <row r="1355" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1355" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1355" s="4" t="s">
         <v>140</v>
       </c>
       <c r="B1355" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1355" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1355" s="2">
         <v>55161.898220586401</v>
       </c>
       <c r="E1355" s="2">
         <v>10502420919</v>
       </c>
       <c r="F1355" s="2">
         <v>1064</v>
       </c>
     </row>
-    <row r="1356" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1356" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1356" s="4" t="s">
         <v>140</v>
       </c>
       <c r="B1356" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1356" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1356" s="2">
         <v>989.05206719589489</v>
       </c>
       <c r="E1356" s="2">
         <v>68926186</v>
       </c>
       <c r="F1356" s="2">
         <v>14</v>
       </c>
     </row>
-    <row r="1357" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1357" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1357" s="4" t="s">
         <v>140</v>
       </c>
       <c r="B1357" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1357" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1357" s="2">
         <v>15950.893715691389</v>
       </c>
       <c r="E1357" s="2">
         <v>33627576496</v>
       </c>
       <c r="F1357" s="2">
         <v>1256</v>
       </c>
     </row>
-    <row r="1358" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1358" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1358" s="4" t="s">
         <v>140</v>
       </c>
       <c r="B1358" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1358" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1358" s="2">
         <v>230.20100943275628</v>
       </c>
       <c r="E1358" s="2">
         <v>4934087</v>
       </c>
       <c r="F1358" s="2">
         <v>5</v>
       </c>
     </row>
-    <row r="1359" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1359" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1359" s="4" t="s">
         <v>140</v>
       </c>
       <c r="B1359" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1359" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1359" s="2">
         <v>16868.841607192757</v>
       </c>
       <c r="E1359" s="2">
         <v>1212716475</v>
       </c>
       <c r="F1359" s="2">
         <v>173</v>
       </c>
     </row>
-    <row r="1360" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1360" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1360" s="4" t="s">
         <v>141</v>
       </c>
       <c r="B1360" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1360" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1360" s="2">
         <v>227.96630758652304</v>
       </c>
       <c r="E1360" s="2">
         <v>149192550</v>
       </c>
       <c r="F1360" s="2">
         <v>33</v>
       </c>
     </row>
-    <row r="1361" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1361" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1361" s="4" t="s">
         <v>141</v>
       </c>
       <c r="B1361" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1361" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D1361" s="2">
         <v>208.61202870553618</v>
       </c>
       <c r="E1361" s="2">
         <v>28808169</v>
       </c>
       <c r="F1361" s="2">
         <v>17</v>
       </c>
     </row>
-    <row r="1362" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1362" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1362" s="4" t="s">
         <v>141</v>
       </c>
       <c r="B1362" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1362" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1362" s="2">
         <v>15958.692284417129</v>
       </c>
       <c r="E1362" s="2">
         <v>8059109713</v>
       </c>
       <c r="F1362" s="2">
         <v>200</v>
       </c>
     </row>
-    <row r="1363" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1363" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1363" s="4" t="s">
         <v>141</v>
       </c>
       <c r="B1363" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1363" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1363" s="2">
         <v>201.81912467419636</v>
       </c>
       <c r="E1363" s="2">
         <v>18583505</v>
       </c>
       <c r="F1363" s="2">
         <v>6</v>
       </c>
     </row>
-    <row r="1364" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1364" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1364" s="4" t="s">
         <v>141</v>
       </c>
       <c r="B1364" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1364" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1364" s="2">
         <v>14076.422576925499</v>
       </c>
       <c r="E1364" s="2">
         <v>237069760</v>
       </c>
       <c r="F1364" s="2">
         <v>24</v>
       </c>
     </row>
-    <row r="1365" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1365" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1365" s="4" t="s">
         <v>141</v>
       </c>
       <c r="B1365" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1365" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1365" s="2">
         <v>237.32337635110426</v>
       </c>
       <c r="E1365" s="2">
         <v>14080942</v>
       </c>
       <c r="F1365" s="2">
         <v>15</v>
       </c>
     </row>
-    <row r="1366" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1366" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1366" s="4" t="s">
         <v>141</v>
       </c>
       <c r="B1366" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1366" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1366" s="2">
         <v>15780.95838735241</v>
       </c>
       <c r="E1366" s="2">
         <v>458411276</v>
       </c>
       <c r="F1366" s="2">
         <v>37</v>
       </c>
     </row>
-    <row r="1367" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1367" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1367" s="4" t="s">
         <v>141</v>
       </c>
       <c r="B1367" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1367" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1367" s="2">
         <v>782.96216216216214</v>
       </c>
       <c r="E1367" s="2">
         <v>579392</v>
       </c>
       <c r="F1367" s="2">
         <v>37</v>
       </c>
     </row>
-    <row r="1368" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1368" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1368" s="4" t="s">
         <v>141</v>
       </c>
       <c r="B1368" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1368" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1368" s="2">
         <v>53749.713031339415</v>
       </c>
       <c r="E1368" s="2">
         <v>12636823111</v>
       </c>
       <c r="F1368" s="2">
         <v>1433</v>
       </c>
     </row>
-    <row r="1369" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1369" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1369" s="4" t="s">
         <v>141</v>
       </c>
       <c r="B1369" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1369" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1369" s="2">
         <v>997.70723578746163</v>
       </c>
       <c r="E1369" s="2">
         <v>79661169</v>
       </c>
       <c r="F1369" s="2">
         <v>29</v>
       </c>
     </row>
-    <row r="1370" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1370" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1370" s="4" t="s">
         <v>141</v>
       </c>
       <c r="B1370" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1370" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1370" s="2">
         <v>27707.878838568518</v>
       </c>
       <c r="E1370" s="2">
         <v>54924854888</v>
       </c>
       <c r="F1370" s="2">
         <v>1752</v>
       </c>
     </row>
-    <row r="1371" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1371" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1371" s="4" t="s">
         <v>141</v>
       </c>
       <c r="B1371" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1371" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1371" s="2">
         <v>222.84783505154638</v>
       </c>
       <c r="E1371" s="2">
         <v>3242436</v>
       </c>
       <c r="F1371" s="2">
         <v>5</v>
       </c>
     </row>
-    <row r="1372" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1372" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1372" s="4" t="s">
         <v>141</v>
       </c>
       <c r="B1372" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1372" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1372" s="2">
         <v>16272.822376907367</v>
       </c>
       <c r="E1372" s="2">
         <v>398519630</v>
       </c>
       <c r="F1372" s="2">
         <v>50</v>
       </c>
     </row>
-    <row r="1373" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1373" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1373" s="4" t="s">
         <v>142</v>
       </c>
       <c r="B1373" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1373" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1373" s="2">
         <v>233.50169503133239</v>
       </c>
       <c r="E1373" s="2">
         <v>68189500</v>
       </c>
       <c r="F1373" s="2">
         <v>20</v>
       </c>
     </row>
-    <row r="1374" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1374" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1374" s="4" t="s">
         <v>142</v>
       </c>
       <c r="B1374" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1374" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D1374" s="2">
         <v>203.91304347826087</v>
       </c>
       <c r="E1374" s="2">
         <v>6566000</v>
       </c>
       <c r="F1374" s="2">
         <v>3</v>
       </c>
     </row>
-    <row r="1375" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1375" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1375" s="4" t="s">
         <v>142</v>
       </c>
       <c r="B1375" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1375" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1375" s="2">
         <v>16334.515485082573</v>
       </c>
       <c r="E1375" s="2">
         <v>7283010537</v>
       </c>
       <c r="F1375" s="2">
         <v>261</v>
       </c>
     </row>
-    <row r="1376" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1376" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1376" s="4" t="s">
         <v>142</v>
       </c>
       <c r="B1376" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1376" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1376" s="2">
         <v>190.75306271442346</v>
       </c>
       <c r="E1376" s="2">
         <v>8270863</v>
       </c>
       <c r="F1376" s="2">
         <v>4</v>
       </c>
     </row>
-    <row r="1377" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1377" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1377" s="4" t="s">
         <v>142</v>
       </c>
       <c r="B1377" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1377" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1377" s="2">
         <v>14406.50760171711</v>
       </c>
       <c r="E1377" s="2">
         <v>472388808</v>
       </c>
       <c r="F1377" s="2">
         <v>24</v>
       </c>
     </row>
-    <row r="1378" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1378" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1378" s="4" t="s">
         <v>142</v>
       </c>
       <c r="B1378" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1378" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1378" s="2">
         <v>228.30618584548893</v>
       </c>
       <c r="E1378" s="2">
         <v>8451895</v>
       </c>
       <c r="F1378" s="2">
         <v>11</v>
       </c>
     </row>
-    <row r="1379" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1379" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1379" s="4" t="s">
         <v>142</v>
       </c>
       <c r="B1379" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1379" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1379" s="2">
         <v>16653.835115281563</v>
       </c>
       <c r="E1379" s="2">
         <v>823167594</v>
       </c>
       <c r="F1379" s="2">
         <v>42</v>
       </c>
     </row>
-    <row r="1380" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1380" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1380" s="4" t="s">
         <v>142</v>
       </c>
       <c r="B1380" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1380" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1380" s="2">
         <v>701.88337801608577</v>
       </c>
       <c r="E1380" s="2">
         <v>1256652</v>
       </c>
       <c r="F1380" s="2">
         <v>30</v>
       </c>
     </row>
-    <row r="1381" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1381" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1381" s="4" t="s">
         <v>142</v>
       </c>
       <c r="B1381" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1381" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1381" s="2">
         <v>55725.536894035147</v>
       </c>
       <c r="E1381" s="2">
         <v>14031249791</v>
       </c>
       <c r="F1381" s="2">
         <v>1376</v>
       </c>
     </row>
-    <row r="1382" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1382" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1382" s="4" t="s">
         <v>142</v>
       </c>
       <c r="B1382" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1382" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1382" s="2">
         <v>1033.1371947263153</v>
       </c>
       <c r="E1382" s="2">
         <v>102072931</v>
       </c>
       <c r="F1382" s="2">
         <v>31</v>
       </c>
     </row>
-    <row r="1383" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1383" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1383" s="4" t="s">
         <v>142</v>
       </c>
       <c r="B1383" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1383" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1383" s="2">
         <v>108926.97486582056</v>
       </c>
       <c r="E1383" s="2">
         <v>111205552679</v>
       </c>
       <c r="F1383" s="2">
         <v>1227</v>
       </c>
     </row>
-    <row r="1384" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1384" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1384" s="4" t="s">
         <v>142</v>
       </c>
       <c r="B1384" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1384" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1384" s="2">
         <v>220.24397324484181</v>
       </c>
       <c r="E1384" s="2">
         <v>7465284</v>
       </c>
       <c r="F1384" s="2">
         <v>8</v>
       </c>
     </row>
-    <row r="1385" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1385" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1385" s="4" t="s">
         <v>142</v>
       </c>
       <c r="B1385" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1385" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1385" s="2">
         <v>17161.898495502479</v>
       </c>
       <c r="E1385" s="2">
         <v>1148122068</v>
       </c>
       <c r="F1385" s="2">
         <v>118</v>
       </c>
     </row>
-    <row r="1386" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1386" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1386" s="4" t="s">
         <v>143</v>
       </c>
       <c r="B1386" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1386" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1386" s="2">
         <v>234.82534270138075</v>
       </c>
       <c r="E1386" s="2">
         <v>67167863</v>
       </c>
       <c r="F1386" s="2">
         <v>22</v>
       </c>
     </row>
-    <row r="1387" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1387" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1387" s="4" t="s">
         <v>143</v>
       </c>
       <c r="B1387" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1387" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1387" s="2">
         <v>16567.751268336757</v>
       </c>
       <c r="E1387" s="2">
         <v>4915011524</v>
       </c>
       <c r="F1387" s="2">
         <v>156</v>
       </c>
     </row>
-    <row r="1388" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1388" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1388" s="4" t="s">
         <v>143</v>
       </c>
       <c r="B1388" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1388" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1388" s="2">
         <v>189.25114086246347</v>
       </c>
       <c r="E1388" s="2">
         <v>13327184</v>
       </c>
       <c r="F1388" s="2">
         <v>10</v>
       </c>
     </row>
-    <row r="1389" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1389" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1389" s="4" t="s">
         <v>143</v>
       </c>
       <c r="B1389" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1389" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1389" s="2">
         <v>14226.792846892562</v>
       </c>
       <c r="E1389" s="2">
         <v>336833206</v>
       </c>
       <c r="F1389" s="2">
         <v>23</v>
       </c>
     </row>
-    <row r="1390" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1390" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1390" s="4" t="s">
         <v>143</v>
       </c>
       <c r="B1390" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1390" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1390" s="2">
         <v>227.21538461538461</v>
       </c>
       <c r="E1390" s="2">
         <v>4430700</v>
       </c>
       <c r="F1390" s="2">
         <v>6</v>
       </c>
     </row>
-    <row r="1391" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1391" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1391" s="4" t="s">
         <v>143</v>
       </c>
       <c r="B1391" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1391" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1391" s="2">
         <v>18005.484601663306</v>
       </c>
       <c r="E1391" s="2">
         <v>940322245</v>
       </c>
       <c r="F1391" s="2">
         <v>53</v>
       </c>
     </row>
-    <row r="1392" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1392" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1392" s="4" t="s">
         <v>143</v>
       </c>
       <c r="B1392" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1392" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1392" s="2">
         <v>789.85340314136124</v>
       </c>
       <c r="E1392" s="2">
         <v>452586</v>
       </c>
       <c r="F1392" s="2">
         <v>24</v>
       </c>
     </row>
-    <row r="1393" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1393" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1393" s="4" t="s">
         <v>143</v>
       </c>
       <c r="B1393" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1393" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1393" s="2">
         <v>56189.578213920657</v>
       </c>
       <c r="E1393" s="2">
         <v>12650279462</v>
       </c>
       <c r="F1393" s="2">
         <v>1044</v>
       </c>
     </row>
-    <row r="1394" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1394" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1394" s="4" t="s">
         <v>143</v>
       </c>
       <c r="B1394" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1394" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1394" s="2">
         <v>1015.6067447100802</v>
       </c>
       <c r="E1394" s="2">
         <v>94330176</v>
       </c>
       <c r="F1394" s="2">
         <v>51</v>
       </c>
     </row>
-    <row r="1395" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1395" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1395" s="4" t="s">
         <v>143</v>
       </c>
       <c r="B1395" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1395" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1395" s="2">
         <v>111351.6632471082</v>
       </c>
       <c r="E1395" s="2">
         <v>20991738067</v>
       </c>
       <c r="F1395" s="2">
         <v>1305</v>
       </c>
     </row>
-    <row r="1396" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1396" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1396" s="4" t="s">
         <v>143</v>
       </c>
       <c r="B1396" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1396" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1396" s="2">
         <v>222.1063352213132</v>
       </c>
       <c r="E1396" s="2">
         <v>10587809</v>
       </c>
       <c r="F1396" s="2">
         <v>7</v>
       </c>
     </row>
-    <row r="1397" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1397" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1397" s="4" t="s">
         <v>143</v>
       </c>
       <c r="B1397" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1397" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1397" s="2">
         <v>17065.282227907894</v>
       </c>
       <c r="E1397" s="2">
         <v>693669592</v>
       </c>
       <c r="F1397" s="2">
         <v>52</v>
       </c>
     </row>
-    <row r="1398" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1398" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1398" s="4" t="s">
         <v>146</v>
       </c>
       <c r="B1398" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1398" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1398" s="2">
         <v>229.75077996605273</v>
       </c>
       <c r="E1398" s="2">
         <v>102394217</v>
       </c>
       <c r="F1398" s="2">
         <v>24</v>
       </c>
     </row>
-    <row r="1399" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1399" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1399" s="4" t="s">
         <v>146</v>
       </c>
       <c r="B1399" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1399" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1399" s="2">
         <v>16774.738171832003</v>
       </c>
       <c r="E1399" s="2">
         <v>7016269288</v>
       </c>
       <c r="F1399" s="2">
         <v>220</v>
       </c>
     </row>
-    <row r="1400" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1400" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1400" s="4" t="s">
         <v>146</v>
       </c>
       <c r="B1400" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1400" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1400" s="2">
         <v>212.60747247629288</v>
       </c>
       <c r="E1400" s="2">
         <v>15572095</v>
       </c>
       <c r="F1400" s="2">
         <v>6</v>
       </c>
     </row>
-    <row r="1401" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1401" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1401" s="4" t="s">
         <v>146</v>
       </c>
       <c r="B1401" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1401" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1401" s="2">
         <v>16370.550631471231</v>
       </c>
       <c r="E1401" s="2">
         <v>591597469</v>
       </c>
       <c r="F1401" s="2">
         <v>31</v>
       </c>
     </row>
-    <row r="1402" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1402" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1402" s="4" t="s">
         <v>146</v>
       </c>
       <c r="B1402" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1402" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1402" s="2">
         <v>261.05609756097562</v>
       </c>
       <c r="E1402" s="2">
         <v>6421980</v>
       </c>
       <c r="F1402" s="2">
         <v>4</v>
       </c>
     </row>
-    <row r="1403" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1403" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1403" s="4" t="s">
         <v>146</v>
       </c>
       <c r="B1403" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1403" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1403" s="2">
         <v>19003.750802800325</v>
       </c>
       <c r="E1403" s="2">
         <v>1905582108</v>
       </c>
       <c r="F1403" s="2">
         <v>49</v>
       </c>
     </row>
-    <row r="1404" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1404" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1404" s="4" t="s">
         <v>146</v>
       </c>
       <c r="B1404" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1404" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1404" s="2">
         <v>767.87045033929678</v>
       </c>
       <c r="E1404" s="2">
         <v>622359</v>
       </c>
       <c r="F1404" s="2">
         <v>36</v>
       </c>
     </row>
-    <row r="1405" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1405" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1405" s="4" t="s">
         <v>146</v>
       </c>
       <c r="B1405" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1405" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1405" s="2">
         <v>54137.416321503806</v>
       </c>
       <c r="E1405" s="2">
         <v>12857608658</v>
       </c>
       <c r="F1405" s="2">
         <v>1349</v>
       </c>
     </row>
-    <row r="1406" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1406" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1406" s="4" t="s">
         <v>146</v>
       </c>
       <c r="B1406" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1406" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1406" s="2">
         <v>1061.1829969288876</v>
       </c>
       <c r="E1406" s="2">
         <v>137471223</v>
       </c>
       <c r="F1406" s="2">
         <v>34</v>
       </c>
     </row>
-    <row r="1407" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1407" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1407" s="4" t="s">
         <v>146</v>
       </c>
       <c r="B1407" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1407" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1407" s="2">
         <v>58320.212668507229</v>
       </c>
       <c r="E1407" s="2">
         <v>37965405884</v>
       </c>
       <c r="F1407" s="2">
         <v>1246</v>
       </c>
     </row>
-    <row r="1408" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1408" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1408" s="4" t="s">
         <v>146</v>
       </c>
       <c r="B1408" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1408" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1408" s="2">
         <v>222.19394797380994</v>
       </c>
       <c r="E1408" s="2">
         <v>6278090</v>
       </c>
       <c r="F1408" s="2">
         <v>6</v>
       </c>
     </row>
-    <row r="1409" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1409" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1409" s="4" t="s">
         <v>146</v>
       </c>
       <c r="B1409" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1409" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1409" s="2">
         <v>15492.645867589898</v>
       </c>
       <c r="E1409" s="2">
         <v>971590920</v>
       </c>
       <c r="F1409" s="2">
         <v>49</v>
       </c>
     </row>
-    <row r="1410" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1410" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1410" s="4" t="s">
         <v>144</v>
       </c>
       <c r="B1410" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1410" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1410" s="2">
         <v>234.62748114300283</v>
       </c>
       <c r="E1410" s="2">
         <v>114603292</v>
       </c>
       <c r="F1410" s="2">
         <v>23</v>
       </c>
     </row>
-    <row r="1411" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1411" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1411" s="4" t="s">
         <v>144</v>
       </c>
       <c r="B1411" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1411" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1411" s="2">
         <v>17121.185958628517</v>
       </c>
       <c r="E1411" s="2">
         <v>9711775724</v>
       </c>
       <c r="F1411" s="2">
         <v>192</v>
       </c>
     </row>
-    <row r="1412" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1412" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1412" s="4" t="s">
         <v>144</v>
       </c>
       <c r="B1412" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1412" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1412" s="2">
         <v>15564.097549790333</v>
       </c>
       <c r="E1412" s="2">
         <v>465908552</v>
       </c>
       <c r="F1412" s="2">
         <v>33</v>
       </c>
     </row>
-    <row r="1413" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1413" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1413" s="4" t="s">
         <v>144</v>
       </c>
       <c r="B1413" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1413" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1413" s="2">
         <v>212.30982567353408</v>
       </c>
       <c r="E1413" s="2">
         <v>2679350</v>
       </c>
       <c r="F1413" s="2">
         <v>5</v>
       </c>
     </row>
-    <row r="1414" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1414" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1414" s="4" t="s">
         <v>144</v>
       </c>
       <c r="B1414" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1414" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1414" s="2">
         <v>19116.2605163482</v>
       </c>
       <c r="E1414" s="2">
         <v>776322427</v>
       </c>
       <c r="F1414" s="2">
         <v>43</v>
       </c>
     </row>
-    <row r="1415" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1415" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1415" s="4" t="s">
         <v>144</v>
       </c>
       <c r="B1415" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1415" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1415" s="2">
         <v>765.04110982397651</v>
       </c>
       <c r="E1415" s="2">
         <v>541542</v>
       </c>
       <c r="F1415" s="2">
         <v>33</v>
       </c>
     </row>
-    <row r="1416" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1416" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1416" s="4" t="s">
         <v>144</v>
       </c>
       <c r="B1416" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1416" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1416" s="2">
         <v>54506.490710573336</v>
       </c>
       <c r="E1416" s="2">
         <v>9169490557</v>
       </c>
       <c r="F1416" s="2">
         <v>1379</v>
       </c>
     </row>
-    <row r="1417" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1417" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1417" s="4" t="s">
         <v>144</v>
       </c>
       <c r="B1417" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1417" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1417" s="2">
         <v>1087.3569592891661</v>
       </c>
       <c r="E1417" s="2">
         <v>138525958</v>
       </c>
       <c r="F1417" s="2">
         <v>34</v>
       </c>
     </row>
-    <row r="1418" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1418" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1418" s="4" t="s">
         <v>144</v>
       </c>
       <c r="B1418" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1418" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1418" s="2">
         <v>33236.992292707888</v>
       </c>
       <c r="E1418" s="2">
         <v>45522983144</v>
       </c>
       <c r="F1418" s="2">
         <v>1097</v>
       </c>
     </row>
-    <row r="1419" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1419" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1419" s="4" t="s">
         <v>144</v>
       </c>
       <c r="B1419" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1419" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1419" s="2">
         <v>214.62737351693551</v>
       </c>
       <c r="E1419" s="2">
         <v>6469294</v>
       </c>
       <c r="F1419" s="2">
         <v>7</v>
       </c>
     </row>
-    <row r="1420" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1420" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1420" s="4" t="s">
         <v>144</v>
       </c>
       <c r="B1420" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1420" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1420" s="2">
         <v>17088.619050266905</v>
       </c>
       <c r="E1420" s="2">
         <v>921965175</v>
       </c>
       <c r="F1420" s="2">
         <v>59</v>
       </c>
     </row>
-    <row r="1421" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1421" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1421" s="4" t="s">
         <v>145</v>
       </c>
       <c r="B1421" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1421" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1421" s="2">
         <v>234.26576900975491</v>
       </c>
       <c r="E1421" s="2">
         <v>208502593</v>
       </c>
       <c r="F1421" s="2">
         <v>31</v>
       </c>
     </row>
-    <row r="1422" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1422" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1422" s="4" t="s">
         <v>145</v>
       </c>
       <c r="B1422" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1422" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1422" s="2">
         <v>16281.061110769338</v>
       </c>
       <c r="E1422" s="2">
         <v>7777483537</v>
       </c>
       <c r="F1422" s="2">
         <v>233</v>
       </c>
     </row>
-    <row r="1423" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1423" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1423" s="4" t="s">
         <v>145</v>
       </c>
       <c r="B1423" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1423" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1423" s="2">
         <v>14331.80886815644</v>
       </c>
       <c r="E1423" s="2">
         <v>479320411</v>
       </c>
       <c r="F1423" s="2">
         <v>26</v>
       </c>
     </row>
-    <row r="1424" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1424" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1424" s="4" t="s">
         <v>145</v>
       </c>
       <c r="B1424" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1424" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1424" s="2">
         <v>221.99705130203688</v>
       </c>
       <c r="E1424" s="2">
         <v>7503501</v>
       </c>
       <c r="F1424" s="2">
         <v>9</v>
       </c>
     </row>
-    <row r="1425" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1425" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1425" s="4" t="s">
         <v>145</v>
       </c>
       <c r="B1425" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1425" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1425" s="2">
         <v>19395.858207448222</v>
       </c>
       <c r="E1425" s="2">
         <v>1939703573</v>
       </c>
       <c r="F1425" s="2">
         <v>48</v>
       </c>
     </row>
-    <row r="1426" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1426" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1426" s="4" t="s">
         <v>145</v>
       </c>
       <c r="B1426" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1426" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1426" s="2">
         <v>750.30323987870406</v>
       </c>
       <c r="E1426" s="2">
         <v>282069</v>
       </c>
       <c r="F1426" s="2">
         <v>17</v>
       </c>
     </row>
-    <row r="1427" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1427" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1427" s="4" t="s">
         <v>145</v>
       </c>
       <c r="B1427" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1427" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1427" s="2">
         <v>55603.525065408387</v>
       </c>
       <c r="E1427" s="2">
         <v>13704082320</v>
       </c>
       <c r="F1427" s="2">
         <v>1538</v>
       </c>
     </row>
-    <row r="1428" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1428" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1428" s="4" t="s">
         <v>145</v>
       </c>
       <c r="B1428" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1428" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1428" s="2">
         <v>1094.895079174461</v>
       </c>
       <c r="E1428" s="2">
         <v>101715443</v>
       </c>
       <c r="F1428" s="2">
         <v>36</v>
       </c>
     </row>
-    <row r="1429" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1429" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1429" s="4" t="s">
         <v>145</v>
       </c>
       <c r="B1429" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1429" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1429" s="2">
         <v>117967.24526982817</v>
       </c>
       <c r="E1429" s="2">
         <v>70162039187</v>
       </c>
       <c r="F1429" s="2">
         <v>1413</v>
       </c>
     </row>
-    <row r="1430" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1430" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1430" s="4" t="s">
         <v>145</v>
       </c>
       <c r="B1430" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1430" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1430" s="2">
         <v>226.52141402385803</v>
       </c>
       <c r="E1430" s="2">
         <v>7785541</v>
       </c>
       <c r="F1430" s="2">
         <v>6</v>
       </c>
     </row>
-    <row r="1431" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1431" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1431" s="4" t="s">
         <v>145</v>
       </c>
       <c r="B1431" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1431" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1431" s="2">
         <v>16268.521849866223</v>
       </c>
       <c r="E1431" s="2">
         <v>1444601466</v>
       </c>
       <c r="F1431" s="2">
         <v>87</v>
       </c>
     </row>
-    <row r="1432" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1432" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1432" s="4" t="s">
         <v>147</v>
       </c>
       <c r="B1432" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1432" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1432" s="2">
         <v>161.6943133574519</v>
       </c>
       <c r="E1432" s="2">
         <v>162182647</v>
       </c>
       <c r="F1432" s="2">
         <v>48</v>
       </c>
     </row>
-    <row r="1433" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1433" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1433" s="4" t="s">
         <v>147</v>
       </c>
       <c r="B1433" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1433" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D1433" s="2">
         <v>210.47655875749581</v>
       </c>
       <c r="E1433" s="2">
         <v>364678</v>
       </c>
       <c r="F1433" s="2">
         <v>7</v>
       </c>
     </row>
-    <row r="1434" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1434" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1434" s="4" t="s">
         <v>147</v>
       </c>
       <c r="B1434" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1434" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1434" s="2">
         <v>17963.82091350776</v>
       </c>
       <c r="E1434" s="2">
         <v>6750826390</v>
       </c>
       <c r="F1434" s="2">
         <v>194</v>
       </c>
     </row>
-    <row r="1435" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1435" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1435" s="4" t="s">
         <v>147</v>
       </c>
       <c r="B1435" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1435" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1435" s="2">
         <v>202.63483642793989</v>
       </c>
       <c r="E1435" s="2">
         <v>11459000</v>
       </c>
       <c r="F1435" s="2">
         <v>4</v>
       </c>
     </row>
-    <row r="1436" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1436" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1436" s="4" t="s">
         <v>147</v>
       </c>
       <c r="B1436" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1436" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1436" s="2">
         <v>16009.185548098079</v>
       </c>
       <c r="E1436" s="2">
         <v>725022074</v>
       </c>
       <c r="F1436" s="2">
         <v>34</v>
       </c>
     </row>
-    <row r="1437" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1437" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1437" s="4" t="s">
         <v>147</v>
       </c>
       <c r="B1437" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1437" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1437" s="2">
         <v>241.68298501658947</v>
       </c>
       <c r="E1437" s="2">
         <v>22524308</v>
       </c>
       <c r="F1437" s="2">
         <v>10</v>
       </c>
     </row>
-    <row r="1438" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1438" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1438" s="4" t="s">
         <v>147</v>
       </c>
       <c r="B1438" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1438" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1438" s="2">
         <v>18979.330074850335</v>
       </c>
       <c r="E1438" s="2">
         <v>1366495595</v>
       </c>
       <c r="F1438" s="2">
         <v>44</v>
       </c>
     </row>
-    <row r="1439" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1439" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1439" s="4" t="s">
         <v>147</v>
       </c>
       <c r="B1439" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1439" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1439" s="2">
         <v>54543.086186578628</v>
       </c>
       <c r="E1439" s="2">
         <v>12755114350</v>
       </c>
       <c r="F1439" s="2">
         <v>1319</v>
       </c>
     </row>
-    <row r="1440" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1440" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1440" s="4" t="s">
         <v>147</v>
       </c>
       <c r="B1440" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1440" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1440" s="2">
         <v>1084.5060259119882</v>
       </c>
       <c r="E1440" s="2">
         <v>154138795</v>
       </c>
       <c r="F1440" s="2">
         <v>36</v>
       </c>
     </row>
-    <row r="1441" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1441" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1441" s="4" t="s">
         <v>147</v>
       </c>
       <c r="B1441" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1441" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1441" s="2">
         <v>115065.64498129279</v>
       </c>
       <c r="E1441" s="2">
         <v>28937777820</v>
       </c>
       <c r="F1441" s="2">
         <v>1534</v>
       </c>
     </row>
-    <row r="1442" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1442" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1442" s="4" t="s">
         <v>147</v>
       </c>
       <c r="B1442" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1442" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1442" s="2">
         <v>228.43678728432607</v>
       </c>
       <c r="E1442" s="2">
         <v>8846242</v>
       </c>
       <c r="F1442" s="2">
         <v>9</v>
       </c>
     </row>
-    <row r="1443" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1443" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1443" s="4" t="s">
         <v>147</v>
       </c>
       <c r="B1443" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1443" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1443" s="2">
         <v>16266.751416356194</v>
       </c>
       <c r="E1443" s="2">
         <v>919770600</v>
       </c>
       <c r="F1443" s="2">
         <v>73</v>
       </c>
     </row>
-    <row r="1444" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1444" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1444" s="4" t="s">
         <v>148</v>
       </c>
       <c r="B1444" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1444" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1444" s="2">
         <v>238.60118111682567</v>
       </c>
       <c r="E1444" s="2">
         <v>177178499</v>
       </c>
       <c r="F1444" s="2">
         <v>32</v>
       </c>
     </row>
-    <row r="1445" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1445" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1445" s="4" t="s">
         <v>148</v>
       </c>
       <c r="B1445" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1445" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1445" s="2">
         <v>16653.513845770369</v>
       </c>
       <c r="E1445" s="2">
         <v>7470054157</v>
       </c>
       <c r="F1445" s="2">
         <v>206</v>
       </c>
     </row>
-    <row r="1446" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1446" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1446" s="4" t="s">
         <v>148</v>
       </c>
       <c r="B1446" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1446" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D1446" s="2">
         <v>1367.3240525908739</v>
       </c>
       <c r="E1446" s="2">
         <v>8839750</v>
       </c>
       <c r="F1446" s="2">
         <v>4</v>
       </c>
     </row>
-    <row r="1447" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1447" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1447" s="4" t="s">
         <v>148</v>
       </c>
       <c r="B1447" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1447" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1447" s="2">
         <v>16639.488768631334</v>
       </c>
       <c r="E1447" s="2">
         <v>553455587</v>
       </c>
       <c r="F1447" s="2">
         <v>43</v>
       </c>
     </row>
-    <row r="1448" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1448" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1448" s="4" t="s">
         <v>148</v>
       </c>
       <c r="B1448" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1448" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1448" s="2">
         <v>17205.979606391487</v>
       </c>
       <c r="E1448" s="2">
         <v>814722233</v>
       </c>
       <c r="F1448" s="2">
         <v>39</v>
       </c>
     </row>
-    <row r="1449" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1449" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1449" s="4" t="s">
         <v>148</v>
       </c>
       <c r="B1449" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1449" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1449" s="2">
         <v>47403.265219034896</v>
       </c>
       <c r="E1449" s="2">
         <v>10655733723</v>
       </c>
       <c r="F1449" s="2">
         <v>1237</v>
       </c>
     </row>
-    <row r="1450" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1450" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1450" s="4" t="s">
         <v>148</v>
       </c>
       <c r="B1450" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1450" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1450" s="2">
         <v>1084.831579119636</v>
       </c>
       <c r="E1450" s="2">
         <v>140332009</v>
       </c>
       <c r="F1450" s="2">
         <v>28</v>
       </c>
     </row>
-    <row r="1451" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1451" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1451" s="4" t="s">
         <v>148</v>
       </c>
       <c r="B1451" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1451" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1451" s="2">
         <v>60135.789182804299</v>
       </c>
       <c r="E1451" s="2">
         <v>56823893160</v>
       </c>
       <c r="F1451" s="2">
         <v>966</v>
       </c>
     </row>
-    <row r="1452" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1452" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1452" s="4" t="s">
         <v>148</v>
       </c>
       <c r="B1452" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1452" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1452" s="2">
         <v>200.59681611435997</v>
       </c>
       <c r="E1452" s="2">
         <v>6174370</v>
       </c>
       <c r="F1452" s="2">
         <v>9</v>
       </c>
     </row>
-    <row r="1453" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1453" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1453" s="4" t="s">
         <v>148</v>
       </c>
       <c r="B1453" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1453" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1453" s="2">
         <v>16332.013998664142</v>
       </c>
       <c r="E1453" s="2">
         <v>586841927</v>
       </c>
       <c r="F1453" s="2">
         <v>58</v>
       </c>
     </row>
-    <row r="1454" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1454" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1454" s="4" t="s">
         <v>149</v>
       </c>
       <c r="B1454" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1454" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1454" s="2">
         <v>231.47950380733042</v>
       </c>
       <c r="E1454" s="2">
         <v>181118360</v>
       </c>
       <c r="F1454" s="2">
         <v>30</v>
       </c>
     </row>
-    <row r="1455" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1455" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1455" s="4" t="s">
         <v>149</v>
       </c>
       <c r="B1455" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1455" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1455" s="2">
         <v>16661.022398419995</v>
       </c>
       <c r="E1455" s="2">
         <v>3983221834</v>
       </c>
       <c r="F1455" s="2">
         <v>161</v>
       </c>
     </row>
-    <row r="1456" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1456" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1456" s="4" t="s">
         <v>149</v>
       </c>
       <c r="B1456" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1456" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D1456" s="2">
         <v>1499.5466210436271</v>
       </c>
       <c r="E1456" s="2">
         <v>7011880</v>
       </c>
       <c r="F1456" s="2">
         <v>3</v>
       </c>
     </row>
-    <row r="1457" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1457" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1457" s="4" t="s">
         <v>149</v>
       </c>
       <c r="B1457" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1457" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1457" s="2">
         <v>16019.764999278546</v>
       </c>
       <c r="E1457" s="2">
         <v>1043074373</v>
       </c>
       <c r="F1457" s="2">
         <v>50</v>
       </c>
     </row>
-    <row r="1458" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1458" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1458" s="4" t="s">
         <v>149</v>
       </c>
       <c r="B1458" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1458" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1458" s="2">
         <v>254.26565874730022</v>
       </c>
       <c r="E1458" s="2">
         <v>11772500</v>
       </c>
       <c r="F1458" s="2">
         <v>13</v>
       </c>
     </row>
-    <row r="1459" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1459" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1459" s="4" t="s">
         <v>149</v>
       </c>
       <c r="B1459" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1459" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1459" s="2">
         <v>22658.096687358116</v>
       </c>
       <c r="E1459" s="2">
         <v>388190272</v>
       </c>
       <c r="F1459" s="2">
         <v>18</v>
       </c>
     </row>
-    <row r="1460" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1460" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1460" s="4" t="s">
         <v>149</v>
       </c>
       <c r="B1460" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1460" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1460" s="2">
         <v>54043.313062026325</v>
       </c>
       <c r="E1460" s="2">
         <v>11295026273</v>
       </c>
       <c r="F1460" s="2">
         <v>1311</v>
       </c>
     </row>
-    <row r="1461" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1461" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1461" s="4" t="s">
         <v>149</v>
       </c>
       <c r="B1461" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1461" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1461" s="2">
         <v>1129.7213656958666</v>
       </c>
       <c r="E1461" s="2">
         <v>73649089</v>
       </c>
       <c r="F1461" s="2">
         <v>23</v>
       </c>
     </row>
-    <row r="1462" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1462" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1462" s="4" t="s">
         <v>149</v>
       </c>
       <c r="B1462" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1462" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1462" s="2">
         <v>25515.310686818448</v>
       </c>
       <c r="E1462" s="2">
         <v>33942127603</v>
       </c>
       <c r="F1462" s="2">
         <v>1311</v>
       </c>
     </row>
-    <row r="1463" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1463" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1463" s="4" t="s">
         <v>149</v>
       </c>
       <c r="B1463" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1463" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1463" s="2">
         <v>15315.353620068967</v>
       </c>
       <c r="E1463" s="2">
         <v>395902810</v>
       </c>
       <c r="F1463" s="2">
         <v>30</v>
       </c>
     </row>
-    <row r="1464" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1464" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1464" s="4" t="s">
         <v>150</v>
       </c>
       <c r="B1464" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1464" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1464" s="2">
         <v>234.02019003107051</v>
       </c>
       <c r="E1464" s="2">
         <v>189909584</v>
       </c>
       <c r="F1464" s="2">
         <v>39</v>
       </c>
     </row>
-    <row r="1465" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1465" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1465" s="4" t="s">
         <v>150</v>
       </c>
       <c r="B1465" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1465" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1465" s="2">
         <v>16566.610841252153</v>
       </c>
       <c r="E1465" s="2">
         <v>6615278780</v>
       </c>
       <c r="F1465" s="2">
         <v>182</v>
       </c>
     </row>
-    <row r="1466" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1466" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1466" s="4" t="s">
         <v>150</v>
       </c>
       <c r="B1466" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1466" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1466" s="2">
         <v>208.03818615751791</v>
       </c>
       <c r="E1466" s="2">
         <v>43584000</v>
       </c>
       <c r="F1466" s="2">
         <v>8</v>
       </c>
     </row>
-    <row r="1467" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1467" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1467" s="4" t="s">
         <v>150</v>
       </c>
       <c r="B1467" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1467" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1467" s="2">
         <v>16770.567263555582</v>
       </c>
       <c r="E1467" s="2">
         <v>756539240</v>
       </c>
       <c r="F1467" s="2">
         <v>60</v>
       </c>
     </row>
-    <row r="1468" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1468" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1468" s="4" t="s">
         <v>150</v>
       </c>
       <c r="B1468" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1468" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1468" s="2">
         <v>228.48368522072937</v>
       </c>
       <c r="E1468" s="2">
         <v>17856000</v>
       </c>
       <c r="F1468" s="2">
         <v>7</v>
       </c>
     </row>
-    <row r="1469" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1469" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1469" s="4" t="s">
         <v>150</v>
       </c>
       <c r="B1469" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1469" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1469" s="2">
         <v>17433.539997462834</v>
       </c>
       <c r="E1469" s="2">
         <v>806274569</v>
       </c>
       <c r="F1469" s="2">
         <v>44</v>
       </c>
     </row>
-    <row r="1470" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1470" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1470" s="4" t="s">
         <v>150</v>
       </c>
       <c r="B1470" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1470" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1470" s="2">
         <v>621.66037223817818</v>
       </c>
       <c r="E1470" s="2">
         <v>10995680</v>
       </c>
       <c r="F1470" s="2">
         <v>9</v>
       </c>
     </row>
-    <row r="1471" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1471" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1471" s="4" t="s">
         <v>150</v>
       </c>
       <c r="B1471" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1471" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1471" s="2">
         <v>62479.987989697118</v>
       </c>
       <c r="E1471" s="2">
         <v>26195361514</v>
       </c>
       <c r="F1471" s="2">
         <v>1493</v>
       </c>
     </row>
-    <row r="1472" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1472" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1472" s="4" t="s">
         <v>150</v>
       </c>
       <c r="B1472" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1472" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1472" s="2">
         <v>1121.3253084527346</v>
       </c>
       <c r="E1472" s="2">
         <v>124140826</v>
       </c>
       <c r="F1472" s="2">
         <v>54</v>
       </c>
     </row>
-    <row r="1473" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1473" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1473" s="4" t="s">
         <v>150</v>
       </c>
       <c r="B1473" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1473" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1473" s="2">
         <v>54405.45036414091</v>
       </c>
       <c r="E1473" s="2">
         <v>99899958397</v>
       </c>
       <c r="F1473" s="2">
         <v>1981</v>
       </c>
     </row>
-    <row r="1474" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1474" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1474" s="4" t="s">
         <v>150</v>
       </c>
       <c r="B1474" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1474" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1474" s="2">
         <v>226.37757094096753</v>
       </c>
       <c r="E1474" s="2">
         <v>35947400</v>
       </c>
       <c r="F1474" s="2">
         <v>18</v>
       </c>
     </row>
-    <row r="1475" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1475" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1475" s="4" t="s">
         <v>150</v>
       </c>
       <c r="B1475" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1475" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1475" s="2">
         <v>16117.310611677796</v>
       </c>
       <c r="E1475" s="2">
         <v>1412904694</v>
       </c>
       <c r="F1475" s="2">
         <v>55</v>
       </c>
     </row>
-    <row r="1476" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1476" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1476" s="4" t="s">
         <v>151</v>
       </c>
       <c r="B1476" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1476" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1476" s="2">
         <v>233.08506175716616</v>
       </c>
       <c r="E1476" s="2">
         <v>100016800</v>
       </c>
       <c r="F1476" s="2">
         <v>16</v>
       </c>
     </row>
-    <row r="1477" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1477" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1477" s="4" t="s">
         <v>151</v>
       </c>
       <c r="B1477" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1477" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1477" s="2">
         <v>21599.558141351838</v>
       </c>
       <c r="E1477" s="2">
         <v>3552504167</v>
       </c>
       <c r="F1477" s="2">
         <v>45</v>
       </c>
     </row>
-    <row r="1478" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1478" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1478" s="4" t="s">
         <v>151</v>
       </c>
       <c r="B1478" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1478" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1478" s="2">
         <v>17925.010321515201</v>
       </c>
       <c r="E1478" s="2">
         <v>55573268</v>
       </c>
       <c r="F1478" s="2">
         <v>4</v>
       </c>
     </row>
-    <row r="1479" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1479" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1479" s="4" t="s">
         <v>151</v>
       </c>
       <c r="B1479" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1479" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1479" s="2">
         <v>23071.538068472149</v>
       </c>
       <c r="E1479" s="2">
         <v>451510000</v>
       </c>
       <c r="F1479" s="2">
         <v>12</v>
       </c>
     </row>
-    <row r="1480" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1480" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1480" s="4" t="s">
         <v>151</v>
       </c>
       <c r="B1480" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1480" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1480" s="2">
         <v>55568.898715007505</v>
       </c>
       <c r="E1480" s="2">
         <v>4550419143</v>
       </c>
       <c r="F1480" s="2">
         <v>505</v>
       </c>
     </row>
-    <row r="1481" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1481" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1481" s="4" t="s">
         <v>151</v>
       </c>
       <c r="B1481" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1481" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1481" s="2">
         <v>1084.4983347675554</v>
       </c>
       <c r="E1481" s="2">
         <v>17384068</v>
       </c>
       <c r="F1481" s="2">
         <v>4</v>
       </c>
     </row>
-    <row r="1482" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1482" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1482" s="4" t="s">
         <v>151</v>
       </c>
       <c r="B1482" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1482" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1482" s="2">
         <v>106880.96148105219</v>
       </c>
       <c r="E1482" s="2">
         <v>59524101995</v>
       </c>
       <c r="F1482" s="2">
         <v>899</v>
       </c>
     </row>
-    <row r="1483" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1483" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1483" s="4" t="s">
         <v>151</v>
       </c>
       <c r="B1483" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1483" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1483" s="2">
         <v>12321.652485170791</v>
       </c>
       <c r="E1483" s="2">
         <v>361443354</v>
       </c>
       <c r="F1483" s="2">
         <v>25</v>
       </c>
     </row>
-    <row r="1484" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1484" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1484" s="4" t="s">
         <v>152</v>
       </c>
       <c r="B1484" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1484" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1484" s="2">
         <v>242.543981058523</v>
       </c>
       <c r="E1484" s="2">
         <v>164865827</v>
       </c>
       <c r="F1484" s="2">
         <v>33</v>
       </c>
     </row>
-    <row r="1485" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1485" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1485" s="4" t="s">
         <v>152</v>
       </c>
       <c r="B1485" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1485" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1485" s="2">
         <v>16338.779198362106</v>
       </c>
       <c r="E1485" s="2">
         <v>4434151354</v>
       </c>
       <c r="F1485" s="2">
         <v>121</v>
       </c>
     </row>
-    <row r="1486" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1486" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1486" s="4" t="s">
         <v>152</v>
       </c>
       <c r="B1486" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1486" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1486" s="2">
         <v>206.22935779816513</v>
       </c>
       <c r="E1486" s="2">
         <v>22479000</v>
       </c>
       <c r="F1486" s="2">
         <v>4</v>
       </c>
     </row>
-    <row r="1487" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1487" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1487" s="4" t="s">
         <v>152</v>
       </c>
       <c r="B1487" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1487" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D1487" s="2">
         <v>1405.8218163869694</v>
       </c>
       <c r="E1487" s="2">
         <v>22785560</v>
       </c>
       <c r="F1487" s="2">
         <v>8</v>
       </c>
     </row>
-    <row r="1488" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1488" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1488" s="4" t="s">
         <v>152</v>
       </c>
       <c r="B1488" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1488" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1488" s="2">
         <v>14104.366052280542</v>
       </c>
       <c r="E1488" s="2">
         <v>277341625</v>
       </c>
       <c r="F1488" s="2">
         <v>24</v>
       </c>
     </row>
-    <row r="1489" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1489" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1489" s="4" t="s">
         <v>152</v>
       </c>
       <c r="B1489" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1489" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1489" s="2">
         <v>229.73029103287357</v>
       </c>
       <c r="E1489" s="2">
         <v>4911363</v>
       </c>
       <c r="F1489" s="2">
         <v>7</v>
       </c>
     </row>
-    <row r="1490" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1490" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1490" s="4" t="s">
         <v>152</v>
       </c>
       <c r="B1490" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1490" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1490" s="2">
         <v>20395.816915513013</v>
       </c>
       <c r="E1490" s="2">
         <v>1215898665</v>
       </c>
       <c r="F1490" s="2">
         <v>37</v>
       </c>
     </row>
-    <row r="1491" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1491" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1491" s="4" t="s">
         <v>152</v>
       </c>
       <c r="B1491" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1491" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1491" s="2">
         <v>54663.652505528691</v>
       </c>
       <c r="E1491" s="2">
         <v>12378908320</v>
       </c>
       <c r="F1491" s="2">
         <v>1122</v>
       </c>
     </row>
-    <row r="1492" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1492" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1492" s="4" t="s">
         <v>152</v>
       </c>
       <c r="B1492" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1492" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1492" s="2">
         <v>1100.7351984253603</v>
       </c>
       <c r="E1492" s="2">
         <v>83285798</v>
       </c>
       <c r="F1492" s="2">
         <v>18</v>
       </c>
     </row>
-    <row r="1493" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1493" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1493" s="4" t="s">
         <v>152</v>
       </c>
       <c r="B1493" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1493" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1493" s="2">
         <v>1338.7571760986284</v>
       </c>
       <c r="E1493" s="2">
         <v>135351157457</v>
       </c>
       <c r="F1493" s="2">
         <v>1378</v>
       </c>
     </row>
-    <row r="1494" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1494" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1494" s="4" t="s">
         <v>152</v>
       </c>
       <c r="B1494" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1494" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1494" s="2">
         <v>201.28176397553611</v>
       </c>
       <c r="E1494" s="2">
         <v>13131421</v>
       </c>
       <c r="F1494" s="2">
         <v>17</v>
       </c>
     </row>
-    <row r="1495" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1495" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1495" s="4" t="s">
         <v>152</v>
       </c>
       <c r="B1495" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1495" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1495" s="2">
         <v>14531.190195107709</v>
       </c>
       <c r="E1495" s="2">
         <v>457889428</v>
       </c>
       <c r="F1495" s="2">
         <v>64</v>
       </c>
     </row>
-    <row r="1496" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1496" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1496" s="4" t="s">
         <v>153</v>
       </c>
       <c r="B1496" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1496" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1496" s="2">
         <v>241.08274828103401</v>
       </c>
       <c r="E1496" s="2">
         <v>118406719</v>
       </c>
       <c r="F1496" s="2">
         <v>26</v>
       </c>
     </row>
-    <row r="1497" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1497" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1497" s="4" t="s">
         <v>153</v>
       </c>
       <c r="B1497" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1497" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1497" s="2">
         <v>16365.207736276367</v>
       </c>
       <c r="E1497" s="2">
         <v>4120337102</v>
       </c>
       <c r="F1497" s="2">
         <v>165</v>
       </c>
     </row>
-    <row r="1498" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1498" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1498" s="4" t="s">
         <v>153</v>
       </c>
       <c r="B1498" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1498" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D1498" s="2">
         <v>1587.0852968897266</v>
       </c>
       <c r="E1498" s="2">
         <v>26942360</v>
       </c>
       <c r="F1498" s="2">
         <v>5</v>
       </c>
     </row>
-    <row r="1499" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1499" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1499" s="4" t="s">
         <v>153</v>
       </c>
       <c r="B1499" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1499" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1499" s="2">
         <v>18147.694245505547</v>
       </c>
       <c r="E1499" s="2">
         <v>658491826</v>
       </c>
       <c r="F1499" s="2">
         <v>25</v>
       </c>
     </row>
-    <row r="1500" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1500" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1500" s="4" t="s">
         <v>153</v>
       </c>
       <c r="B1500" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1500" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1500" s="2">
         <v>228.50679688686327</v>
       </c>
       <c r="E1500" s="2">
         <v>8547379</v>
       </c>
       <c r="F1500" s="2">
         <v>9</v>
       </c>
     </row>
-    <row r="1501" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1501" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1501" s="4" t="s">
         <v>153</v>
       </c>
       <c r="B1501" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1501" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1501" s="2">
         <v>19734.202619709638</v>
       </c>
       <c r="E1501" s="2">
         <v>1094076981</v>
       </c>
       <c r="F1501" s="2">
         <v>34</v>
       </c>
     </row>
-    <row r="1502" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1502" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1502" s="4" t="s">
         <v>153</v>
       </c>
       <c r="B1502" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1502" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1502" s="2">
         <v>59290.110018184212</v>
       </c>
       <c r="E1502" s="2">
         <v>5427020791</v>
       </c>
       <c r="F1502" s="2">
         <v>803</v>
       </c>
     </row>
-    <row r="1503" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1503" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1503" s="4" t="s">
         <v>153</v>
       </c>
       <c r="B1503" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1503" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1503" s="2">
         <v>1070.453920998817</v>
       </c>
       <c r="E1503" s="2">
         <v>86182364</v>
       </c>
       <c r="F1503" s="2">
         <v>19</v>
       </c>
     </row>
-    <row r="1504" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1504" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1504" s="4" t="s">
         <v>153</v>
       </c>
       <c r="B1504" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1504" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1504" s="2">
         <v>115882.83121988468</v>
       </c>
       <c r="E1504" s="2">
         <v>21395045710</v>
       </c>
       <c r="F1504" s="2">
         <v>1252</v>
       </c>
     </row>
-    <row r="1505" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1505" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1505" s="4" t="s">
         <v>153</v>
       </c>
       <c r="B1505" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1505" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1505" s="2">
         <v>207.2772301843537</v>
       </c>
       <c r="E1505" s="2">
         <v>4752158</v>
       </c>
       <c r="F1505" s="2">
         <v>6</v>
       </c>
     </row>
-    <row r="1506" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1506" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1506" s="4" t="s">
         <v>153</v>
       </c>
       <c r="B1506" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1506" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1506" s="2">
         <v>13380.175540403308</v>
       </c>
       <c r="E1506" s="2">
         <v>1291213700</v>
       </c>
       <c r="F1506" s="2">
         <v>44</v>
       </c>
     </row>
-    <row r="1507" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1507" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1507" s="4" t="s">
         <v>154</v>
       </c>
       <c r="B1507" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1507" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1507" s="2">
         <v>233.45809849286084</v>
       </c>
       <c r="E1507" s="2">
         <v>153498714</v>
       </c>
       <c r="F1507" s="2">
         <v>32</v>
       </c>
     </row>
-    <row r="1508" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1508" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1508" s="4" t="s">
         <v>154</v>
       </c>
       <c r="B1508" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1508" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1508" s="2">
         <v>16477.493722097144</v>
       </c>
       <c r="E1508" s="2">
         <v>5837665046</v>
       </c>
       <c r="F1508" s="2">
         <v>204</v>
       </c>
     </row>
-    <row r="1509" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1509" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1509" s="4" t="s">
         <v>154</v>
       </c>
       <c r="B1509" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1509" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D1509" s="2">
         <v>1386.3101604278074</v>
       </c>
       <c r="E1509" s="2">
         <v>12443520</v>
       </c>
       <c r="F1509" s="2">
         <v>3</v>
       </c>
     </row>
-    <row r="1510" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1510" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1510" s="4" t="s">
         <v>154</v>
       </c>
       <c r="B1510" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1510" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1510" s="2">
         <v>17067.804082232451</v>
       </c>
       <c r="E1510" s="2">
         <v>250876580</v>
       </c>
       <c r="F1510" s="2">
         <v>18</v>
       </c>
     </row>
-    <row r="1511" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1511" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1511" s="4" t="s">
         <v>154</v>
       </c>
       <c r="B1511" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1511" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1511" s="2">
         <v>241.39985021926506</v>
       </c>
       <c r="E1511" s="2">
         <v>9484463</v>
       </c>
       <c r="F1511" s="2">
         <v>14</v>
       </c>
     </row>
-    <row r="1512" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1512" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1512" s="4" t="s">
         <v>154</v>
       </c>
       <c r="B1512" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1512" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1512" s="2">
         <v>16472.564022841692</v>
       </c>
       <c r="E1512" s="2">
         <v>953702271</v>
       </c>
       <c r="F1512" s="2">
         <v>35</v>
       </c>
     </row>
-    <row r="1513" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1513" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1513" s="4" t="s">
         <v>154</v>
       </c>
       <c r="B1513" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1513" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1513" s="2">
         <v>61580.145996702144</v>
       </c>
       <c r="E1513" s="2">
         <v>5595602141</v>
       </c>
       <c r="F1513" s="2">
         <v>798</v>
       </c>
     </row>
-    <row r="1514" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1514" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1514" s="4" t="s">
         <v>154</v>
       </c>
       <c r="B1514" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1514" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1514" s="2">
         <v>249.06064054890084</v>
       </c>
       <c r="E1514" s="2">
         <v>100792516</v>
       </c>
       <c r="F1514" s="2">
         <v>22</v>
       </c>
     </row>
-    <row r="1515" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1515" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1515" s="4" t="s">
         <v>154</v>
       </c>
       <c r="B1515" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1515" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1515" s="2">
         <v>368.18919794986101</v>
       </c>
       <c r="E1515" s="2">
         <v>37101622755</v>
       </c>
       <c r="F1515" s="2">
         <v>1229</v>
       </c>
     </row>
-    <row r="1516" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1516" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1516" s="4" t="s">
         <v>154</v>
       </c>
       <c r="B1516" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1516" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1516" s="2">
         <v>196.82712003939497</v>
       </c>
       <c r="E1516" s="2">
         <v>3653257</v>
       </c>
       <c r="F1516" s="2">
         <v>9</v>
       </c>
     </row>
-    <row r="1517" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1517" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1517" s="4" t="s">
         <v>154</v>
       </c>
       <c r="B1517" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1517" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1517" s="2">
         <v>1579.3326234954989</v>
       </c>
       <c r="E1517" s="2">
         <v>3214030900</v>
       </c>
       <c r="F1517" s="2">
         <v>113</v>
       </c>
     </row>
-    <row r="1518" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1518" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1518" s="4" t="s">
         <v>155</v>
       </c>
       <c r="B1518" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1518" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1518" s="2">
         <v>239.01266955146875</v>
       </c>
       <c r="E1518" s="2">
         <v>114888610</v>
       </c>
       <c r="F1518" s="2">
         <v>24</v>
       </c>
     </row>
-    <row r="1519" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1519" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1519" s="4" t="s">
         <v>155</v>
       </c>
       <c r="B1519" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1519" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1519" s="2">
         <v>19897.051461931205</v>
       </c>
       <c r="E1519" s="2">
         <v>8183572863</v>
       </c>
       <c r="F1519" s="2">
         <v>172</v>
       </c>
     </row>
-    <row r="1520" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1520" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1520" s="4" t="s">
         <v>155</v>
       </c>
       <c r="B1520" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1520" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D1520" s="2">
         <v>1390.6388274336284</v>
       </c>
       <c r="E1520" s="2">
         <v>40228400</v>
       </c>
       <c r="F1520" s="2">
         <v>8</v>
       </c>
     </row>
-    <row r="1521" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1521" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1521" s="4" t="s">
         <v>155</v>
       </c>
       <c r="B1521" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1521" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1521" s="2">
         <v>17993.097520662563</v>
       </c>
       <c r="E1521" s="2">
         <v>169400209</v>
       </c>
       <c r="F1521" s="2">
         <v>9</v>
       </c>
     </row>
-    <row r="1522" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1522" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1522" s="4" t="s">
         <v>155</v>
       </c>
       <c r="B1522" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1522" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1522" s="2">
         <v>225.54424778761063</v>
       </c>
       <c r="E1522" s="2">
         <v>2548650</v>
       </c>
       <c r="F1522" s="2">
         <v>3</v>
       </c>
     </row>
-    <row r="1523" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1523" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1523" s="4" t="s">
         <v>155</v>
       </c>
       <c r="B1523" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1523" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1523" s="2">
         <v>18533.059695259002</v>
       </c>
       <c r="E1523" s="2">
         <v>485905875</v>
       </c>
       <c r="F1523" s="2">
         <v>24</v>
       </c>
     </row>
-    <row r="1524" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1524" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1524" s="4" t="s">
         <v>155</v>
       </c>
       <c r="B1524" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1524" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1524" s="2">
         <v>56811.195208214573</v>
       </c>
       <c r="E1524" s="2">
         <v>8486018894</v>
       </c>
       <c r="F1524" s="2">
         <v>852</v>
       </c>
     </row>
-    <row r="1525" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1525" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1525" s="4" t="s">
         <v>155</v>
       </c>
       <c r="B1525" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1525" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1525" s="2">
         <v>1117.0899957455431</v>
       </c>
       <c r="E1525" s="2">
         <v>28244585</v>
       </c>
       <c r="F1525" s="2">
         <v>14</v>
       </c>
     </row>
-    <row r="1526" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1526" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1526" s="4" t="s">
         <v>155</v>
       </c>
       <c r="B1526" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1526" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1526" s="2">
         <v>111300.987857862</v>
       </c>
       <c r="E1526" s="2">
         <v>35669370179</v>
       </c>
       <c r="F1526" s="2">
         <v>1170</v>
       </c>
     </row>
-    <row r="1527" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1527" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1527" s="4" t="s">
         <v>155</v>
       </c>
       <c r="B1527" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1527" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1527" s="2">
         <v>209.96693850562045</v>
       </c>
       <c r="E1527" s="2">
         <v>9526200</v>
       </c>
       <c r="F1527" s="2">
         <v>9</v>
       </c>
     </row>
-    <row r="1528" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1528" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1528" s="4" t="s">
         <v>155</v>
       </c>
       <c r="B1528" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1528" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1528" s="2">
         <v>12200.823643485444</v>
       </c>
       <c r="E1528" s="2">
         <v>792478390</v>
       </c>
       <c r="F1528" s="2">
         <v>53</v>
       </c>
     </row>
-    <row r="1529" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1529" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1529" s="4" t="s">
         <v>156</v>
       </c>
       <c r="B1529" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1529" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1529" s="2">
         <v>201.90109360412887</v>
       </c>
       <c r="E1529" s="2">
         <v>305296360</v>
       </c>
       <c r="F1529" s="2">
         <v>44</v>
       </c>
     </row>
-    <row r="1530" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1530" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1530" s="4" t="s">
         <v>156</v>
       </c>
       <c r="B1530" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1530" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1530" s="2">
         <v>17580.060973354772</v>
       </c>
       <c r="E1530" s="2">
         <v>4774628321</v>
       </c>
       <c r="F1530" s="2">
         <v>141</v>
       </c>
     </row>
-    <row r="1531" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1531" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1531" s="4" t="s">
         <v>156</v>
       </c>
       <c r="B1531" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1531" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D1531" s="2">
         <v>1543.4149427890186</v>
       </c>
       <c r="E1531" s="2">
         <v>11586879</v>
       </c>
       <c r="F1531" s="2">
         <v>4</v>
       </c>
     </row>
-    <row r="1532" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1532" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1532" s="4" t="s">
         <v>156</v>
       </c>
       <c r="B1532" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1532" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1532" s="2">
         <v>16990.657822055909</v>
       </c>
       <c r="E1532" s="2">
         <v>445578880</v>
       </c>
       <c r="F1532" s="2">
         <v>31</v>
       </c>
     </row>
-    <row r="1533" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1533" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1533" s="4" t="s">
         <v>156</v>
       </c>
       <c r="B1533" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1533" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1533" s="2">
         <v>251.47492155913213</v>
       </c>
       <c r="E1533" s="2">
         <v>4937994</v>
       </c>
       <c r="F1533" s="2">
         <v>6</v>
       </c>
     </row>
-    <row r="1534" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1534" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1534" s="4" t="s">
         <v>156</v>
       </c>
       <c r="B1534" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1534" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1534" s="2">
         <v>20152.496084291506</v>
       </c>
       <c r="E1534" s="2">
         <v>1009732715</v>
       </c>
       <c r="F1534" s="2">
         <v>28</v>
       </c>
     </row>
-    <row r="1535" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1535" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1535" s="4" t="s">
         <v>156</v>
       </c>
       <c r="B1535" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1535" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1535" s="2">
         <v>60100.625604596862</v>
       </c>
       <c r="E1535" s="2">
         <v>4842195738</v>
       </c>
       <c r="F1535" s="2">
         <v>689</v>
       </c>
     </row>
-    <row r="1536" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1536" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1536" s="4" t="s">
         <v>156</v>
       </c>
       <c r="B1536" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1536" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1536" s="2">
         <v>138.64228776533778</v>
       </c>
       <c r="E1536" s="2">
         <v>80419563</v>
       </c>
       <c r="F1536" s="2">
         <v>20</v>
       </c>
     </row>
-    <row r="1537" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1537" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1537" s="4" t="s">
         <v>156</v>
       </c>
       <c r="B1537" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1537" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1537" s="2">
         <v>107455.01990982643</v>
       </c>
       <c r="E1537" s="2">
         <v>4859022407</v>
       </c>
       <c r="F1537" s="2">
         <v>1358</v>
       </c>
     </row>
-    <row r="1538" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1538" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1538" s="4" t="s">
         <v>156</v>
       </c>
       <c r="B1538" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1538" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1538" s="2">
         <v>214.88176795580111</v>
       </c>
       <c r="E1538" s="2">
         <v>19446800</v>
       </c>
       <c r="F1538" s="2">
         <v>7</v>
       </c>
     </row>
-    <row r="1539" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1539" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1539" s="4" t="s">
         <v>156</v>
       </c>
       <c r="B1539" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1539" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1539" s="2">
         <v>13530.992269928081</v>
       </c>
       <c r="E1539" s="2">
         <v>628406343</v>
       </c>
       <c r="F1539" s="2">
         <v>74</v>
       </c>
     </row>
-    <row r="1540" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1540" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1540" s="4" t="s">
         <v>157</v>
       </c>
       <c r="B1540" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1540" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1540" s="2">
         <v>246.87968328737065</v>
       </c>
       <c r="E1540" s="2">
         <v>158518904</v>
       </c>
       <c r="F1540" s="2">
         <v>26</v>
       </c>
     </row>
-    <row r="1541" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1541" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1541" s="4" t="s">
         <v>157</v>
       </c>
       <c r="B1541" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1541" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1541" s="2">
         <v>6314.3578322625162</v>
       </c>
       <c r="E1541" s="2">
         <v>6300155787</v>
       </c>
       <c r="F1541" s="2">
         <v>194</v>
       </c>
     </row>
-    <row r="1542" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1542" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1542" s="4" t="s">
         <v>157</v>
       </c>
       <c r="B1542" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1542" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1542" s="2">
         <v>17267.312676884361</v>
       </c>
       <c r="E1542" s="2">
         <v>390049772</v>
       </c>
       <c r="F1542" s="2">
         <v>28</v>
       </c>
     </row>
-    <row r="1543" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1543" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1543" s="4" t="s">
         <v>157</v>
       </c>
       <c r="B1543" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1543" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1543" s="2">
         <v>14928.424196187914</v>
       </c>
       <c r="E1543" s="2">
         <v>326864058</v>
       </c>
       <c r="F1543" s="2">
         <v>20</v>
       </c>
     </row>
-    <row r="1544" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1544" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1544" s="4" t="s">
         <v>157</v>
       </c>
       <c r="B1544" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1544" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1544" s="2">
         <v>61674.330506181155</v>
       </c>
       <c r="E1544" s="2">
         <v>5161698580</v>
       </c>
       <c r="F1544" s="2">
         <v>809</v>
       </c>
     </row>
-    <row r="1545" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1545" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1545" s="4" t="s">
         <v>157</v>
       </c>
       <c r="B1545" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1545" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1545" s="2">
         <v>1080.7069970538439</v>
       </c>
       <c r="E1545" s="2">
         <v>27963005</v>
       </c>
       <c r="F1545" s="2">
         <v>12</v>
       </c>
     </row>
-    <row r="1546" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1546" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1546" s="4" t="s">
         <v>157</v>
       </c>
       <c r="B1546" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1546" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1546" s="2">
         <v>106698.6801823226</v>
       </c>
       <c r="E1546" s="2">
         <v>11922136438</v>
       </c>
       <c r="F1546" s="2">
         <v>1490</v>
       </c>
     </row>
-    <row r="1547" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1547" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1547" s="4" t="s">
         <v>157</v>
       </c>
       <c r="B1547" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1547" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1547" s="2">
         <v>13767.739767607678</v>
       </c>
       <c r="E1547" s="2">
         <v>332699772</v>
       </c>
       <c r="F1547" s="2">
         <v>45</v>
       </c>
     </row>
-    <row r="1548" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1548" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1548" s="4" t="s">
         <v>158</v>
       </c>
       <c r="B1548" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1548" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1548" s="2">
         <v>238.99696048632219</v>
       </c>
       <c r="E1548" s="2">
         <v>78630000</v>
       </c>
       <c r="F1548" s="2">
         <v>12</v>
       </c>
     </row>
-    <row r="1549" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1549" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1549" s="4" t="s">
         <v>158</v>
       </c>
       <c r="B1549" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1549" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1549" s="2">
         <v>18854.865396193287</v>
       </c>
       <c r="E1549" s="2">
         <v>4055582257</v>
       </c>
       <c r="F1549" s="2">
         <v>142</v>
       </c>
     </row>
-    <row r="1550" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1550" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1550" s="4" t="s">
         <v>158</v>
       </c>
       <c r="B1550" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1550" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1550" s="2">
         <v>20694.426561168148</v>
       </c>
       <c r="E1550" s="2">
         <v>1111967352</v>
       </c>
       <c r="F1550" s="2">
         <v>30</v>
       </c>
     </row>
-    <row r="1551" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1551" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1551" s="4" t="s">
         <v>158</v>
       </c>
       <c r="B1551" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1551" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1551" s="2">
         <v>15922.05723337535</v>
       </c>
       <c r="E1551" s="2">
         <v>483269784</v>
       </c>
       <c r="F1551" s="2">
         <v>10</v>
       </c>
     </row>
-    <row r="1552" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1552" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1552" s="4" t="s">
         <v>158</v>
       </c>
       <c r="B1552" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1552" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1552" s="2">
         <v>60892.457665230075</v>
       </c>
       <c r="E1552" s="2">
         <v>6648651805</v>
       </c>
       <c r="F1552" s="2">
         <v>838</v>
       </c>
     </row>
-    <row r="1553" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1553" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1553" s="4" t="s">
         <v>158</v>
       </c>
       <c r="B1553" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1553" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1553" s="2">
         <v>1077.8270338098869</v>
       </c>
       <c r="E1553" s="2">
         <v>152002047</v>
       </c>
       <c r="F1553" s="2">
         <v>26</v>
       </c>
     </row>
-    <row r="1554" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1554" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1554" s="4" t="s">
         <v>158</v>
       </c>
       <c r="B1554" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1554" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1554" s="2">
         <v>115996.05795896119</v>
       </c>
       <c r="E1554" s="2">
         <v>6231677681</v>
       </c>
       <c r="F1554" s="2">
         <v>1323</v>
       </c>
     </row>
-    <row r="1555" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1555" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1555" s="4" t="s">
         <v>158</v>
       </c>
       <c r="B1555" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1555" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1555" s="2">
         <v>14756.795899798117</v>
       </c>
       <c r="E1555" s="2">
         <v>518981755</v>
       </c>
       <c r="F1555" s="2">
         <v>78</v>
       </c>
     </row>
-    <row r="1556" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1556" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1556" s="4" t="s">
         <v>159</v>
       </c>
       <c r="B1556" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1556" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1556" s="2">
         <v>247.9119964923745</v>
       </c>
       <c r="E1556" s="2">
         <v>98477087</v>
       </c>
       <c r="F1556" s="2">
         <v>19</v>
       </c>
     </row>
-    <row r="1557" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1557" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1557" s="4" t="s">
         <v>159</v>
       </c>
       <c r="B1557" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1557" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1557" s="2">
         <v>17595.918577900851</v>
       </c>
       <c r="E1557" s="2">
         <v>3362911301</v>
       </c>
       <c r="F1557" s="2">
         <v>108</v>
       </c>
     </row>
-    <row r="1558" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1558" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1558" s="4" t="s">
         <v>159</v>
       </c>
       <c r="B1558" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1558" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1558" s="2">
         <v>19748.017912906213</v>
       </c>
       <c r="E1558" s="2">
         <v>575476990</v>
       </c>
       <c r="F1558" s="2">
         <v>26</v>
       </c>
     </row>
-    <row r="1559" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1559" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1559" s="4" t="s">
         <v>159</v>
       </c>
       <c r="B1559" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1559" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1559" s="2">
         <v>16518.082272984338</v>
       </c>
       <c r="E1559" s="2">
         <v>414856856</v>
       </c>
       <c r="F1559" s="2">
         <v>20</v>
       </c>
     </row>
-    <row r="1560" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1560" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1560" s="4" t="s">
         <v>159</v>
       </c>
       <c r="B1560" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1560" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1560" s="2">
         <v>58157.682588287746</v>
       </c>
       <c r="E1560" s="2">
         <v>10121050995</v>
       </c>
       <c r="F1560" s="2">
         <v>744</v>
       </c>
     </row>
-    <row r="1561" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1561" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1561" s="4" t="s">
         <v>159</v>
       </c>
       <c r="B1561" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1561" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1561" s="2">
         <v>1117.5424775097954</v>
       </c>
       <c r="E1561" s="2">
         <v>118333455</v>
       </c>
       <c r="F1561" s="2">
         <v>24</v>
       </c>
     </row>
-    <row r="1562" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1562" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1562" s="4" t="s">
         <v>159</v>
       </c>
       <c r="B1562" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1562" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1562" s="2">
         <v>109343.48180506761</v>
       </c>
       <c r="E1562" s="2">
         <v>35620359499</v>
       </c>
       <c r="F1562" s="2">
         <v>1150</v>
       </c>
     </row>
-    <row r="1563" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1563" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1563" s="4" t="s">
         <v>159</v>
       </c>
       <c r="B1563" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1563" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1563" s="2">
         <v>13893.89374479959</v>
       </c>
       <c r="E1563" s="2">
         <v>1142983253</v>
       </c>
       <c r="F1563" s="2">
         <v>90</v>
       </c>
     </row>
-    <row r="1564" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1564" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1564" s="4" t="s">
         <v>160</v>
       </c>
       <c r="B1564" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1564" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1564" s="2">
         <v>249.17493508061952</v>
       </c>
       <c r="E1564" s="2">
         <v>210068143</v>
       </c>
       <c r="F1564" s="2">
         <v>28</v>
       </c>
     </row>
-    <row r="1565" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1565" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1565" s="4" t="s">
         <v>160</v>
       </c>
       <c r="B1565" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1565" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1565" s="2">
         <v>9709.7030476377568</v>
       </c>
       <c r="E1565" s="2">
         <v>6529706516</v>
       </c>
       <c r="F1565" s="2">
         <v>174</v>
       </c>
     </row>
-    <row r="1566" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1566" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1566" s="4" t="s">
         <v>160</v>
       </c>
       <c r="B1566" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1566" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1566" s="2">
         <v>17299.235165172075</v>
       </c>
       <c r="E1566" s="2">
         <v>779117729</v>
       </c>
       <c r="F1566" s="2">
         <v>38</v>
       </c>
     </row>
-    <row r="1567" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1567" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1567" s="4" t="s">
         <v>160</v>
       </c>
       <c r="B1567" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1567" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1567" s="2">
         <v>16944.955810270603</v>
       </c>
       <c r="E1567" s="2">
         <v>431851688</v>
       </c>
       <c r="F1567" s="2">
         <v>20</v>
       </c>
     </row>
-    <row r="1568" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1568" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1568" s="4" t="s">
         <v>160</v>
       </c>
       <c r="B1568" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1568" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1568" s="2">
         <v>58968.198733763704</v>
       </c>
       <c r="E1568" s="2">
         <v>4437222920</v>
       </c>
       <c r="F1568" s="2">
         <v>759</v>
       </c>
     </row>
-    <row r="1569" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1569" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1569" s="4" t="s">
         <v>160</v>
       </c>
       <c r="B1569" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1569" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1569" s="2">
         <v>1114.7038023946111</v>
       </c>
       <c r="E1569" s="2">
         <v>48442984</v>
       </c>
       <c r="F1569" s="2">
         <v>13</v>
       </c>
     </row>
-    <row r="1570" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1570" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1570" s="4" t="s">
         <v>160</v>
       </c>
       <c r="B1570" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1570" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1570" s="2">
         <v>111014.90131581997</v>
       </c>
       <c r="E1570" s="2">
         <v>3744507421</v>
       </c>
       <c r="F1570" s="2">
         <v>1309</v>
       </c>
     </row>
-    <row r="1571" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1571" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1571" s="4" t="s">
         <v>160</v>
       </c>
       <c r="B1571" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1571" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1571" s="2">
         <v>219.68855641831377</v>
       </c>
       <c r="E1571" s="2">
         <v>10588861</v>
       </c>
       <c r="F1571" s="2">
         <v>6</v>
       </c>
     </row>
-    <row r="1572" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1572" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1572" s="4" t="s">
         <v>160</v>
       </c>
       <c r="B1572" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1572" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1572" s="2">
         <v>16143.084487314169</v>
       </c>
       <c r="E1572" s="2">
         <v>507102713</v>
       </c>
       <c r="F1572" s="2">
         <v>56</v>
       </c>
     </row>
-    <row r="1573" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1573" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1573" s="4" t="s">
         <v>160</v>
       </c>
       <c r="B1573" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1573" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1573" s="2">
         <v>704.00224114746754</v>
       </c>
       <c r="E1573" s="2">
         <v>6282516</v>
       </c>
       <c r="F1573" s="2">
         <v>3</v>
       </c>
     </row>
-    <row r="1574" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1574" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1574" s="4" t="s">
         <v>160</v>
       </c>
       <c r="B1574" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1574" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D1574" s="2">
         <v>1697.4219370480291</v>
       </c>
       <c r="E1574" s="2">
         <v>25988752</v>
       </c>
       <c r="F1574" s="2">
         <v>3</v>
       </c>
     </row>
-    <row r="1575" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1575" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1575" s="4" t="s">
         <v>160</v>
       </c>
       <c r="B1575" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1575" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D1575" s="2">
         <v>198.99999981343279</v>
       </c>
       <c r="E1575" s="2">
         <v>5333199</v>
       </c>
       <c r="F1575" s="2">
         <v>2</v>
       </c>
     </row>
-    <row r="1576" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1576" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1576" s="4" t="s">
         <v>160</v>
       </c>
       <c r="B1576" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1576" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1576" s="2">
         <v>240</v>
       </c>
       <c r="E1576" s="2">
         <v>2400000</v>
       </c>
       <c r="F1576" s="2">
         <v>1</v>
       </c>
     </row>
-    <row r="1577" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1577" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1577" s="4" t="s">
         <v>161</v>
       </c>
       <c r="B1577" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1577" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1577" s="2">
         <v>244.28080157222172</v>
       </c>
       <c r="E1577" s="2">
         <v>138489670</v>
       </c>
       <c r="F1577" s="2">
         <v>48</v>
       </c>
     </row>
-    <row r="1578" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1578" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1578" s="4" t="s">
         <v>161</v>
       </c>
       <c r="B1578" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1578" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1578" s="2">
         <v>18544.011843560176</v>
       </c>
       <c r="E1578" s="2">
         <v>10794155548</v>
       </c>
       <c r="F1578" s="2">
         <v>170</v>
       </c>
     </row>
-    <row r="1579" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1579" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1579" s="4" t="s">
         <v>161</v>
       </c>
       <c r="B1579" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1579" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1579" s="2">
         <v>19435.57583308372</v>
       </c>
       <c r="E1579" s="2">
         <v>522720123</v>
       </c>
       <c r="F1579" s="2">
         <v>31</v>
       </c>
     </row>
-    <row r="1580" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1580" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1580" s="4" t="s">
         <v>161</v>
       </c>
       <c r="B1580" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1580" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1580" s="2">
         <v>1266.658163265306</v>
       </c>
       <c r="E1580" s="2">
         <v>37239750</v>
       </c>
       <c r="F1580" s="2">
         <v>7</v>
       </c>
     </row>
-    <row r="1581" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1581" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1581" s="4" t="s">
         <v>161</v>
       </c>
       <c r="B1581" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1581" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1581" s="2">
         <v>15345.448949273738</v>
       </c>
       <c r="E1581" s="2">
         <v>322075500</v>
       </c>
       <c r="F1581" s="2">
         <v>18</v>
       </c>
     </row>
-    <row r="1582" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1582" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1582" s="4" t="s">
         <v>161</v>
       </c>
       <c r="B1582" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1582" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1582" s="2">
         <v>59737.118178071483</v>
       </c>
       <c r="E1582" s="2">
         <v>7209555290</v>
       </c>
       <c r="F1582" s="2">
         <v>936</v>
       </c>
     </row>
-    <row r="1583" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1583" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1583" s="4" t="s">
         <v>161</v>
       </c>
       <c r="B1583" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1583" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1583" s="2">
         <v>688.14658698367668</v>
       </c>
       <c r="E1583" s="2">
         <v>124401549</v>
       </c>
       <c r="F1583" s="2">
         <v>40</v>
       </c>
     </row>
-    <row r="1584" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1584" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1584" s="4" t="s">
         <v>161</v>
       </c>
       <c r="B1584" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1584" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1584" s="2">
         <v>106485.44518532924</v>
       </c>
       <c r="E1584" s="2">
         <v>16916955602</v>
       </c>
       <c r="F1584" s="2">
         <v>1407</v>
       </c>
     </row>
-    <row r="1585" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1585" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1585" s="4" t="s">
         <v>161</v>
       </c>
       <c r="B1585" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1585" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1585" s="2">
         <v>184.7158357771261</v>
       </c>
       <c r="E1585" s="2">
         <v>7558572</v>
       </c>
       <c r="F1585" s="2">
         <v>18</v>
       </c>
     </row>
-    <row r="1586" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1586" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1586" s="4" t="s">
         <v>161</v>
       </c>
       <c r="B1586" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1586" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1586" s="2">
         <v>16206.691687448729</v>
       </c>
       <c r="E1586" s="2">
         <v>472583240</v>
       </c>
       <c r="F1586" s="2">
         <v>31</v>
       </c>
     </row>
-    <row r="1587" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1587" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1587" s="4" t="s">
         <v>162</v>
       </c>
       <c r="B1587" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1587" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1587" s="2">
         <v>247.8743071142797</v>
       </c>
       <c r="E1587" s="2">
         <v>85941786</v>
       </c>
       <c r="F1587" s="2">
         <v>27</v>
       </c>
     </row>
-    <row r="1588" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1588" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1588" s="4" t="s">
         <v>162</v>
       </c>
       <c r="B1588" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1588" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1588" s="2">
         <v>18771.823564894163</v>
       </c>
       <c r="E1588" s="2">
         <v>5938977748</v>
       </c>
       <c r="F1588" s="2">
         <v>137</v>
       </c>
     </row>
-    <row r="1589" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1589" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1589" s="4" t="s">
         <v>162</v>
       </c>
       <c r="B1589" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1589" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1589" s="2">
         <v>17930.66120102493</v>
       </c>
       <c r="E1589" s="2">
         <v>452576021</v>
       </c>
       <c r="F1589" s="2">
         <v>29</v>
       </c>
     </row>
-    <row r="1590" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1590" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1590" s="4" t="s">
         <v>162</v>
       </c>
       <c r="B1590" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1590" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1590" s="2">
         <v>16147.403598252209</v>
       </c>
       <c r="E1590" s="2">
         <v>253843805</v>
       </c>
       <c r="F1590" s="2">
         <v>16</v>
       </c>
     </row>
-    <row r="1591" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1591" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1591" s="4" t="s">
         <v>162</v>
       </c>
       <c r="B1591" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1591" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1591" s="2">
         <v>61760.875073266143</v>
       </c>
       <c r="E1591" s="2">
         <v>5826777015</v>
       </c>
       <c r="F1591" s="2">
         <v>804</v>
       </c>
     </row>
-    <row r="1592" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1592" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1592" s="4" t="s">
         <v>162</v>
       </c>
       <c r="B1592" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1592" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1592" s="2">
         <v>1147.4854416423327</v>
       </c>
       <c r="E1592" s="2">
         <v>33601628</v>
       </c>
       <c r="F1592" s="2">
         <v>16</v>
       </c>
     </row>
-    <row r="1593" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1593" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1593" s="4" t="s">
         <v>162</v>
       </c>
       <c r="B1593" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1593" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1593" s="2">
         <v>108470.57826907368</v>
       </c>
       <c r="E1593" s="2">
         <v>3635196726</v>
       </c>
       <c r="F1593" s="2">
         <v>1657</v>
       </c>
     </row>
-    <row r="1594" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1594" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1594" s="4" t="s">
         <v>162</v>
       </c>
       <c r="B1594" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1594" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1594" s="2">
         <v>226.20296829323138</v>
       </c>
       <c r="E1594" s="2">
         <v>10059246</v>
       </c>
       <c r="F1594" s="2">
         <v>8</v>
       </c>
     </row>
-    <row r="1595" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1595" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1595" s="4" t="s">
         <v>162</v>
       </c>
       <c r="B1595" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1595" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1595" s="2">
         <v>17667.631437805128</v>
       </c>
       <c r="E1595" s="2">
         <v>1284701820</v>
       </c>
       <c r="F1595" s="2">
         <v>82</v>
       </c>
     </row>
-    <row r="1596" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1596" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1596" s="4" t="s">
         <v>163</v>
       </c>
       <c r="B1596" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1596" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1596" s="2">
         <v>248.48902389715283</v>
       </c>
       <c r="E1596" s="2">
         <v>96829284</v>
       </c>
       <c r="F1596" s="2">
         <v>34</v>
       </c>
     </row>
-    <row r="1597" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1597" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1597" s="4" t="s">
         <v>163</v>
       </c>
       <c r="B1597" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1597" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1597" s="2">
         <v>16982.48229932148</v>
       </c>
       <c r="E1597" s="2">
         <v>9634502877</v>
       </c>
       <c r="F1597" s="2">
         <v>237</v>
       </c>
     </row>
-    <row r="1598" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1598" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1598" s="4" t="s">
         <v>163</v>
       </c>
       <c r="B1598" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1598" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1598" s="2">
         <v>15492.850774326322</v>
       </c>
       <c r="E1598" s="2">
         <v>561541227</v>
       </c>
       <c r="F1598" s="2">
         <v>29</v>
       </c>
     </row>
-    <row r="1599" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1599" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1599" s="4" t="s">
         <v>163</v>
       </c>
       <c r="B1599" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1599" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1599" s="2">
         <v>14004.584979220233</v>
       </c>
       <c r="E1599" s="2">
         <v>816493913</v>
       </c>
       <c r="F1599" s="2">
         <v>63</v>
       </c>
     </row>
-    <row r="1600" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1600" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1600" s="4" t="s">
         <v>163</v>
       </c>
       <c r="B1600" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1600" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1600" s="2">
         <v>684.91379310344826</v>
       </c>
       <c r="E1600" s="2">
         <v>3972500</v>
       </c>
       <c r="F1600" s="2">
         <v>3</v>
       </c>
     </row>
-    <row r="1601" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1601" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1601" s="4" t="s">
         <v>163</v>
       </c>
       <c r="B1601" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1601" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1601" s="2">
         <v>56213.141995215381</v>
       </c>
       <c r="E1601" s="2">
         <v>9985911151</v>
       </c>
       <c r="F1601" s="2">
         <v>946</v>
       </c>
     </row>
-    <row r="1602" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1602" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1602" s="4" t="s">
         <v>163</v>
       </c>
       <c r="B1602" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1602" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1602" s="2">
         <v>1147.7761703326905</v>
       </c>
       <c r="E1602" s="2">
         <v>152408144</v>
       </c>
       <c r="F1602" s="2">
         <v>20</v>
       </c>
     </row>
-    <row r="1603" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1603" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1603" s="4" t="s">
         <v>163</v>
       </c>
       <c r="B1603" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1603" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1603" s="2">
         <v>99557.077773938188</v>
       </c>
       <c r="E1603" s="2">
         <v>24469149427</v>
       </c>
       <c r="F1603" s="2">
         <v>1217</v>
       </c>
     </row>
-    <row r="1604" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1604" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1604" s="4" t="s">
         <v>163</v>
       </c>
       <c r="B1604" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1604" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1604" s="2">
         <v>17454.023016745174</v>
       </c>
       <c r="E1604" s="2">
         <v>2046034234</v>
       </c>
       <c r="F1604" s="2">
         <v>90</v>
       </c>
     </row>
-    <row r="1605" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1605" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1605" s="4" t="s">
         <v>164</v>
       </c>
       <c r="B1605" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1605" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1605" s="2">
         <v>247.24964877774656</v>
       </c>
       <c r="E1605" s="2">
         <v>87996150</v>
       </c>
       <c r="F1605" s="2">
         <v>30</v>
       </c>
     </row>
-    <row r="1606" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1606" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1606" s="4" t="s">
         <v>164</v>
       </c>
       <c r="B1606" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1606" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1606" s="2">
         <v>16443.959383051544</v>
       </c>
       <c r="E1606" s="2">
         <v>9954131483</v>
       </c>
       <c r="F1606" s="2">
         <v>200</v>
       </c>
     </row>
-    <row r="1607" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1607" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1607" s="4" t="s">
         <v>164</v>
       </c>
       <c r="B1607" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1607" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1607" s="2">
         <v>15692.831271716323</v>
       </c>
       <c r="E1607" s="2">
         <v>286490509</v>
       </c>
       <c r="F1607" s="2">
         <v>26</v>
       </c>
     </row>
-    <row r="1608" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1608" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1608" s="4" t="s">
         <v>164</v>
       </c>
       <c r="B1608" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1608" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1608" s="2">
         <v>15887.748280922597</v>
       </c>
       <c r="E1608" s="2">
         <v>641765891</v>
       </c>
       <c r="F1608" s="2">
         <v>46</v>
       </c>
     </row>
-    <row r="1609" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1609" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1609" s="4" t="s">
         <v>164</v>
       </c>
       <c r="B1609" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1609" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1609" s="2">
         <v>58571.729238197549</v>
       </c>
       <c r="E1609" s="2">
         <v>5191694642</v>
       </c>
       <c r="F1609" s="2">
         <v>900</v>
       </c>
     </row>
-    <row r="1610" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1610" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1610" s="4" t="s">
         <v>164</v>
       </c>
       <c r="B1610" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1610" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1610" s="2">
         <v>1125.9241898978883</v>
       </c>
       <c r="E1610" s="2">
         <v>71414033</v>
       </c>
       <c r="F1610" s="2">
         <v>19</v>
       </c>
     </row>
-    <row r="1611" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1611" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1611" s="4" t="s">
         <v>164</v>
       </c>
       <c r="B1611" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1611" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1611" s="2">
         <v>113008.40678399974</v>
       </c>
       <c r="E1611" s="2">
         <v>3694382349</v>
       </c>
       <c r="F1611" s="2">
         <v>1557</v>
       </c>
     </row>
-    <row r="1612" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1612" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1612" s="4" t="s">
         <v>164</v>
       </c>
       <c r="B1612" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1612" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1612" s="2">
         <v>18365.350390033764</v>
       </c>
       <c r="E1612" s="2">
         <v>315479989</v>
       </c>
       <c r="F1612" s="2">
         <v>40</v>
       </c>
     </row>
-    <row r="1613" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1613" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1613" s="4" t="s">
         <v>165</v>
       </c>
       <c r="B1613" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1613" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1613" s="2">
         <v>247.70929671711897</v>
       </c>
       <c r="E1613" s="2">
         <v>131694361</v>
       </c>
       <c r="F1613" s="2">
         <v>28</v>
       </c>
     </row>
-    <row r="1614" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1614" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1614" s="4" t="s">
         <v>165</v>
       </c>
       <c r="B1614" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1614" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1614" s="2">
         <v>17445.573186196612</v>
       </c>
       <c r="E1614" s="2">
         <v>5019039854</v>
       </c>
       <c r="F1614" s="2">
         <v>150</v>
       </c>
     </row>
-    <row r="1615" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1615" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1615" s="4" t="s">
         <v>165</v>
       </c>
       <c r="B1615" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1615" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1615" s="2">
         <v>18857.822733748177</v>
       </c>
       <c r="E1615" s="2">
         <v>636713641</v>
       </c>
       <c r="F1615" s="2">
         <v>23</v>
       </c>
     </row>
-    <row r="1616" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1616" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1616" s="4" t="s">
         <v>165</v>
       </c>
       <c r="B1616" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1616" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1616" s="2">
         <v>16082.370414496623</v>
       </c>
       <c r="E1616" s="2">
         <v>682598007</v>
       </c>
       <c r="F1616" s="2">
         <v>42</v>
       </c>
     </row>
-    <row r="1617" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1617" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1617" s="4" t="s">
         <v>165</v>
       </c>
       <c r="B1617" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1617" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1617" s="2">
         <v>60384.623713021378</v>
       </c>
       <c r="E1617" s="2">
         <v>4490812074</v>
       </c>
       <c r="F1617" s="2">
         <v>971</v>
       </c>
     </row>
-    <row r="1618" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1618" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1618" s="4" t="s">
         <v>165</v>
       </c>
       <c r="B1618" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1618" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1618" s="2">
         <v>1158.4438233439073</v>
       </c>
       <c r="E1618" s="2">
         <v>180196414</v>
       </c>
       <c r="F1618" s="2">
         <v>28</v>
       </c>
     </row>
-    <row r="1619" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1619" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1619" s="4" t="s">
         <v>165</v>
       </c>
       <c r="B1619" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1619" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1619" s="2">
         <v>106886.54336213715</v>
       </c>
       <c r="E1619" s="2">
         <v>20779090342</v>
       </c>
       <c r="F1619" s="2">
         <v>1188</v>
       </c>
     </row>
-    <row r="1620" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1620" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1620" s="4" t="s">
         <v>165</v>
       </c>
       <c r="B1620" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1620" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1620" s="2">
         <v>236.92694827622853</v>
       </c>
       <c r="E1620" s="2">
         <v>7134041</v>
       </c>
       <c r="F1620" s="2">
         <v>6</v>
       </c>
     </row>
-    <row r="1621" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1621" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1621" s="4" t="s">
         <v>165</v>
       </c>
       <c r="B1621" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1621" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1621" s="2">
         <v>18436.362545018008</v>
       </c>
       <c r="E1621" s="2">
         <v>230362350</v>
       </c>
       <c r="F1621" s="2">
         <v>22</v>
       </c>
     </row>
-    <row r="1622" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1622" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1622" s="4" t="s">
         <v>166</v>
       </c>
       <c r="B1622" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1622" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1622" s="2">
         <v>248.50659107205757</v>
       </c>
       <c r="E1622" s="2">
         <v>88499201</v>
       </c>
       <c r="F1622" s="2">
         <v>16</v>
       </c>
     </row>
-    <row r="1623" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1623" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1623" s="4" t="s">
         <v>166</v>
       </c>
       <c r="B1623" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1623" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1623" s="2">
         <v>17281.4517167905</v>
       </c>
       <c r="E1623" s="2">
         <v>3743771734</v>
       </c>
       <c r="F1623" s="2">
         <v>149</v>
       </c>
     </row>
-    <row r="1624" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1624" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1624" s="4" t="s">
         <v>166</v>
       </c>
       <c r="B1624" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1624" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1624" s="2">
         <v>20428.271489641735</v>
       </c>
       <c r="E1624" s="2">
         <v>727073458</v>
       </c>
       <c r="F1624" s="2">
         <v>29</v>
       </c>
     </row>
-    <row r="1625" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1625" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1625" s="4" t="s">
         <v>166</v>
       </c>
       <c r="B1625" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1625" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1625" s="2">
         <v>15897.466761716318</v>
       </c>
       <c r="E1625" s="2">
         <v>355627333</v>
       </c>
       <c r="F1625" s="2">
         <v>25</v>
       </c>
     </row>
-    <row r="1626" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1626" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1626" s="4" t="s">
         <v>166</v>
       </c>
       <c r="B1626" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1626" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1626" s="2">
         <v>61077.969629864194</v>
       </c>
       <c r="E1626" s="2">
         <v>6723148101</v>
       </c>
       <c r="F1626" s="2">
         <v>1138</v>
       </c>
     </row>
-    <row r="1627" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1627" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1627" s="4" t="s">
         <v>166</v>
       </c>
       <c r="B1627" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1627" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1627" s="2">
         <v>1120.2495223626361</v>
       </c>
       <c r="E1627" s="2">
         <v>25112172</v>
       </c>
       <c r="F1627" s="2">
         <v>13</v>
       </c>
     </row>
-    <row r="1628" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1628" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1628" s="4" t="s">
         <v>166</v>
       </c>
       <c r="B1628" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1628" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1628" s="2">
         <v>109708.52140696079</v>
       </c>
       <c r="E1628" s="2">
         <v>26560262765</v>
       </c>
       <c r="F1628" s="2">
         <v>1218</v>
       </c>
     </row>
-    <row r="1629" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1629" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1629" s="4" t="s">
         <v>166</v>
       </c>
       <c r="B1629" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1629" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1629" s="2">
         <v>222.12233801540552</v>
       </c>
       <c r="E1629" s="2">
         <v>9804480</v>
       </c>
       <c r="F1629" s="2">
         <v>5</v>
       </c>
     </row>
-    <row r="1630" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1630" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1630" s="4" t="s">
         <v>166</v>
       </c>
       <c r="B1630" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1630" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1630" s="2">
         <v>16977.501808634774</v>
       </c>
       <c r="E1630" s="2">
         <v>581988762</v>
       </c>
       <c r="F1630" s="2">
         <v>63</v>
       </c>
     </row>
-    <row r="1631" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1631" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1631" s="4" t="s">
         <v>167</v>
       </c>
       <c r="B1631" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1631" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1631" s="2">
         <v>251.35190425189288</v>
       </c>
       <c r="E1631" s="2">
         <v>61482390</v>
       </c>
       <c r="F1631" s="2">
         <v>19</v>
       </c>
     </row>
-    <row r="1632" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1632" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1632" s="4" t="s">
         <v>167</v>
       </c>
       <c r="B1632" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1632" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1632" s="2">
         <v>18160.366401690848</v>
       </c>
       <c r="E1632" s="2">
         <v>2846219854</v>
       </c>
       <c r="F1632" s="2">
         <v>56</v>
       </c>
     </row>
-    <row r="1633" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1633" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1633" s="4" t="s">
         <v>167</v>
       </c>
       <c r="B1633" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1633" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1633" s="2">
         <v>19133.762233780402</v>
       </c>
       <c r="E1633" s="2">
         <v>462380184</v>
       </c>
       <c r="F1633" s="2">
         <v>19</v>
       </c>
     </row>
-    <row r="1634" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1634" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1634" s="4" t="s">
         <v>167</v>
       </c>
       <c r="B1634" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1634" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1634" s="2">
         <v>15734.153956823116</v>
       </c>
       <c r="E1634" s="2">
         <v>148734564</v>
       </c>
       <c r="F1634" s="2">
         <v>13</v>
       </c>
     </row>
-    <row r="1635" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1635" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1635" s="4" t="s">
         <v>167</v>
       </c>
       <c r="B1635" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1635" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1635" s="2">
         <v>60956.732339405018</v>
       </c>
       <c r="E1635" s="2">
         <v>4971595308</v>
       </c>
       <c r="F1635" s="2">
         <v>735</v>
       </c>
     </row>
-    <row r="1636" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1636" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1636" s="4" t="s">
         <v>167</v>
       </c>
       <c r="B1636" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1636" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1636" s="2">
         <v>1139.0221960721897</v>
       </c>
       <c r="E1636" s="2">
         <v>37083632</v>
       </c>
       <c r="F1636" s="2">
         <v>8</v>
       </c>
     </row>
-    <row r="1637" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1637" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1637" s="4" t="s">
         <v>167</v>
       </c>
       <c r="B1637" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1637" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1637" s="2">
         <v>99976.704620776145</v>
       </c>
       <c r="E1637" s="2">
         <v>15517689853</v>
       </c>
       <c r="F1637" s="2">
         <v>760</v>
       </c>
     </row>
-    <row r="1638" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1638" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1638" s="4" t="s">
         <v>167</v>
       </c>
       <c r="B1638" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1638" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1638" s="2">
         <v>16837.473603941813</v>
       </c>
       <c r="E1638" s="2">
         <v>574090500</v>
       </c>
       <c r="F1638" s="2">
         <v>32</v>
       </c>
     </row>
-    <row r="1639" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1639" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1639" s="4" t="s">
         <v>168</v>
       </c>
       <c r="B1639" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1639" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1639" s="2">
         <v>7.7608699256925515</v>
       </c>
       <c r="E1639" s="2">
         <v>74885410</v>
       </c>
       <c r="F1639" s="2">
         <v>15</v>
       </c>
     </row>
-    <row r="1640" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1640" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1640" s="4" t="s">
         <v>168</v>
       </c>
       <c r="B1640" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1640" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1640" s="2">
         <v>3856.0840904991228</v>
       </c>
       <c r="E1640" s="2">
         <v>2441660338</v>
       </c>
       <c r="F1640" s="2">
         <v>70</v>
       </c>
     </row>
-    <row r="1641" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1641" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1641" s="4" t="s">
         <v>168</v>
       </c>
       <c r="B1641" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1641" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1641" s="2">
         <v>16791.380181704924</v>
       </c>
       <c r="E1641" s="2">
         <v>85719660</v>
       </c>
       <c r="F1641" s="2">
         <v>9</v>
       </c>
     </row>
-    <row r="1642" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1642" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1642" s="4" t="s">
         <v>168</v>
       </c>
       <c r="B1642" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1642" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1642" s="2">
         <v>15413.422279461052</v>
       </c>
       <c r="E1642" s="2">
         <v>204654797</v>
       </c>
       <c r="F1642" s="2">
         <v>10</v>
       </c>
     </row>
-    <row r="1643" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1643" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1643" s="4" t="s">
         <v>168</v>
       </c>
       <c r="B1643" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1643" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1643" s="2">
         <v>53866.119693931454</v>
       </c>
       <c r="E1643" s="2">
         <v>6976860429</v>
       </c>
       <c r="F1643" s="2">
         <v>790</v>
       </c>
     </row>
-    <row r="1644" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1644" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1644" s="4" t="s">
         <v>168</v>
       </c>
       <c r="B1644" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1644" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1644" s="2">
         <v>1175.6500669125185</v>
       </c>
       <c r="E1644" s="2">
         <v>103292020</v>
       </c>
       <c r="F1644" s="2">
         <v>19</v>
       </c>
     </row>
-    <row r="1645" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1645" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1645" s="4" t="s">
         <v>168</v>
       </c>
       <c r="B1645" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1645" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1645" s="2">
         <v>105240.12049678736</v>
       </c>
       <c r="E1645" s="2">
         <v>3295422411</v>
       </c>
       <c r="F1645" s="2">
         <v>1015</v>
       </c>
     </row>
-    <row r="1646" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1646" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1646" s="4" t="s">
         <v>168</v>
       </c>
       <c r="B1646" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1646" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1646" s="2">
         <v>16910.044367018698</v>
       </c>
       <c r="E1646" s="2">
         <v>742765582</v>
       </c>
       <c r="F1646" s="2">
         <v>46</v>
       </c>
     </row>
-    <row r="1647" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1647" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1647" s="4" t="s">
         <v>169</v>
       </c>
       <c r="B1647" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1647" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1647" s="2">
         <v>240.72095989997234</v>
       </c>
       <c r="E1647" s="2">
         <v>155143171</v>
       </c>
       <c r="F1647" s="2">
         <v>32</v>
       </c>
     </row>
-    <row r="1648" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1648" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1648" s="4" t="s">
         <v>169</v>
       </c>
       <c r="B1648" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1648" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D1648" s="2">
         <v>203.71291098636729</v>
       </c>
       <c r="E1648" s="2">
         <v>2540300</v>
       </c>
       <c r="F1648" s="2">
         <v>3</v>
       </c>
     </row>
-    <row r="1649" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1649" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1649" s="4" t="s">
         <v>169</v>
       </c>
       <c r="B1649" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1649" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1649" s="2">
         <v>17276.736434367725</v>
       </c>
       <c r="E1649" s="2">
         <v>4305715735</v>
       </c>
       <c r="F1649" s="2">
         <v>143</v>
       </c>
     </row>
-    <row r="1650" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1650" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1650" s="4" t="s">
         <v>169</v>
       </c>
       <c r="B1650" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1650" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1650" s="2">
         <v>20500.717870648958</v>
       </c>
       <c r="E1650" s="2">
         <v>347975290</v>
       </c>
       <c r="F1650" s="2">
         <v>24</v>
       </c>
     </row>
-    <row r="1651" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1651" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1651" s="4" t="s">
         <v>169</v>
       </c>
       <c r="B1651" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1651" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1651" s="2">
         <v>239.9221183800623</v>
       </c>
       <c r="E1651" s="2">
         <v>7701500</v>
       </c>
       <c r="F1651" s="2">
         <v>3</v>
       </c>
     </row>
-    <row r="1652" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1652" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1652" s="4" t="s">
         <v>169</v>
       </c>
       <c r="B1652" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1652" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1652" s="2">
         <v>704.32159603547314</v>
       </c>
       <c r="E1652" s="2">
         <v>202132628</v>
       </c>
       <c r="F1652" s="2">
         <v>22</v>
       </c>
     </row>
-    <row r="1653" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1653" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1653" s="4" t="s">
         <v>169</v>
       </c>
       <c r="B1653" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1653" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1653" s="2">
         <v>53687.337035446195</v>
       </c>
       <c r="E1653" s="2">
         <v>10525809859</v>
       </c>
       <c r="F1653" s="2">
         <v>1202</v>
       </c>
     </row>
-    <row r="1654" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1654" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1654" s="4" t="s">
         <v>169</v>
       </c>
       <c r="B1654" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1654" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1654" s="2">
         <v>1125.7350037786796</v>
       </c>
       <c r="E1654" s="2">
         <v>76283279</v>
       </c>
       <c r="F1654" s="2">
         <v>21</v>
       </c>
     </row>
-    <row r="1655" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1655" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1655" s="4" t="s">
         <v>169</v>
       </c>
       <c r="B1655" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1655" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1655" s="2">
         <v>104126.88643070337</v>
       </c>
       <c r="E1655" s="2">
         <v>6537010334</v>
       </c>
       <c r="F1655" s="2">
         <v>1248</v>
       </c>
     </row>
-    <row r="1656" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1656" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1656" s="4" t="s">
         <v>169</v>
       </c>
       <c r="B1656" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1656" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1656" s="2">
         <v>219.86091370558376</v>
       </c>
       <c r="E1656" s="2">
         <v>4331260</v>
       </c>
       <c r="F1656" s="2">
         <v>5</v>
       </c>
     </row>
-    <row r="1657" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1657" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1657" s="4" t="s">
         <v>169</v>
       </c>
       <c r="B1657" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1657" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1657" s="2">
         <v>15882.823829130373</v>
       </c>
       <c r="E1657" s="2">
         <v>911220792</v>
       </c>
       <c r="F1657" s="2">
         <v>54</v>
       </c>
     </row>
-    <row r="1658" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1658" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1658" s="4" t="s">
         <v>170</v>
       </c>
       <c r="B1658" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1658" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1658" s="2">
         <v>244.06660269351613</v>
       </c>
       <c r="E1658" s="2">
         <v>125644554</v>
       </c>
       <c r="F1658" s="2">
         <v>27</v>
       </c>
     </row>
-    <row r="1659" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1659" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1659" s="4" t="s">
         <v>170</v>
       </c>
       <c r="B1659" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1659" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1659" s="2">
         <v>16810.922338504024</v>
       </c>
       <c r="E1659" s="2">
         <v>1982177803</v>
       </c>
       <c r="F1659" s="2">
         <v>125</v>
       </c>
     </row>
-    <row r="1660" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1660" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1660" s="4" t="s">
         <v>170</v>
       </c>
       <c r="B1660" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1660" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1660" s="2">
         <v>17773.959726882676</v>
       </c>
       <c r="E1660" s="2">
         <v>286643048</v>
       </c>
       <c r="F1660" s="2">
         <v>24</v>
       </c>
     </row>
-    <row r="1661" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1661" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1661" s="4" t="s">
         <v>170</v>
       </c>
       <c r="B1661" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1661" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1661" s="2">
         <v>16424.822564507289</v>
       </c>
       <c r="E1661" s="2">
         <v>421230014</v>
       </c>
       <c r="F1661" s="2">
         <v>31</v>
       </c>
     </row>
-    <row r="1662" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1662" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1662" s="4" t="s">
         <v>170</v>
       </c>
       <c r="B1662" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1662" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1662" s="2">
         <v>55495.162889571271</v>
       </c>
       <c r="E1662" s="2">
         <v>8218821526</v>
       </c>
       <c r="F1662" s="2">
         <v>1027</v>
       </c>
     </row>
-    <row r="1663" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1663" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1663" s="4" t="s">
         <v>170</v>
       </c>
       <c r="B1663" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1663" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1663" s="2">
         <v>1149.8130703925533</v>
       </c>
       <c r="E1663" s="2">
         <v>108880016</v>
       </c>
       <c r="F1663" s="2">
         <v>19</v>
       </c>
     </row>
-    <row r="1664" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1664" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1664" s="4" t="s">
         <v>170</v>
       </c>
       <c r="B1664" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1664" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1664" s="2">
         <v>135109.36271900919</v>
       </c>
       <c r="E1664" s="2">
         <v>21005652854</v>
       </c>
       <c r="F1664" s="2">
         <v>1266</v>
       </c>
     </row>
-    <row r="1665" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1665" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1665" s="4" t="s">
         <v>170</v>
       </c>
       <c r="B1665" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1665" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1665" s="2">
         <v>16641.19178202311</v>
       </c>
       <c r="E1665" s="2">
         <v>920431806</v>
       </c>
       <c r="F1665" s="2">
         <v>86</v>
       </c>
     </row>
-    <row r="1666" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1666" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1666" s="4" t="s">
         <v>171</v>
       </c>
       <c r="B1666" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1666" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1666" s="2">
         <v>238.35516912778229</v>
       </c>
       <c r="E1666" s="2">
         <v>35679621</v>
       </c>
       <c r="F1666" s="2">
         <v>15</v>
       </c>
     </row>
-    <row r="1667" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1667" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1667" s="4" t="s">
         <v>171</v>
       </c>
       <c r="B1667" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1667" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1667" s="2">
         <v>16915.225744305892</v>
       </c>
       <c r="E1667" s="2">
         <v>2643439911</v>
       </c>
       <c r="F1667" s="2">
         <v>127</v>
       </c>
     </row>
-    <row r="1668" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1668" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1668" s="4" t="s">
         <v>171</v>
       </c>
       <c r="B1668" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1668" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1668" s="2">
         <v>19477.138171765553</v>
       </c>
       <c r="E1668" s="2">
         <v>503472725</v>
       </c>
       <c r="F1668" s="2">
         <v>26</v>
       </c>
     </row>
-    <row r="1669" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1669" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1669" s="4" t="s">
         <v>171</v>
       </c>
       <c r="B1669" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1669" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1669" s="2">
         <v>16640.166019243141</v>
       </c>
       <c r="E1669" s="2">
         <v>585665952</v>
       </c>
       <c r="F1669" s="2">
         <v>30</v>
       </c>
     </row>
-    <row r="1670" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1670" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1670" s="4" t="s">
         <v>171</v>
       </c>
       <c r="B1670" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1670" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1670" s="2">
         <v>717.46942629567013</v>
       </c>
       <c r="E1670" s="2">
         <v>11777440</v>
       </c>
       <c r="F1670" s="2">
         <v>8</v>
       </c>
     </row>
-    <row r="1671" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1671" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1671" s="4" t="s">
         <v>171</v>
       </c>
       <c r="B1671" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1671" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1671" s="2">
         <v>54919.521937318466</v>
       </c>
       <c r="E1671" s="2">
         <v>6872233335</v>
       </c>
       <c r="F1671" s="2">
         <v>1049</v>
       </c>
     </row>
-    <row r="1672" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1672" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1672" s="4" t="s">
         <v>171</v>
       </c>
       <c r="B1672" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1672" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1672" s="2">
         <v>1167.8999962042942</v>
       </c>
       <c r="E1672" s="2">
         <v>100553027</v>
       </c>
       <c r="F1672" s="2">
         <v>21</v>
       </c>
     </row>
-    <row r="1673" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1673" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1673" s="4" t="s">
         <v>171</v>
       </c>
       <c r="B1673" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1673" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1673" s="2">
         <v>17781.016288349463</v>
       </c>
       <c r="E1673" s="2">
         <v>16841518597</v>
       </c>
       <c r="F1673" s="2">
         <v>1441</v>
       </c>
     </row>
-    <row r="1674" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1674" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1674" s="4" t="s">
         <v>171</v>
       </c>
       <c r="B1674" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1674" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1674" s="2">
         <v>223.12637052050897</v>
       </c>
       <c r="E1674" s="2">
         <v>13589666</v>
       </c>
       <c r="F1674" s="2">
         <v>3</v>
       </c>
     </row>
-    <row r="1675" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1675" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1675" s="4" t="s">
         <v>171</v>
       </c>
       <c r="B1675" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1675" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1675" s="2">
         <v>15982.507414408738</v>
       </c>
       <c r="E1675" s="2">
         <v>760927178</v>
       </c>
       <c r="F1675" s="2">
         <v>72</v>
       </c>
     </row>
-    <row r="1676" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1676" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1676" s="4" t="s">
         <v>172</v>
       </c>
       <c r="B1676" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1676" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1676" s="2">
         <v>232.0280367511084</v>
       </c>
       <c r="E1676" s="2">
         <v>130640434</v>
       </c>
       <c r="F1676" s="2">
         <v>29</v>
       </c>
     </row>
-    <row r="1677" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1677" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1677" s="4" t="s">
         <v>172</v>
       </c>
       <c r="B1677" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1677" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1677" s="2">
         <v>18042.633364466579</v>
       </c>
       <c r="E1677" s="2">
         <v>9958036241</v>
       </c>
       <c r="F1677" s="2">
         <v>90</v>
       </c>
     </row>
-    <row r="1678" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1678" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1678" s="4" t="s">
         <v>172</v>
       </c>
       <c r="B1678" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1678" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1678" s="2">
         <v>15631.562571050239</v>
       </c>
       <c r="E1678" s="2">
         <v>365280652</v>
       </c>
       <c r="F1678" s="2">
         <v>17</v>
       </c>
     </row>
-    <row r="1679" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1679" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1679" s="4" t="s">
         <v>172</v>
       </c>
       <c r="B1679" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1679" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1679" s="2">
         <v>15825.361762747467</v>
       </c>
       <c r="E1679" s="2">
         <v>109089441</v>
       </c>
       <c r="F1679" s="2">
         <v>9</v>
       </c>
     </row>
-    <row r="1680" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1680" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1680" s="4" t="s">
         <v>172</v>
       </c>
       <c r="B1680" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1680" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1680" s="2">
         <v>94333.627007117</v>
       </c>
       <c r="E1680" s="2">
         <v>27721957394</v>
       </c>
       <c r="F1680" s="2">
         <v>1062</v>
       </c>
     </row>
-    <row r="1681" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1681" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1681" s="4" t="s">
         <v>172</v>
       </c>
       <c r="B1681" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1681" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1681" s="2">
         <v>53851.71192373833</v>
       </c>
       <c r="E1681" s="2">
         <v>9107923936</v>
       </c>
       <c r="F1681" s="2">
         <v>1145</v>
       </c>
     </row>
-    <row r="1682" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1682" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1682" s="4" t="s">
         <v>172</v>
       </c>
       <c r="B1682" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1682" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1682" s="2">
         <v>1150.7632355385574</v>
       </c>
       <c r="E1682" s="2">
         <v>39649049</v>
       </c>
       <c r="F1682" s="2">
         <v>13</v>
       </c>
     </row>
-    <row r="1683" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1683" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1683" s="4" t="s">
         <v>172</v>
       </c>
       <c r="B1683" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1683" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1683" s="2">
         <v>233.65467091295116</v>
       </c>
       <c r="E1683" s="2">
         <v>4402054</v>
       </c>
       <c r="F1683" s="2">
         <v>5</v>
       </c>
     </row>
-    <row r="1684" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1684" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1684" s="4" t="s">
         <v>172</v>
       </c>
       <c r="B1684" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1684" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1684" s="2">
         <v>15930.002029341897</v>
       </c>
       <c r="E1684" s="2">
         <v>667236100</v>
       </c>
       <c r="F1684" s="2">
         <v>27</v>
       </c>
     </row>
-    <row r="1685" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1685" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1685" s="4" t="s">
         <v>174</v>
       </c>
       <c r="B1685" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1685" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1685" s="2">
         <v>224.61214594244808</v>
       </c>
       <c r="E1685" s="2">
         <v>179747341</v>
       </c>
       <c r="F1685" s="2">
         <v>27</v>
       </c>
     </row>
-    <row r="1686" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1686" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1686" s="4" t="s">
         <v>174</v>
       </c>
       <c r="B1686" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1686" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1686" s="2">
         <v>16052.277121224401</v>
       </c>
       <c r="E1686" s="2">
         <v>2556464674</v>
       </c>
       <c r="F1686" s="2">
         <v>67</v>
       </c>
     </row>
-    <row r="1687" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1687" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1687" s="4" t="s">
         <v>174</v>
       </c>
       <c r="B1687" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1687" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1687" s="2">
         <v>14890.487493713124</v>
       </c>
       <c r="E1687" s="2">
         <v>72831459</v>
       </c>
       <c r="F1687" s="2">
         <v>14</v>
       </c>
     </row>
-    <row r="1688" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1688" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1688" s="4" t="s">
         <v>174</v>
       </c>
       <c r="B1688" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1688" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1688" s="2">
         <v>57311.042432112634</v>
       </c>
       <c r="E1688" s="2">
         <v>826002391</v>
       </c>
       <c r="F1688" s="2">
         <v>15</v>
       </c>
     </row>
-    <row r="1689" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1689" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1689" s="4" t="s">
         <v>174</v>
       </c>
       <c r="B1689" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1689" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1689" s="2">
         <v>52772.001956748296</v>
       </c>
       <c r="E1689" s="2">
         <v>3581945650</v>
       </c>
       <c r="F1689" s="2">
         <v>738</v>
       </c>
     </row>
-    <row r="1690" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1690" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1690" s="4" t="s">
         <v>174</v>
       </c>
       <c r="B1690" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1690" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1690" s="2">
         <v>1014.663476460647</v>
       </c>
       <c r="E1690" s="2">
         <v>13256141</v>
       </c>
       <c r="F1690" s="2">
         <v>32</v>
       </c>
     </row>
-    <row r="1691" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1691" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1691" s="4" t="s">
         <v>174</v>
       </c>
       <c r="B1691" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1691" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1691" s="2">
         <v>101062.81341446174</v>
       </c>
       <c r="E1691" s="2">
         <v>12111157450</v>
       </c>
       <c r="F1691" s="2">
         <v>1057</v>
       </c>
     </row>
-    <row r="1692" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1692" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1692" s="4" t="s">
         <v>174</v>
       </c>
       <c r="B1692" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1692" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1692" s="2">
         <v>15681.156467420897</v>
       </c>
       <c r="E1692" s="2">
         <v>1036775341</v>
       </c>
       <c r="F1692" s="2">
         <v>89</v>
       </c>
     </row>
-    <row r="1693" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1693" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1693" s="4" t="s">
         <v>173</v>
       </c>
       <c r="B1693" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1693" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1693" s="2">
         <v>222.00689386551863</v>
       </c>
       <c r="E1693" s="2">
         <v>36125870</v>
       </c>
       <c r="F1693" s="2">
         <v>13</v>
       </c>
     </row>
-    <row r="1694" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1694" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1694" s="4" t="s">
         <v>173</v>
       </c>
       <c r="B1694" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1694" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1694" s="2">
         <v>14902.364480999431</v>
       </c>
       <c r="E1694" s="2">
         <v>833095823</v>
       </c>
       <c r="F1694" s="2">
         <v>82</v>
       </c>
     </row>
-    <row r="1695" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1695" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1695" s="4" t="s">
         <v>173</v>
       </c>
       <c r="B1695" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1695" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1695" s="2">
         <v>194.63407894736841</v>
       </c>
       <c r="E1695" s="2">
         <v>29584380</v>
       </c>
       <c r="F1695" s="2">
         <v>4</v>
       </c>
     </row>
-    <row r="1696" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1696" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1696" s="4" t="s">
         <v>173</v>
       </c>
       <c r="B1696" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1696" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1696" s="2">
         <v>16885.407819668184</v>
       </c>
       <c r="E1696" s="2">
         <v>1675276281</v>
       </c>
       <c r="F1696" s="2">
         <v>26</v>
       </c>
     </row>
-    <row r="1697" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1697" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1697" s="4" t="s">
         <v>173</v>
       </c>
       <c r="B1697" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1697" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1697" s="2">
         <v>16036.351848729768</v>
       </c>
       <c r="E1697" s="2">
         <v>369346706</v>
       </c>
       <c r="F1697" s="2">
         <v>35</v>
       </c>
     </row>
-    <row r="1698" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1698" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1698" s="4" t="s">
         <v>173</v>
       </c>
       <c r="B1698" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1698" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1698" s="2">
         <v>51871.981218705805</v>
       </c>
       <c r="E1698" s="2">
         <v>10098375576</v>
       </c>
       <c r="F1698" s="2">
         <v>1324</v>
       </c>
     </row>
-    <row r="1699" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1699" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1699" s="4" t="s">
         <v>173</v>
       </c>
       <c r="B1699" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1699" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1699" s="2">
         <v>1052.6571965141632</v>
       </c>
       <c r="E1699" s="2">
         <v>81767212</v>
       </c>
       <c r="F1699" s="2">
         <v>24</v>
       </c>
     </row>
-    <row r="1700" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1700" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1700" s="4" t="s">
         <v>173</v>
       </c>
       <c r="B1700" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1700" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1700" s="2">
         <v>104207.47520332053</v>
       </c>
       <c r="E1700" s="2">
         <v>20257000210</v>
       </c>
       <c r="F1700" s="2">
         <v>1663</v>
       </c>
     </row>
-    <row r="1701" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1701" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1701" s="4" t="s">
         <v>173</v>
       </c>
       <c r="B1701" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1701" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1701" s="2">
         <v>15707.622789783891</v>
       </c>
       <c r="E1701" s="2">
         <v>399759000</v>
       </c>
       <c r="F1701" s="2">
         <v>24</v>
       </c>
     </row>
-    <row r="1702" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1702" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1702" s="4" t="s">
         <v>175</v>
       </c>
       <c r="B1702" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1702" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1702" s="2">
         <v>226.25829665201039</v>
       </c>
       <c r="E1702" s="2">
         <v>165844136</v>
       </c>
       <c r="F1702" s="2">
         <v>26</v>
       </c>
     </row>
-    <row r="1703" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1703" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1703" s="4" t="s">
         <v>175</v>
       </c>
       <c r="B1703" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1703" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1703" s="2">
         <v>16120.537876180413</v>
       </c>
       <c r="E1703" s="2">
         <v>2648949143</v>
       </c>
       <c r="F1703" s="2">
         <v>78</v>
       </c>
     </row>
-    <row r="1704" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1704" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1704" s="4" t="s">
         <v>175</v>
       </c>
       <c r="B1704" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1704" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1704" s="2">
         <v>193.72380019588638</v>
       </c>
       <c r="E1704" s="2">
         <v>14834400</v>
       </c>
       <c r="F1704" s="2">
         <v>6</v>
       </c>
     </row>
-    <row r="1705" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1705" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1705" s="4" t="s">
         <v>175</v>
       </c>
       <c r="B1705" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1705" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1705" s="2">
         <v>5019.7946015879952</v>
       </c>
       <c r="E1705" s="2">
         <v>114380839</v>
       </c>
       <c r="F1705" s="2">
         <v>13</v>
       </c>
     </row>
-    <row r="1706" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1706" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1706" s="4" t="s">
         <v>175</v>
       </c>
       <c r="B1706" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1706" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1706" s="2">
         <v>232.34497107765563</v>
       </c>
       <c r="E1706" s="2">
         <v>19361355</v>
       </c>
       <c r="F1706" s="2">
         <v>15</v>
       </c>
     </row>
-    <row r="1707" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1707" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1707" s="4" t="s">
         <v>175</v>
       </c>
       <c r="B1707" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1707" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1707" s="2">
         <v>16027.866214294712</v>
       </c>
       <c r="E1707" s="2">
         <v>364752226</v>
       </c>
       <c r="F1707" s="2">
         <v>12</v>
       </c>
     </row>
-    <row r="1708" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1708" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1708" s="4" t="s">
         <v>175</v>
       </c>
       <c r="B1708" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1708" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1708" s="2">
         <v>706.29638082817087</v>
       </c>
       <c r="E1708" s="2">
         <v>4332422</v>
       </c>
       <c r="F1708" s="2">
         <v>4</v>
       </c>
     </row>
-    <row r="1709" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1709" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1709" s="4" t="s">
         <v>175</v>
       </c>
       <c r="B1709" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1709" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1709" s="2">
         <v>52073.296485160448</v>
       </c>
       <c r="E1709" s="2">
         <v>10420988650</v>
       </c>
       <c r="F1709" s="2">
         <v>1405</v>
       </c>
     </row>
-    <row r="1710" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1710" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1710" s="4" t="s">
         <v>175</v>
       </c>
       <c r="B1710" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1710" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1710" s="2">
         <v>1145.6431877400191</v>
       </c>
       <c r="E1710" s="2">
         <v>221768910</v>
       </c>
       <c r="F1710" s="2">
         <v>36</v>
       </c>
     </row>
-    <row r="1711" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1711" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1711" s="4" t="s">
         <v>175</v>
       </c>
       <c r="B1711" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1711" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1711" s="2">
         <v>108057.63325744981</v>
       </c>
       <c r="E1711" s="2">
         <v>5424220344</v>
       </c>
       <c r="F1711" s="2">
         <v>1459</v>
       </c>
     </row>
-    <row r="1712" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1712" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1712" s="4" t="s">
         <v>175</v>
       </c>
       <c r="B1712" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1712" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1712" s="2">
         <v>15527.089290925007</v>
       </c>
       <c r="E1712" s="2">
         <v>638536020</v>
       </c>
       <c r="F1712" s="2">
         <v>75</v>
       </c>
     </row>
-    <row r="1713" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1713" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1713" s="4" t="s">
         <v>176</v>
       </c>
       <c r="B1713" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1713" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1713" s="2">
         <v>221.88607334157396</v>
       </c>
       <c r="E1713" s="2">
         <v>53851750</v>
       </c>
       <c r="F1713" s="2">
         <v>20</v>
       </c>
     </row>
-    <row r="1714" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1714" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1714" s="4" t="s">
         <v>176</v>
       </c>
       <c r="B1714" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1714" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1714" s="2">
         <v>15965.877319321027</v>
       </c>
       <c r="E1714" s="2">
         <v>2224510200</v>
       </c>
       <c r="F1714" s="2">
         <v>87</v>
       </c>
     </row>
-    <row r="1715" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1715" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1715" s="4" t="s">
         <v>176</v>
       </c>
       <c r="B1715" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1715" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1715" s="2">
         <v>183.48275862068965</v>
       </c>
       <c r="E1715" s="2">
         <v>5321000</v>
       </c>
       <c r="F1715" s="2">
         <v>6</v>
       </c>
     </row>
-    <row r="1716" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1716" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1716" s="4" t="s">
         <v>176</v>
       </c>
       <c r="B1716" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1716" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1716" s="2">
         <v>14112.861366881571</v>
       </c>
       <c r="E1716" s="2">
         <v>1274188128</v>
       </c>
       <c r="F1716" s="2">
         <v>35</v>
       </c>
     </row>
-    <row r="1717" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1717" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1717" s="4" t="s">
         <v>176</v>
       </c>
       <c r="B1717" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1717" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1717" s="2">
         <v>251.37725297015359</v>
       </c>
       <c r="E1717" s="2">
         <v>17350058</v>
       </c>
       <c r="F1717" s="2">
         <v>12</v>
       </c>
     </row>
-    <row r="1718" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1718" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1718" s="4" t="s">
         <v>176</v>
       </c>
       <c r="B1718" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1718" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1718" s="2">
         <v>18339.496613243908</v>
       </c>
       <c r="E1718" s="2">
         <v>1888489582</v>
       </c>
       <c r="F1718" s="2">
         <v>45</v>
       </c>
     </row>
-    <row r="1719" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1719" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1719" s="4" t="s">
         <v>176</v>
       </c>
       <c r="B1719" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1719" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1719" s="2">
         <v>52473.693445850098</v>
       </c>
       <c r="E1719" s="2">
         <v>8302673024</v>
       </c>
       <c r="F1719" s="2">
         <v>1337</v>
       </c>
     </row>
-    <row r="1720" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1720" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1720" s="4" t="s">
         <v>176</v>
       </c>
       <c r="B1720" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1720" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1720" s="2">
         <v>1106.2935532831837</v>
       </c>
       <c r="E1720" s="2">
         <v>18373757</v>
       </c>
       <c r="F1720" s="2">
         <v>6</v>
       </c>
     </row>
-    <row r="1721" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1721" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1721" s="4" t="s">
         <v>176</v>
       </c>
       <c r="B1721" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1721" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1721" s="2">
         <v>39907.184249142447</v>
       </c>
       <c r="E1721" s="2">
         <v>7323894755</v>
       </c>
       <c r="F1721" s="2">
         <v>1454</v>
       </c>
     </row>
-    <row r="1722" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1722" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1722" s="4" t="s">
         <v>176</v>
       </c>
       <c r="B1722" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1722" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1722" s="2">
         <v>212.80652173913043</v>
       </c>
       <c r="E1722" s="2">
         <v>4894550</v>
       </c>
       <c r="F1722" s="2">
         <v>3</v>
       </c>
     </row>
-    <row r="1723" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1723" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1723" s="4" t="s">
         <v>176</v>
       </c>
       <c r="B1723" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1723" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1723" s="2">
         <v>15896.932853523689</v>
       </c>
       <c r="E1723" s="2">
         <v>1601102832</v>
       </c>
       <c r="F1723" s="2">
         <v>85</v>
       </c>
     </row>
-    <row r="1724" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1724" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1724" s="4" t="s">
         <v>177</v>
       </c>
       <c r="B1724" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1724" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1724" s="2">
         <v>182.02962623428928</v>
       </c>
       <c r="E1724" s="2">
         <v>208831871</v>
       </c>
       <c r="F1724" s="2">
         <v>40</v>
       </c>
     </row>
-    <row r="1725" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1725" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1725" s="4" t="s">
         <v>177</v>
       </c>
       <c r="B1725" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1725" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1725" s="2">
         <v>15546.73077536546</v>
       </c>
       <c r="E1725" s="2">
         <v>4688332143</v>
       </c>
       <c r="F1725" s="2">
         <v>151</v>
       </c>
     </row>
-    <row r="1726" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1726" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1726" s="4" t="s">
         <v>177</v>
       </c>
       <c r="B1726" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1726" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1726" s="2">
         <v>191.19578313253012</v>
       </c>
       <c r="E1726" s="2">
         <v>12695400</v>
       </c>
       <c r="F1726" s="2">
         <v>7</v>
       </c>
     </row>
-    <row r="1727" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1727" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1727" s="4" t="s">
         <v>177</v>
       </c>
       <c r="B1727" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1727" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1727" s="2">
         <v>15050.715520982949</v>
       </c>
       <c r="E1727" s="2">
         <v>807287871</v>
       </c>
       <c r="F1727" s="2">
         <v>23</v>
       </c>
     </row>
-    <row r="1728" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1728" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1728" s="4" t="s">
         <v>177</v>
       </c>
       <c r="B1728" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1728" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1728" s="2">
         <v>233.99991001156408</v>
       </c>
       <c r="E1728" s="2">
         <v>16018052</v>
       </c>
       <c r="F1728" s="2">
         <v>14</v>
       </c>
     </row>
-    <row r="1729" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1729" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1729" s="4" t="s">
         <v>177</v>
       </c>
       <c r="B1729" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1729" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1729" s="2">
         <v>16647.933887455449</v>
       </c>
       <c r="E1729" s="2">
         <v>522822204</v>
       </c>
       <c r="F1729" s="2">
         <v>24</v>
       </c>
     </row>
-    <row r="1730" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1730" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1730" s="4" t="s">
         <v>177</v>
       </c>
       <c r="B1730" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1730" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1730" s="2">
         <v>40572.826734033995</v>
       </c>
       <c r="E1730" s="2">
         <v>6975285322</v>
       </c>
       <c r="F1730" s="2">
         <v>1167</v>
       </c>
     </row>
-    <row r="1731" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1731" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1731" s="4" t="s">
         <v>177</v>
       </c>
       <c r="B1731" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1731" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1731" s="2">
         <v>1147.8020545413215</v>
       </c>
       <c r="E1731" s="2">
         <v>52619283</v>
       </c>
       <c r="F1731" s="2">
         <v>16</v>
       </c>
     </row>
-    <row r="1732" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1732" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1732" s="4" t="s">
         <v>177</v>
       </c>
       <c r="B1732" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1732" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1732" s="2">
         <v>111184.86091647367</v>
       </c>
       <c r="E1732" s="2">
         <v>1892868666</v>
       </c>
       <c r="F1732" s="2">
         <v>1007</v>
       </c>
     </row>
-    <row r="1733" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1733" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1733" s="4" t="s">
         <v>177</v>
       </c>
       <c r="B1733" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1733" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1733" s="2">
         <v>1066.4964427639475</v>
       </c>
       <c r="E1733" s="2">
         <v>342983123</v>
       </c>
       <c r="F1733" s="2">
         <v>42</v>
       </c>
     </row>
-    <row r="1734" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1734" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1734" s="4" t="s">
         <v>178</v>
       </c>
       <c r="B1734" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1734" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1734" s="2">
         <v>223.30031024227989</v>
       </c>
       <c r="E1734" s="2">
         <v>143529711</v>
       </c>
       <c r="F1734" s="2">
         <v>37</v>
       </c>
     </row>
-    <row r="1735" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1735" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1735" s="4" t="s">
         <v>178</v>
       </c>
       <c r="B1735" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1735" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1735" s="2">
         <v>14724.872221386655</v>
       </c>
       <c r="E1735" s="2">
         <v>6896003416</v>
       </c>
       <c r="F1735" s="2">
         <v>223</v>
       </c>
     </row>
-    <row r="1736" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1736" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1736" s="4" t="s">
         <v>178</v>
       </c>
       <c r="B1736" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1736" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1736" s="2">
         <v>196.75663716814159</v>
       </c>
       <c r="E1736" s="2">
         <v>22233500</v>
       </c>
       <c r="F1736" s="2">
         <v>6</v>
       </c>
     </row>
-    <row r="1737" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1737" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1737" s="4" t="s">
         <v>178</v>
       </c>
       <c r="B1737" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1737" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D1737" s="2">
         <v>1779.3716265034636</v>
       </c>
       <c r="E1737" s="2">
         <v>16746734</v>
       </c>
       <c r="F1737" s="2">
         <v>6</v>
       </c>
     </row>
-    <row r="1738" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1738" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1738" s="4" t="s">
         <v>178</v>
       </c>
       <c r="B1738" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1738" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1738" s="2">
         <v>14139.527980600427</v>
       </c>
       <c r="E1738" s="2">
         <v>844891941</v>
       </c>
       <c r="F1738" s="2">
         <v>55</v>
       </c>
     </row>
-    <row r="1739" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1739" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1739" s="4" t="s">
         <v>178</v>
       </c>
       <c r="B1739" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1739" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1739" s="2">
         <v>242.6190952670521</v>
       </c>
       <c r="E1739" s="2">
         <v>7282636</v>
       </c>
       <c r="F1739" s="2">
         <v>7</v>
       </c>
     </row>
-    <row r="1740" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1740" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1740" s="4" t="s">
         <v>178</v>
       </c>
       <c r="B1740" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1740" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1740" s="2">
         <v>16370.976108183177</v>
       </c>
       <c r="E1740" s="2">
         <v>382078708</v>
       </c>
       <c r="F1740" s="2">
         <v>27</v>
       </c>
     </row>
-    <row r="1741" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1741" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1741" s="4" t="s">
         <v>178</v>
       </c>
       <c r="B1741" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1741" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1741" s="2">
         <v>54253.117009020985</v>
       </c>
       <c r="E1741" s="2">
         <v>5817089572</v>
       </c>
       <c r="F1741" s="2">
         <v>1202</v>
       </c>
     </row>
-    <row r="1742" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1742" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1742" s="4" t="s">
         <v>178</v>
       </c>
       <c r="B1742" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1742" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1742" s="2">
         <v>1106.7049846439279</v>
       </c>
       <c r="E1742" s="2">
         <v>133197474</v>
       </c>
       <c r="F1742" s="2">
         <v>23</v>
       </c>
     </row>
-    <row r="1743" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1743" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1743" s="4" t="s">
         <v>178</v>
       </c>
       <c r="B1743" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1743" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1743" s="2">
         <v>95473.149785231944</v>
       </c>
       <c r="E1743" s="2">
         <v>6945527196</v>
       </c>
       <c r="F1743" s="2">
         <v>1164</v>
       </c>
     </row>
-    <row r="1744" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1744" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1744" s="4" t="s">
         <v>178</v>
       </c>
       <c r="B1744" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1744" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1744" s="2">
         <v>18624.053766220339</v>
       </c>
       <c r="E1744" s="2">
         <v>360245072</v>
       </c>
       <c r="F1744" s="2">
         <v>23</v>
       </c>
     </row>
-    <row r="1745" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1745" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1745" s="4" t="s">
         <v>179</v>
       </c>
       <c r="B1745" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1745" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1745" s="2">
         <v>5.8416393341292521</v>
       </c>
       <c r="E1745" s="2">
         <v>179949317</v>
       </c>
       <c r="F1745" s="2">
         <v>55</v>
       </c>
     </row>
-    <row r="1746" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1746" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1746" s="4" t="s">
         <v>179</v>
       </c>
       <c r="B1746" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1746" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1746" s="2">
         <v>390.61624086267466</v>
       </c>
       <c r="E1746" s="2">
         <v>10569531704</v>
       </c>
       <c r="F1746" s="2">
         <v>329</v>
       </c>
     </row>
-    <row r="1747" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1747" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1747" s="4" t="s">
         <v>179</v>
       </c>
       <c r="B1747" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1747" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1747" s="2">
         <v>206.45101351351352</v>
       </c>
       <c r="E1747" s="2">
         <v>12221900</v>
       </c>
       <c r="F1747" s="2">
         <v>7</v>
       </c>
     </row>
-    <row r="1748" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1748" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1748" s="4" t="s">
         <v>179</v>
       </c>
       <c r="B1748" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1748" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1748" s="2">
         <v>14149.512512939689</v>
       </c>
       <c r="E1748" s="2">
         <v>595819134</v>
       </c>
       <c r="F1748" s="2">
         <v>32</v>
       </c>
     </row>
-    <row r="1749" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1749" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1749" s="4" t="s">
         <v>179</v>
       </c>
       <c r="B1749" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1749" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1749" s="2">
         <v>249.10371517027863</v>
       </c>
       <c r="E1749" s="2">
         <v>16092100</v>
       </c>
       <c r="F1749" s="2">
         <v>11</v>
       </c>
     </row>
-    <row r="1750" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1750" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1750" s="4" t="s">
         <v>179</v>
       </c>
       <c r="B1750" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1750" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1750" s="2">
         <v>17012.11311705401</v>
       </c>
       <c r="E1750" s="2">
         <v>586546375</v>
       </c>
       <c r="F1750" s="2">
         <v>18</v>
       </c>
     </row>
-    <row r="1751" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1751" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1751" s="4" t="s">
         <v>179</v>
       </c>
       <c r="B1751" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1751" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1751" s="2">
         <v>53634.702432087041</v>
       </c>
       <c r="E1751" s="2">
         <v>6871415641</v>
       </c>
       <c r="F1751" s="2">
         <v>1149</v>
       </c>
     </row>
-    <row r="1752" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1752" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1752" s="4" t="s">
         <v>179</v>
       </c>
       <c r="B1752" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1752" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1752" s="2">
         <v>1150.9596063706404</v>
       </c>
       <c r="E1752" s="2">
         <v>58441697</v>
       </c>
       <c r="F1752" s="2">
         <v>19</v>
       </c>
     </row>
-    <row r="1753" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1753" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1753" s="4" t="s">
         <v>179</v>
       </c>
       <c r="B1753" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1753" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1753" s="2">
         <v>92924.73025043137</v>
       </c>
       <c r="E1753" s="2">
         <v>10715668143</v>
       </c>
       <c r="F1753" s="2">
         <v>1199</v>
       </c>
     </row>
-    <row r="1754" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1754" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1754" s="4" t="s">
         <v>179</v>
       </c>
       <c r="B1754" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1754" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1754" s="2">
         <v>14830.371902812218</v>
       </c>
       <c r="E1754" s="2">
         <v>246886540</v>
       </c>
       <c r="F1754" s="2">
         <v>28</v>
       </c>
     </row>
-    <row r="1755" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1755" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1755" s="4" t="s">
         <v>180</v>
       </c>
       <c r="B1755" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1755" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1755" s="2">
         <v>220.72143265087371</v>
       </c>
       <c r="E1755" s="2">
         <v>64497917</v>
       </c>
       <c r="F1755" s="2">
         <v>41</v>
       </c>
     </row>
-    <row r="1756" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1756" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1756" s="4" t="s">
         <v>180</v>
       </c>
       <c r="B1756" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1756" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1756" s="2">
         <v>3684.4950987334078</v>
       </c>
       <c r="E1756" s="2">
         <v>9699498154</v>
       </c>
       <c r="F1756" s="2">
         <v>410</v>
       </c>
     </row>
-    <row r="1757" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1757" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1757" s="4" t="s">
         <v>180</v>
       </c>
       <c r="B1757" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1757" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1757" s="2">
         <v>203.1845238095238</v>
       </c>
       <c r="E1757" s="2">
         <v>5120250</v>
       </c>
       <c r="F1757" s="2">
         <v>6</v>
       </c>
     </row>
-    <row r="1758" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1758" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1758" s="4" t="s">
         <v>180</v>
       </c>
       <c r="B1758" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1758" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1758" s="2">
         <v>15310.116230610078</v>
       </c>
       <c r="E1758" s="2">
         <v>1165433177</v>
       </c>
       <c r="F1758" s="2">
         <v>54</v>
       </c>
     </row>
-    <row r="1759" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1759" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1759" s="4" t="s">
         <v>180</v>
       </c>
       <c r="B1759" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1759" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1759" s="2">
         <v>260.15460317440869</v>
       </c>
       <c r="E1759" s="2">
         <v>14435558</v>
       </c>
       <c r="F1759" s="2">
         <v>8</v>
       </c>
     </row>
-    <row r="1760" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1760" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1760" s="4" t="s">
         <v>180</v>
       </c>
       <c r="B1760" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1760" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1760" s="2">
         <v>18985.193989236228</v>
       </c>
       <c r="E1760" s="2">
         <v>579357021</v>
       </c>
       <c r="F1760" s="2">
         <v>26</v>
       </c>
     </row>
-    <row r="1761" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1761" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1761" s="4" t="s">
         <v>180</v>
       </c>
       <c r="B1761" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1761" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1761" s="2">
         <v>51290.530433075299</v>
       </c>
       <c r="E1761" s="2">
         <v>7348795900</v>
       </c>
       <c r="F1761" s="2">
         <v>1335</v>
       </c>
     </row>
-    <row r="1762" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1762" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1762" s="4" t="s">
         <v>180</v>
       </c>
       <c r="B1762" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1762" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1762" s="2">
         <v>1099.0713736582265</v>
       </c>
       <c r="E1762" s="2">
         <v>101859107</v>
       </c>
       <c r="F1762" s="2">
         <v>16</v>
       </c>
     </row>
-    <row r="1763" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1763" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1763" s="4" t="s">
         <v>180</v>
       </c>
       <c r="B1763" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1763" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1763" s="2">
         <v>95820.070508011413</v>
       </c>
       <c r="E1763" s="2">
         <v>8527588047</v>
       </c>
       <c r="F1763" s="2">
         <v>1220</v>
       </c>
     </row>
-    <row r="1764" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1764" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1764" s="4" t="s">
         <v>180</v>
       </c>
       <c r="B1764" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1764" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1764" s="2">
         <v>17102.012128684481</v>
       </c>
       <c r="E1764" s="2">
         <v>1192899550</v>
       </c>
       <c r="F1764" s="2">
         <v>98</v>
       </c>
     </row>
-    <row r="1765" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1765" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1765" s="4" t="s">
         <v>181</v>
       </c>
       <c r="B1765" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1765" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1765" s="2">
         <v>223.43027834118067</v>
       </c>
       <c r="E1765" s="2">
         <v>184411878</v>
       </c>
       <c r="F1765" s="2">
         <v>53</v>
       </c>
     </row>
-    <row r="1766" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1766" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1766" s="4" t="s">
         <v>181</v>
       </c>
       <c r="B1766" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1766" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1766" s="2">
         <v>15639.683847587199</v>
       </c>
       <c r="E1766" s="2">
         <v>10172040021</v>
       </c>
       <c r="F1766" s="2">
         <v>400</v>
       </c>
     </row>
-    <row r="1767" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1767" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1767" s="4" t="s">
         <v>181</v>
       </c>
       <c r="B1767" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1767" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1767" s="2">
         <v>204.1394708423326</v>
       </c>
       <c r="E1767" s="2">
         <v>37806630</v>
       </c>
       <c r="F1767" s="2">
         <v>14</v>
       </c>
     </row>
-    <row r="1768" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1768" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1768" s="4" t="s">
         <v>181</v>
       </c>
       <c r="B1768" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1768" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1768" s="2">
         <v>16275.48543003618</v>
       </c>
       <c r="E1768" s="2">
         <v>1293354154</v>
       </c>
       <c r="F1768" s="2">
         <v>36</v>
       </c>
     </row>
-    <row r="1769" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1769" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1769" s="4" t="s">
         <v>181</v>
       </c>
       <c r="B1769" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1769" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1769" s="2">
         <v>18931.449774341829</v>
       </c>
       <c r="E1769" s="2">
         <v>373178934</v>
       </c>
       <c r="F1769" s="2">
         <v>13</v>
       </c>
     </row>
-    <row r="1770" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1770" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1770" s="4" t="s">
         <v>181</v>
       </c>
       <c r="B1770" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1770" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1770" s="2">
         <v>52707.920979703202</v>
       </c>
       <c r="E1770" s="2">
         <v>6113551591</v>
       </c>
       <c r="F1770" s="2">
         <v>1015</v>
       </c>
     </row>
-    <row r="1771" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1771" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1771" s="4" t="s">
         <v>181</v>
       </c>
       <c r="B1771" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1771" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1771" s="2">
         <v>1125.1756460037986</v>
       </c>
       <c r="E1771" s="2">
         <v>59151538</v>
       </c>
       <c r="F1771" s="2">
         <v>18</v>
       </c>
     </row>
-    <row r="1772" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1772" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1772" s="4" t="s">
         <v>181</v>
       </c>
       <c r="B1772" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1772" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1772" s="2">
         <v>96839.878911765016</v>
       </c>
       <c r="E1772" s="2">
         <v>5496049132</v>
       </c>
       <c r="F1772" s="2">
         <v>1068</v>
       </c>
     </row>
-    <row r="1773" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1773" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1773" s="4" t="s">
         <v>181</v>
       </c>
       <c r="B1773" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1773" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1773" s="2">
         <v>214.50308550043218</v>
       </c>
       <c r="E1773" s="2">
         <v>4695361</v>
       </c>
       <c r="F1773" s="2">
         <v>5</v>
       </c>
     </row>
-    <row r="1774" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1774" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1774" s="4" t="s">
         <v>181</v>
       </c>
       <c r="B1774" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1774" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1774" s="2">
         <v>15226.788488298545</v>
       </c>
       <c r="E1774" s="2">
         <v>1203677630</v>
       </c>
       <c r="F1774" s="2">
         <v>68</v>
       </c>
     </row>
-    <row r="1775" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1775" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1775" s="4" t="s">
         <v>181</v>
       </c>
       <c r="B1775" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1775" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1775" s="2">
         <v>253.04705882352943</v>
       </c>
       <c r="E1775" s="2">
         <v>5377250</v>
       </c>
       <c r="F1775" s="2">
         <v>6</v>
       </c>
     </row>
-    <row r="1776" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1776" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1776" s="4" t="s">
         <v>182</v>
       </c>
       <c r="B1776" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1776" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1776" s="2">
         <v>229.19947600541877</v>
       </c>
       <c r="E1776" s="2">
         <v>134102326</v>
       </c>
       <c r="F1776" s="2">
         <v>38</v>
       </c>
     </row>
-    <row r="1777" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1777" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1777" s="4" t="s">
         <v>182</v>
       </c>
       <c r="B1777" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1777" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1777" s="2">
         <v>14399.402213584839</v>
       </c>
       <c r="E1777" s="2">
         <v>7715354802</v>
       </c>
       <c r="F1777" s="2">
         <v>296</v>
       </c>
     </row>
-    <row r="1778" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1778" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1778" s="4" t="s">
         <v>182</v>
       </c>
       <c r="B1778" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1778" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1778" s="2">
         <v>207.11516762013272</v>
       </c>
       <c r="E1778" s="2">
         <v>28574222</v>
       </c>
       <c r="F1778" s="2">
         <v>16</v>
       </c>
     </row>
-    <row r="1779" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1779" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1779" s="4" t="s">
         <v>182</v>
       </c>
       <c r="B1779" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1779" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1779" s="2">
         <v>15067.928109315686</v>
       </c>
       <c r="E1779" s="2">
         <v>1182291870</v>
       </c>
       <c r="F1779" s="2">
         <v>41</v>
       </c>
     </row>
-    <row r="1780" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1780" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1780" s="4" t="s">
         <v>182</v>
       </c>
       <c r="B1780" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1780" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1780" s="2">
         <v>237.30653266331657</v>
       </c>
       <c r="E1780" s="2">
         <v>9444800</v>
       </c>
       <c r="F1780" s="2">
         <v>3</v>
       </c>
     </row>
-    <row r="1781" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1781" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1781" s="4" t="s">
         <v>182</v>
       </c>
       <c r="B1781" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1781" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1781" s="2">
         <v>16890.127101047641</v>
       </c>
       <c r="E1781" s="2">
         <v>1575514282</v>
       </c>
       <c r="F1781" s="2">
         <v>18</v>
       </c>
     </row>
-    <row r="1782" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1782" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1782" s="4" t="s">
         <v>182</v>
       </c>
       <c r="B1782" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1782" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1782" s="2">
         <v>52327.210622324732</v>
       </c>
       <c r="E1782" s="2">
         <v>5327237819</v>
       </c>
       <c r="F1782" s="2">
         <v>952</v>
       </c>
     </row>
-    <row r="1783" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1783" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1783" s="4" t="s">
         <v>182</v>
       </c>
       <c r="B1783" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1783" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1783" s="2">
         <v>1129.3624161981443</v>
       </c>
       <c r="E1783" s="2">
         <v>100213197</v>
       </c>
       <c r="F1783" s="2">
         <v>25</v>
       </c>
     </row>
-    <row r="1784" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1784" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1784" s="4" t="s">
         <v>182</v>
       </c>
       <c r="B1784" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1784" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1784" s="2">
         <v>102414.51456298293</v>
       </c>
       <c r="E1784" s="2">
         <v>17010745264</v>
       </c>
       <c r="F1784" s="2">
         <v>1260</v>
       </c>
     </row>
-    <row r="1785" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1785" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1785" s="4" t="s">
         <v>182</v>
       </c>
       <c r="B1785" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1785" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1785" s="2">
         <v>214.30700564971752</v>
       </c>
       <c r="E1785" s="2">
         <v>3793234</v>
       </c>
       <c r="F1785" s="2">
         <v>3</v>
       </c>
     </row>
-    <row r="1786" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1786" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1786" s="4" t="s">
         <v>182</v>
       </c>
       <c r="B1786" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1786" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1786" s="2">
         <v>17377.186020731835</v>
       </c>
       <c r="E1786" s="2">
         <v>135753010</v>
       </c>
       <c r="F1786" s="2">
         <v>20</v>
       </c>
     </row>
-    <row r="1787" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1787" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1787" s="4" t="s">
         <v>183</v>
       </c>
       <c r="B1787" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1787" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1787" s="2">
         <v>167.64622264164379</v>
       </c>
       <c r="E1787" s="2">
         <v>205290109</v>
       </c>
       <c r="F1787" s="2">
         <v>47</v>
       </c>
     </row>
-    <row r="1788" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1788" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1788" s="4" t="s">
         <v>183</v>
       </c>
       <c r="B1788" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1788" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1788" s="2">
         <v>13581.046747701757</v>
       </c>
       <c r="E1788" s="2">
         <v>10232768692</v>
       </c>
       <c r="F1788" s="2">
         <v>304</v>
       </c>
     </row>
-    <row r="1789" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1789" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1789" s="4" t="s">
         <v>183</v>
       </c>
       <c r="B1789" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1789" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1789" s="2">
         <v>205.23123958889352</v>
       </c>
       <c r="E1789" s="2">
         <v>13076064</v>
       </c>
       <c r="F1789" s="2">
         <v>15</v>
       </c>
     </row>
-    <row r="1790" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1790" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1790" s="4" t="s">
         <v>183</v>
       </c>
       <c r="B1790" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1790" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1790" s="2">
         <v>15346.535521810434</v>
       </c>
       <c r="E1790" s="2">
         <v>851118814</v>
       </c>
       <c r="F1790" s="2">
         <v>28</v>
       </c>
     </row>
-    <row r="1791" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1791" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1791" s="4" t="s">
         <v>183</v>
       </c>
       <c r="B1791" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1791" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1791" s="2">
         <v>19463.543655720208</v>
       </c>
       <c r="E1791" s="2">
         <v>949635618</v>
       </c>
       <c r="F1791" s="2">
         <v>21</v>
       </c>
     </row>
-    <row r="1792" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1792" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1792" s="4" t="s">
         <v>183</v>
       </c>
       <c r="B1792" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1792" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1792" s="2">
         <v>49454.850819022984</v>
       </c>
       <c r="E1792" s="2">
         <v>11046716823</v>
       </c>
       <c r="F1792" s="2">
         <v>1171</v>
       </c>
     </row>
-    <row r="1793" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1793" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1793" s="4" t="s">
         <v>183</v>
       </c>
       <c r="B1793" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1793" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1793" s="2">
         <v>1111.6573547300873</v>
       </c>
       <c r="E1793" s="2">
         <v>62608550</v>
       </c>
       <c r="F1793" s="2">
         <v>30</v>
       </c>
     </row>
-    <row r="1794" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1794" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1794" s="4" t="s">
         <v>183</v>
       </c>
       <c r="B1794" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1794" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1794" s="2">
         <v>107457.69067364896</v>
       </c>
       <c r="E1794" s="2">
         <v>9120911965</v>
       </c>
       <c r="F1794" s="2">
         <v>1094</v>
       </c>
     </row>
-    <row r="1795" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1795" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1795" s="4" t="s">
         <v>183</v>
       </c>
       <c r="B1795" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1795" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1795" s="2">
         <v>17089.772955213557</v>
       </c>
       <c r="E1795" s="2">
         <v>197660314</v>
       </c>
       <c r="F1795" s="2">
         <v>30</v>
       </c>
     </row>
-    <row r="1796" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1796" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1796" s="4" t="s">
         <v>184</v>
       </c>
       <c r="B1796" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1796" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1796" s="2">
         <v>169.13930859048767</v>
       </c>
       <c r="E1796" s="2">
         <v>217776609</v>
       </c>
       <c r="F1796" s="2">
         <v>60</v>
       </c>
     </row>
-    <row r="1797" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1797" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1797" s="4" t="s">
         <v>184</v>
       </c>
       <c r="B1797" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1797" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1797" s="2">
         <v>3675.9355138221754</v>
       </c>
       <c r="E1797" s="2">
         <v>6514392344</v>
       </c>
       <c r="F1797" s="2">
         <v>165</v>
       </c>
     </row>
-    <row r="1798" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1798" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1798" s="4" t="s">
         <v>184</v>
       </c>
       <c r="B1798" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1798" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1798" s="2">
         <v>207.71105578735992</v>
       </c>
       <c r="E1798" s="2">
         <v>18493574</v>
       </c>
       <c r="F1798" s="2">
         <v>12</v>
       </c>
     </row>
-    <row r="1799" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1799" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1799" s="4" t="s">
         <v>184</v>
       </c>
       <c r="B1799" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1799" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1799" s="2">
         <v>17840.137281932559</v>
       </c>
       <c r="E1799" s="2">
         <v>795491543</v>
       </c>
       <c r="F1799" s="2">
         <v>25</v>
       </c>
     </row>
-    <row r="1800" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1800" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1800" s="4" t="s">
         <v>184</v>
       </c>
       <c r="B1800" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1800" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1800" s="2">
         <v>192.16565813264808</v>
       </c>
       <c r="E1800" s="2">
         <v>11677187</v>
       </c>
       <c r="F1800" s="2">
         <v>5</v>
       </c>
     </row>
-    <row r="1801" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1801" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1801" s="4" t="s">
         <v>184</v>
       </c>
       <c r="B1801" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1801" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1801" s="2">
         <v>16571.594227096637</v>
       </c>
       <c r="E1801" s="2">
         <v>319587669</v>
       </c>
       <c r="F1801" s="2">
         <v>15</v>
       </c>
     </row>
-    <row r="1802" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1802" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1802" s="4" t="s">
         <v>184</v>
       </c>
       <c r="B1802" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1802" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1802" s="2">
         <v>50592.715631281251</v>
       </c>
       <c r="E1802" s="2">
         <v>7826658098</v>
       </c>
       <c r="F1802" s="2">
         <v>1108</v>
       </c>
     </row>
-    <row r="1803" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1803" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1803" s="4" t="s">
         <v>184</v>
       </c>
       <c r="B1803" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1803" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1803" s="2">
         <v>1161.7809441294148</v>
       </c>
       <c r="E1803" s="2">
         <v>66817612</v>
       </c>
       <c r="F1803" s="2">
         <v>28</v>
       </c>
     </row>
-    <row r="1804" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1804" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1804" s="4" t="s">
         <v>184</v>
       </c>
       <c r="B1804" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1804" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1804" s="2">
         <v>101799.82530986294</v>
       </c>
       <c r="E1804" s="2">
         <v>28636095404</v>
       </c>
       <c r="F1804" s="2">
         <v>1165</v>
       </c>
     </row>
-    <row r="1805" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1805" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1805" s="4" t="s">
         <v>184</v>
       </c>
       <c r="B1805" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1805" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1805" s="2">
         <v>216.15977089547215</v>
       </c>
       <c r="E1805" s="2">
         <v>17408377</v>
       </c>
       <c r="F1805" s="2">
         <v>10</v>
       </c>
     </row>
-    <row r="1806" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1806" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1806" s="4" t="s">
         <v>184</v>
       </c>
       <c r="B1806" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1806" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1806" s="2">
         <v>19367.343325478236</v>
       </c>
       <c r="E1806" s="2">
         <v>558864059</v>
       </c>
       <c r="F1806" s="2">
         <v>61</v>
       </c>
     </row>
-    <row r="1807" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1807" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1807" s="4" t="s">
         <v>185</v>
       </c>
       <c r="B1807" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1807" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1807" s="2">
         <v>224.52125076263329</v>
       </c>
       <c r="E1807" s="2">
         <v>227299439</v>
       </c>
       <c r="F1807" s="2">
         <v>47</v>
       </c>
     </row>
-    <row r="1808" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1808" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1808" s="4" t="s">
         <v>185</v>
       </c>
       <c r="B1808" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1808" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D1808" s="2">
         <v>172.5</v>
       </c>
       <c r="E1808" s="2">
         <v>3967500</v>
       </c>
       <c r="F1808" s="2">
         <v>5</v>
       </c>
     </row>
-    <row r="1809" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1809" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1809" s="4" t="s">
         <v>185</v>
       </c>
       <c r="B1809" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1809" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1809" s="2">
         <v>11988.744160996193</v>
       </c>
       <c r="E1809" s="2">
         <v>7794015786</v>
       </c>
       <c r="F1809" s="2">
         <v>290</v>
       </c>
     </row>
-    <row r="1810" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1810" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1810" s="4" t="s">
         <v>185</v>
       </c>
       <c r="B1810" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1810" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1810" s="2">
         <v>209.61025969641844</v>
       </c>
       <c r="E1810" s="2">
         <v>9908705</v>
       </c>
       <c r="F1810" s="2">
         <v>12</v>
       </c>
     </row>
-    <row r="1811" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1811" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1811" s="4" t="s">
         <v>185</v>
       </c>
       <c r="B1811" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1811" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D1811" s="2">
         <v>1556.9484936831875</v>
       </c>
       <c r="E1811" s="2">
         <v>12816800</v>
       </c>
       <c r="F1811" s="2">
         <v>4</v>
       </c>
     </row>
-    <row r="1812" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1812" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1812" s="4" t="s">
         <v>185</v>
       </c>
       <c r="B1812" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1812" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1812" s="2">
         <v>16276.452530780107</v>
       </c>
       <c r="E1812" s="2">
         <v>1510484418</v>
       </c>
       <c r="F1812" s="2">
         <v>29</v>
       </c>
     </row>
-    <row r="1813" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1813" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1813" s="4" t="s">
         <v>185</v>
       </c>
       <c r="B1813" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1813" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1813" s="2">
         <v>14714.753602741106</v>
       </c>
       <c r="E1813" s="2">
         <v>146014500</v>
       </c>
       <c r="F1813" s="2">
         <v>8</v>
       </c>
     </row>
-    <row r="1814" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1814" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1814" s="4" t="s">
         <v>185</v>
       </c>
       <c r="B1814" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1814" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1814" s="2">
         <v>50281.354929931302</v>
       </c>
       <c r="E1814" s="2">
         <v>8966525041</v>
       </c>
       <c r="F1814" s="2">
         <v>1171</v>
       </c>
     </row>
-    <row r="1815" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1815" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1815" s="4" t="s">
         <v>185</v>
       </c>
       <c r="B1815" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1815" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1815" s="2">
         <v>1121.0141348249792</v>
       </c>
       <c r="E1815" s="2">
         <v>24753742</v>
       </c>
       <c r="F1815" s="2">
         <v>15</v>
       </c>
     </row>
-    <row r="1816" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1816" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1816" s="4" t="s">
         <v>185</v>
       </c>
       <c r="B1816" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1816" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1816" s="2">
         <v>106325.54045128573</v>
       </c>
       <c r="E1816" s="2">
         <v>35053654041</v>
       </c>
       <c r="F1816" s="2">
         <v>1224</v>
       </c>
     </row>
-    <row r="1817" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1817" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1817" s="4" t="s">
         <v>185</v>
       </c>
       <c r="B1817" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1817" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1817" s="2">
         <v>16692.273106413242</v>
       </c>
       <c r="E1817" s="2">
         <v>461879203</v>
       </c>
       <c r="F1817" s="2">
         <v>55</v>
       </c>
     </row>
-    <row r="1818" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1818" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1818" s="4" t="s">
         <v>186</v>
       </c>
       <c r="B1818" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1818" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1818" s="2">
         <v>187.14883960400098</v>
       </c>
       <c r="E1818" s="2">
         <v>252010716</v>
       </c>
       <c r="F1818" s="2">
         <v>59</v>
       </c>
     </row>
-    <row r="1819" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1819" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1819" s="4" t="s">
         <v>186</v>
       </c>
       <c r="B1819" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1819" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1819" s="2">
         <v>1105.0532760343388</v>
       </c>
       <c r="E1819" s="2">
         <v>5997630891</v>
       </c>
       <c r="F1819" s="2">
         <v>244</v>
       </c>
     </row>
-    <row r="1820" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1820" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1820" s="4" t="s">
         <v>186</v>
       </c>
       <c r="B1820" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1820" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1820" s="2">
         <v>210.62878143068585</v>
       </c>
       <c r="E1820" s="2">
         <v>10047035</v>
       </c>
       <c r="F1820" s="2">
         <v>7</v>
       </c>
     </row>
-    <row r="1821" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1821" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1821" s="4" t="s">
         <v>186</v>
       </c>
       <c r="B1821" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1821" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D1821" s="2">
         <v>1531.3012895662368</v>
       </c>
       <c r="E1821" s="2">
         <v>26124000</v>
       </c>
       <c r="F1821" s="2">
         <v>9</v>
       </c>
     </row>
-    <row r="1822" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1822" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1822" s="4" t="s">
         <v>186</v>
       </c>
       <c r="B1822" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1822" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1822" s="2">
         <v>1174.5311430222246</v>
       </c>
       <c r="E1822" s="2">
         <v>1263415091</v>
       </c>
       <c r="F1822" s="2">
         <v>26</v>
       </c>
     </row>
-    <row r="1823" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1823" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1823" s="4" t="s">
         <v>186</v>
       </c>
       <c r="B1823" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1823" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1823" s="2">
         <v>20029.850127889498</v>
       </c>
       <c r="E1823" s="2">
         <v>233987908</v>
       </c>
       <c r="F1823" s="2">
         <v>9</v>
       </c>
     </row>
-    <row r="1824" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1824" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1824" s="4" t="s">
         <v>186</v>
       </c>
       <c r="B1824" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1824" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1824" s="2">
         <v>48266.09475148905</v>
       </c>
       <c r="E1824" s="2">
         <v>14263789868</v>
       </c>
       <c r="F1824" s="2">
         <v>1469</v>
       </c>
     </row>
-    <row r="1825" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1825" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1825" s="4" t="s">
         <v>186</v>
       </c>
       <c r="B1825" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1825" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1825" s="2">
         <v>1135.3840722317495</v>
       </c>
       <c r="E1825" s="2">
         <v>57873980</v>
       </c>
       <c r="F1825" s="2">
         <v>13</v>
       </c>
     </row>
-    <row r="1826" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1826" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1826" s="4" t="s">
         <v>186</v>
       </c>
       <c r="B1826" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1826" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1826" s="2">
         <v>107172.23401896322</v>
       </c>
       <c r="E1826" s="2">
         <v>50492471299</v>
       </c>
       <c r="F1826" s="2">
         <v>1663</v>
       </c>
     </row>
-    <row r="1827" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1827" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1827" s="4" t="s">
         <v>186</v>
       </c>
       <c r="B1827" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1827" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1827" s="2">
         <v>16335.022258992627</v>
       </c>
       <c r="E1827" s="2">
         <v>2620840303</v>
       </c>
       <c r="F1827" s="2">
         <v>179</v>
       </c>
     </row>
-    <row r="1828" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1828" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1828" s="4" t="s">
         <v>187</v>
       </c>
       <c r="B1828" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1828" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1828" s="2">
         <v>179.5315357434024</v>
       </c>
       <c r="E1828" s="2">
         <v>301371178</v>
       </c>
       <c r="F1828" s="2">
         <v>58</v>
       </c>
     </row>
-    <row r="1829" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1829" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1829" s="4" t="s">
         <v>187</v>
       </c>
       <c r="B1829" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1829" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D1829" s="2">
         <v>174.125</v>
       </c>
       <c r="E1829" s="2">
         <v>3343200</v>
       </c>
       <c r="F1829" s="2">
         <v>3</v>
       </c>
     </row>
-    <row r="1830" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1830" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1830" s="4" t="s">
         <v>187</v>
       </c>
       <c r="B1830" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1830" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1830" s="2">
         <v>15705.550198003493</v>
       </c>
       <c r="E1830" s="2">
         <v>10162850639</v>
       </c>
       <c r="F1830" s="2">
         <v>283</v>
       </c>
     </row>
-    <row r="1831" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1831" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1831" s="4" t="s">
         <v>187</v>
       </c>
       <c r="B1831" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1831" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1831" s="2">
         <v>225.62407831959848</v>
       </c>
       <c r="E1831" s="2">
         <v>18206735</v>
       </c>
       <c r="F1831" s="2">
         <v>14</v>
       </c>
     </row>
-    <row r="1832" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1832" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1832" s="4" t="s">
         <v>187</v>
       </c>
       <c r="B1832" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1832" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D1832" s="2">
         <v>1549.6993987975952</v>
       </c>
       <c r="E1832" s="2">
         <v>15466000</v>
       </c>
       <c r="F1832" s="2">
         <v>5</v>
       </c>
     </row>
-    <row r="1833" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1833" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1833" s="4" t="s">
         <v>187</v>
       </c>
       <c r="B1833" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1833" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1833" s="2">
         <v>16226.560340805911</v>
       </c>
       <c r="E1833" s="2">
         <v>1082468015</v>
       </c>
       <c r="F1833" s="2">
         <v>33</v>
       </c>
     </row>
-    <row r="1834" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1834" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1834" s="4" t="s">
         <v>187</v>
       </c>
       <c r="B1834" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1834" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1834" s="2">
         <v>16111.545430532933</v>
       </c>
       <c r="E1834" s="2">
         <v>487364099</v>
       </c>
       <c r="F1834" s="2">
         <v>11</v>
       </c>
     </row>
-    <row r="1835" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1835" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1835" s="4" t="s">
         <v>187</v>
       </c>
       <c r="B1835" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1835" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1835" s="2">
         <v>781.69923484402591</v>
       </c>
       <c r="E1835" s="2">
         <v>7968642</v>
       </c>
       <c r="F1835" s="2">
         <v>6</v>
       </c>
     </row>
-    <row r="1836" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1836" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1836" s="4" t="s">
         <v>187</v>
       </c>
       <c r="B1836" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1836" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1836" s="2">
         <v>49063.997094229948</v>
       </c>
       <c r="E1836" s="2">
         <v>10706861286</v>
       </c>
       <c r="F1836" s="2">
         <v>1764</v>
       </c>
     </row>
-    <row r="1837" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1837" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1837" s="4" t="s">
         <v>187</v>
       </c>
       <c r="B1837" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1837" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1837" s="2">
         <v>1153.9624179379753</v>
       </c>
       <c r="E1837" s="2">
         <v>18586373</v>
       </c>
       <c r="F1837" s="2">
         <v>7</v>
       </c>
     </row>
-    <row r="1838" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1838" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1838" s="4" t="s">
         <v>187</v>
       </c>
       <c r="B1838" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1838" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1838" s="2">
         <v>2345.6884429647994</v>
       </c>
       <c r="E1838" s="2">
         <v>3689923074</v>
       </c>
       <c r="F1838" s="2">
         <v>2762</v>
       </c>
     </row>
-    <row r="1839" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1839" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1839" s="4" t="s">
         <v>187</v>
       </c>
       <c r="B1839" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1839" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1839" s="2">
         <v>15946.435961701651</v>
       </c>
       <c r="E1839" s="2">
         <v>1295889032</v>
       </c>
       <c r="F1839" s="2">
         <v>1893</v>
       </c>
     </row>
-    <row r="1840" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1840" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1840" s="4" t="s">
         <v>188</v>
       </c>
       <c r="B1840" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1840" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1840" s="2">
         <v>228.95340694044333</v>
       </c>
       <c r="E1840" s="2">
         <v>189946615</v>
       </c>
       <c r="F1840" s="2">
         <v>36</v>
       </c>
     </row>
-    <row r="1841" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1841" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1841" s="4" t="s">
         <v>188</v>
       </c>
       <c r="B1841" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1841" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1841" s="2">
         <v>108.01941441165657</v>
       </c>
       <c r="E1841" s="2">
         <v>7503451504</v>
       </c>
       <c r="F1841" s="2">
         <v>313</v>
       </c>
     </row>
-    <row r="1842" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1842" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1842" s="4" t="s">
         <v>188</v>
       </c>
       <c r="B1842" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1842" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1842" s="2">
         <v>210.46291784337757</v>
       </c>
       <c r="E1842" s="2">
         <v>7398939</v>
       </c>
       <c r="F1842" s="2">
         <v>9</v>
       </c>
     </row>
-    <row r="1843" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1843" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1843" s="4" t="s">
         <v>188</v>
       </c>
       <c r="B1843" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1843" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1843" s="2">
         <v>16306.475499403914</v>
       </c>
       <c r="E1843" s="2">
         <v>1159242068</v>
       </c>
       <c r="F1843" s="2">
         <v>33</v>
       </c>
     </row>
-    <row r="1844" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1844" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1844" s="4" t="s">
         <v>188</v>
       </c>
       <c r="B1844" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1844" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1844" s="2">
         <v>247.72234762979684</v>
       </c>
       <c r="E1844" s="2">
         <v>2194820</v>
       </c>
       <c r="F1844" s="2">
         <v>3</v>
       </c>
     </row>
-    <row r="1845" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1845" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1845" s="4" t="s">
         <v>188</v>
       </c>
       <c r="B1845" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1845" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1845" s="2">
         <v>18550.299464519303</v>
       </c>
       <c r="E1845" s="2">
         <v>445569660</v>
       </c>
       <c r="F1845" s="2">
         <v>33</v>
       </c>
     </row>
-    <row r="1846" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1846" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1846" s="4" t="s">
         <v>188</v>
       </c>
       <c r="B1846" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1846" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1846" s="2">
         <v>47592.976974828198</v>
       </c>
       <c r="E1846" s="2">
         <v>9852964614</v>
       </c>
       <c r="F1846" s="2">
         <v>1553</v>
       </c>
     </row>
-    <row r="1847" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1847" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1847" s="4" t="s">
         <v>188</v>
       </c>
       <c r="B1847" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1847" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1847" s="2">
         <v>1230.1013702898811</v>
       </c>
       <c r="E1847" s="2">
         <v>29709102</v>
       </c>
       <c r="F1847" s="2">
         <v>24</v>
       </c>
     </row>
-    <row r="1848" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1848" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1848" s="4" t="s">
         <v>188</v>
       </c>
       <c r="B1848" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1848" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1848" s="2">
         <v>102436.41681792357</v>
       </c>
       <c r="E1848" s="2">
         <v>6556347695</v>
       </c>
       <c r="F1848" s="2">
         <v>2996</v>
       </c>
     </row>
-    <row r="1849" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1849" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1849" s="4" t="s">
         <v>188</v>
       </c>
       <c r="B1849" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1849" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1849" s="2">
         <v>16165.169315650342</v>
       </c>
       <c r="E1849" s="2">
         <v>827526701</v>
       </c>
       <c r="F1849" s="2">
         <v>756</v>
       </c>
     </row>
-    <row r="1850" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1850" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1850" s="4" t="s">
         <v>189</v>
       </c>
       <c r="B1850" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1850" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1850" s="2">
         <v>224.30538143354147</v>
       </c>
       <c r="E1850" s="2">
         <v>218128513</v>
       </c>
       <c r="F1850" s="2">
         <v>39</v>
       </c>
     </row>
-    <row r="1851" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1851" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1851" s="4" t="s">
         <v>189</v>
       </c>
       <c r="B1851" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1851" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D1851" s="2">
         <v>6.1735015772870661</v>
       </c>
       <c r="E1851" s="2">
         <v>5283900</v>
       </c>
       <c r="F1851" s="2">
         <v>6</v>
       </c>
     </row>
-    <row r="1852" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1852" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1852" s="4" t="s">
         <v>189</v>
       </c>
       <c r="B1852" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1852" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1852" s="2">
         <v>14768.37873627033</v>
       </c>
       <c r="E1852" s="2">
         <v>8526702146</v>
       </c>
       <c r="F1852" s="2">
         <v>235</v>
       </c>
     </row>
-    <row r="1853" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1853" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1853" s="4" t="s">
         <v>189</v>
       </c>
       <c r="B1853" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1853" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1853" s="2">
         <v>191.25315280886608</v>
       </c>
       <c r="E1853" s="2">
         <v>8757960</v>
       </c>
       <c r="F1853" s="2">
         <v>10</v>
       </c>
     </row>
-    <row r="1854" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1854" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1854" s="4" t="s">
         <v>189</v>
       </c>
       <c r="B1854" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1854" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1854" s="2">
         <v>14932.124330694567</v>
       </c>
       <c r="E1854" s="2">
         <v>517767708</v>
       </c>
       <c r="F1854" s="2">
         <v>32</v>
       </c>
     </row>
-    <row r="1855" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1855" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1855" s="4" t="s">
         <v>189</v>
       </c>
       <c r="B1855" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1855" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1855" s="2">
         <v>15564.633198928597</v>
       </c>
       <c r="E1855" s="2">
         <v>221645373</v>
       </c>
       <c r="F1855" s="2">
         <v>39</v>
       </c>
     </row>
-    <row r="1856" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1856" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1856" s="4" t="s">
         <v>189</v>
       </c>
       <c r="B1856" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1856" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1856" s="2">
         <v>45604.879534017025</v>
       </c>
       <c r="E1856" s="2">
         <v>13071541237</v>
       </c>
       <c r="F1856" s="2">
         <v>1370</v>
       </c>
     </row>
-    <row r="1857" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1857" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1857" s="4" t="s">
         <v>189</v>
       </c>
       <c r="B1857" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1857" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1857" s="2">
         <v>1170.8239175514425</v>
       </c>
       <c r="E1857" s="2">
         <v>37617548</v>
       </c>
       <c r="F1857" s="2">
         <v>26</v>
       </c>
     </row>
-    <row r="1858" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1858" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1858" s="4" t="s">
         <v>189</v>
       </c>
       <c r="B1858" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1858" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1858" s="2">
         <v>106644.05746835367</v>
       </c>
       <c r="E1858" s="2">
         <v>75020110207</v>
       </c>
       <c r="F1858" s="2">
         <v>1246</v>
       </c>
     </row>
-    <row r="1859" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1859" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1859" s="4" t="s">
         <v>189</v>
       </c>
       <c r="B1859" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1859" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1859" s="2">
         <v>197.2074074074074</v>
       </c>
       <c r="E1859" s="2">
         <v>4312926</v>
       </c>
       <c r="F1859" s="2">
         <v>5</v>
       </c>
     </row>
-    <row r="1860" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1860" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1860" s="4" t="s">
         <v>189</v>
       </c>
       <c r="B1860" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1860" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1860" s="2">
         <v>878.96061174607109</v>
       </c>
       <c r="E1860" s="2">
         <v>3346961664</v>
       </c>
       <c r="F1860" s="2">
         <v>389</v>
       </c>
     </row>
-    <row r="1861" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1861" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1861" s="4" t="s">
         <v>190</v>
       </c>
       <c r="B1861" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1861" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1861" s="2">
         <v>221.67192399049881</v>
       </c>
       <c r="E1861" s="2">
         <v>163316790</v>
       </c>
       <c r="F1861" s="2">
         <v>36</v>
       </c>
     </row>
-    <row r="1862" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1862" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1862" s="4" t="s">
         <v>190</v>
       </c>
       <c r="B1862" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C1862" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1862" s="2">
         <v>14605.097366618964</v>
       </c>
       <c r="E1862" s="2">
         <v>6648049827</v>
       </c>
       <c r="F1862" s="2">
         <v>217</v>
       </c>
     </row>
-    <row r="1863" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1863" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1863" s="4" t="s">
         <v>190</v>
       </c>
       <c r="B1863" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1863" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1863" s="2">
         <v>217.95476575121162</v>
       </c>
       <c r="E1863" s="2">
         <v>6745700</v>
       </c>
       <c r="F1863" s="2">
         <v>7</v>
       </c>
     </row>
-    <row r="1864" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1864" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1864" s="4" t="s">
         <v>190</v>
       </c>
       <c r="B1864" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1864" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1864" s="2">
         <v>17795.264824956987</v>
       </c>
       <c r="E1864" s="2">
         <v>2296308536</v>
       </c>
       <c r="F1864" s="2">
         <v>42</v>
       </c>
     </row>
-    <row r="1865" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1865" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1865" s="4" t="s">
         <v>190</v>
       </c>
       <c r="B1865" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1865" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1865" s="2">
         <v>265.75</v>
       </c>
       <c r="E1865" s="2">
         <v>6378000</v>
       </c>
       <c r="F1865" s="2">
         <v>4</v>
       </c>
     </row>
-    <row r="1866" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1866" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1866" s="4" t="s">
         <v>190</v>
       </c>
       <c r="B1866" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1866" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1866" s="2">
         <v>17060.583123054814</v>
       </c>
       <c r="E1866" s="2">
         <v>806464683</v>
       </c>
       <c r="F1866" s="2">
         <v>64</v>
       </c>
     </row>
-    <row r="1867" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1867" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1867" s="4" t="s">
         <v>190</v>
       </c>
       <c r="B1867" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C1867" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1867" s="2">
         <v>45584.898771990389</v>
       </c>
       <c r="E1867" s="2">
         <v>11751813525</v>
       </c>
       <c r="F1867" s="2">
         <v>1486</v>
       </c>
     </row>
-    <row r="1868" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1868" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1868" s="4" t="s">
         <v>190</v>
       </c>
       <c r="B1868" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1868" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1868" s="2">
         <v>1207.6178459472003</v>
       </c>
       <c r="E1868" s="2">
         <v>59935105</v>
       </c>
       <c r="F1868" s="2">
         <v>29</v>
       </c>
     </row>
-    <row r="1869" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1869" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1869" s="4" t="s">
         <v>190</v>
       </c>
       <c r="B1869" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C1869" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1869" s="2">
         <v>17367.997573749017</v>
       </c>
       <c r="E1869" s="2">
         <v>6832232959</v>
       </c>
       <c r="F1869" s="2">
         <v>1252</v>
       </c>
     </row>
-    <row r="1870" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1870" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1870" s="4" t="s">
         <v>190</v>
       </c>
       <c r="B1870" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1870" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D1870" s="2">
         <v>205.91512927409252</v>
       </c>
       <c r="E1870" s="2">
         <v>2722511</v>
       </c>
       <c r="F1870" s="2">
         <v>4</v>
       </c>
     </row>
-    <row r="1871" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1871" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1871" s="4" t="s">
         <v>190</v>
       </c>
       <c r="B1871" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C1871" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D1871" s="2">
         <v>15463.157634872434</v>
       </c>
       <c r="E1871" s="2">
         <v>2101455957</v>
       </c>
       <c r="F1871" s="2">
         <v>371</v>
+      </c>
+    </row>
+    <row r="1872" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1872" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="B1872" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1872" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1872" s="2">
+        <v>222.95916335799649</v>
+      </c>
+      <c r="E1872" s="2">
+        <v>208337272</v>
+      </c>
+      <c r="F1872" s="2">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="1873" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1873" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="B1873" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1873" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1873" s="2">
+        <v>14827.40313007535</v>
+      </c>
+      <c r="E1873" s="2">
+        <v>6246073683</v>
+      </c>
+      <c r="F1873" s="2">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="1874" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1874" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="B1874" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C1874" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1874" s="2">
+        <v>206.26081081081082</v>
+      </c>
+      <c r="E1874" s="2">
+        <v>7631650</v>
+      </c>
+      <c r="F1874" s="2">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="1875" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1875" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="B1875" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C1875" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1875" s="2">
+        <v>16170.347190131593</v>
+      </c>
+      <c r="E1875" s="2">
+        <v>633754505</v>
+      </c>
+      <c r="F1875" s="2">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="1876" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1876" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="B1876" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1876" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1876" s="2">
+        <v>235.62063227953411</v>
+      </c>
+      <c r="E1876" s="2">
+        <v>14160800</v>
+      </c>
+      <c r="F1876" s="2">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="1877" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1877" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="B1877" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1877" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1877" s="2">
+        <v>16447.729694256766</v>
+      </c>
+      <c r="E1877" s="2">
+        <v>903528892</v>
+      </c>
+      <c r="F1877" s="2">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="1878" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1878" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="B1878" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1878" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1878" s="2">
+        <v>48521.733973761809</v>
+      </c>
+      <c r="E1878" s="2">
+        <v>11308587114</v>
+      </c>
+      <c r="F1878" s="2">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="1879" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1879" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="B1879" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C1879" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1879" s="2">
+        <v>1210.6173366505816</v>
+      </c>
+      <c r="E1879" s="2">
+        <v>32478270</v>
+      </c>
+      <c r="F1879" s="2">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="1880" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1880" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="B1880" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C1880" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1880" s="2">
+        <v>109936.74733717878</v>
+      </c>
+      <c r="E1880" s="2">
+        <v>10322990985</v>
+      </c>
+      <c r="F1880" s="2">
+        <v>1608</v>
+      </c>
+    </row>
+    <row r="1881" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1881" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="B1881" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C1881" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1881" s="2">
+        <v>15070.295472092468</v>
+      </c>
+      <c r="E1881" s="2">
+        <v>566491593</v>
+      </c>
+      <c r="F1881" s="2">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="1882" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1882" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="B1882" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1882" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1882" s="2">
+        <v>225.1707801383163</v>
+      </c>
+      <c r="E1882" s="2">
+        <v>312756660</v>
+      </c>
+      <c r="F1882" s="2">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="1883" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1883" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="B1883" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1883" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1883" s="2">
+        <v>15141.369500069568</v>
+      </c>
+      <c r="E1883" s="2">
+        <v>10553854191</v>
+      </c>
+      <c r="F1883" s="2">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1884" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1884" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="B1884" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C1884" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1884" s="2">
+        <v>16823.053195492485</v>
+      </c>
+      <c r="E1884" s="2">
+        <v>2109735866</v>
+      </c>
+      <c r="F1884" s="2">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="1885" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1885" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="B1885" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1885" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1885" s="2">
+        <v>248.26811138441118</v>
+      </c>
+      <c r="E1885" s="2">
+        <v>10978722</v>
+      </c>
+      <c r="F1885" s="2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1886" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1886" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="B1886" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1886" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1886" s="2">
+        <v>15947.156081903036</v>
+      </c>
+      <c r="E1886" s="2">
+        <v>1160808641</v>
+      </c>
+      <c r="F1886" s="2">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="1887" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1887" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="B1887" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1887" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1887" s="2">
+        <v>49629.17537771901</v>
+      </c>
+      <c r="E1887" s="2">
+        <v>13200777061</v>
+      </c>
+      <c r="F1887" s="2">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="1888" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1888" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="B1888" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C1888" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1888" s="2">
+        <v>1244.1875466461211</v>
+      </c>
+      <c r="E1888" s="2">
+        <v>51595400</v>
+      </c>
+      <c r="F1888" s="2">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="1889" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1889" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="B1889" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C1889" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1889" s="2">
+        <v>104498.76454759335</v>
+      </c>
+      <c r="E1889" s="2">
+        <v>25596924411</v>
+      </c>
+      <c r="F1889" s="2">
+        <v>2079</v>
+      </c>
+    </row>
+    <row r="1890" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1890" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="B1890" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C1890" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1890" s="2">
+        <v>199.17857142857142</v>
+      </c>
+      <c r="E1890" s="2">
+        <v>3903900</v>
+      </c>
+      <c r="F1890" s="2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1891" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1891" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="B1891" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C1891" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1891" s="2">
+        <v>15066.986959143222</v>
+      </c>
+      <c r="E1891" s="2">
+        <v>456300988</v>
+      </c>
+      <c r="F1891" s="2">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="1892" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1892" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="B1892" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1892" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1892" s="2">
+        <v>223.44234105440637</v>
+      </c>
+      <c r="E1892" s="2">
+        <v>173500425</v>
+      </c>
+      <c r="F1892" s="2">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="1893" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1893" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="B1893" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1893" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1893" s="2">
+        <v>13550.67077615903</v>
+      </c>
+      <c r="E1893" s="2">
+        <v>10315886479</v>
+      </c>
+      <c r="F1893" s="2">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="1894" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1894" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="B1894" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C1894" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1894" s="2">
+        <v>215.23262411347517</v>
+      </c>
+      <c r="E1894" s="2">
+        <v>15173900</v>
+      </c>
+      <c r="F1894" s="2">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="1895" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1895" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="B1895" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C1895" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1895" s="2">
+        <v>14689.959357709353</v>
+      </c>
+      <c r="E1895" s="2">
+        <v>837323864</v>
+      </c>
+      <c r="F1895" s="2">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="1896" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1896" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="B1896" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1896" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1896" s="2">
+        <v>214.15191767132117</v>
+      </c>
+      <c r="E1896" s="2">
+        <v>9675837</v>
+      </c>
+      <c r="F1896" s="2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1897" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1897" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="B1897" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1897" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1897" s="2">
+        <v>16367.720779892859</v>
+      </c>
+      <c r="E1897" s="2">
+        <v>2113577124</v>
+      </c>
+      <c r="F1897" s="2">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="1898" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1898" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="B1898" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1898" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1898" s="2">
+        <v>48797.903228965901</v>
+      </c>
+      <c r="E1898" s="2">
+        <v>15958461347</v>
+      </c>
+      <c r="F1898" s="2">
+        <v>1325</v>
+      </c>
+    </row>
+    <row r="1899" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1899" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="B1899" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C1899" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1899" s="2">
+        <v>1142.5244350576816</v>
+      </c>
+      <c r="E1899" s="2">
+        <v>111206735</v>
+      </c>
+      <c r="F1899" s="2">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="1900" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1900" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="B1900" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C1900" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1900" s="2">
+        <v>41513.846243669832</v>
+      </c>
+      <c r="E1900" s="2">
+        <v>18237922089</v>
+      </c>
+      <c r="F1900" s="2">
+        <v>2514</v>
+      </c>
+    </row>
+    <row r="1901" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1901" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="B1901" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C1901" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1901" s="2">
+        <v>1060.2865975326906</v>
+      </c>
+      <c r="E1901" s="2">
+        <v>1149304703</v>
+      </c>
+      <c r="F1901" s="2">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="1902" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1902" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="B1902" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1902" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1902" s="2">
+        <v>223.61257165535307</v>
+      </c>
+      <c r="E1902" s="2">
+        <v>144925502</v>
+      </c>
+      <c r="F1902" s="2">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="1903" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1903" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="B1903" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1903" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1903" s="2">
+        <v>167.88888888888889</v>
+      </c>
+      <c r="E1903" s="2">
+        <v>3777500</v>
+      </c>
+      <c r="F1903" s="2">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="1904" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1904" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="B1904" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1904" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1904" s="2">
+        <v>13922.752185597097</v>
+      </c>
+      <c r="E1904" s="2">
+        <v>5192312467</v>
+      </c>
+      <c r="F1904" s="2">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="1905" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1905" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="B1905" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C1905" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1905" s="2">
+        <v>218.46470588235294</v>
+      </c>
+      <c r="E1905" s="2">
+        <v>5570850</v>
+      </c>
+      <c r="F1905" s="2">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1906" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1906" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="B1906" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C1906" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1906" s="2">
+        <v>15995.580326123914</v>
+      </c>
+      <c r="E1906" s="2">
+        <v>649193424</v>
+      </c>
+      <c r="F1906" s="2">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="1907" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1907" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="B1907" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1907" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1907" s="2">
+        <v>241.15458717124335</v>
+      </c>
+      <c r="E1907" s="2">
+        <v>7283033</v>
+      </c>
+      <c r="F1907" s="2">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="1908" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1908" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="B1908" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1908" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1908" s="2">
+        <v>15365.823015152087</v>
+      </c>
+      <c r="E1908" s="2">
+        <v>912474292</v>
+      </c>
+      <c r="F1908" s="2">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="1909" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1909" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="B1909" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1909" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1909" s="2">
+        <v>48315.30059169358</v>
+      </c>
+      <c r="E1909" s="2">
+        <v>5851562492</v>
+      </c>
+      <c r="F1909" s="2">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="1910" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1910" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="B1910" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C1910" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1910" s="2">
+        <v>1232.1860027496514</v>
+      </c>
+      <c r="E1910" s="2">
+        <v>36359920</v>
+      </c>
+      <c r="F1910" s="2">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="1911" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1911" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="B1911" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C1911" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1911" s="2">
+        <v>10775.873927443086</v>
+      </c>
+      <c r="E1911" s="2">
+        <v>3160042012</v>
+      </c>
+      <c r="F1911" s="2">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="1912" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1912" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="B1912" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C1912" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1912" s="2">
+        <v>14120.383939926684</v>
+      </c>
+      <c r="E1912" s="2">
+        <v>1056750994</v>
+      </c>
+      <c r="F1912" s="2">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1913" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1913" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="B1913" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1913" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1913" s="2">
+        <v>224.88294188861445</v>
+      </c>
+      <c r="E1913" s="2">
+        <v>253558167</v>
+      </c>
+      <c r="F1913" s="2">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="1914" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1914" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="B1914" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1914" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1914" s="2">
+        <v>14166.82319067969</v>
+      </c>
+      <c r="E1914" s="2">
+        <v>10329634975</v>
+      </c>
+      <c r="F1914" s="2">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="1915" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1915" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="B1915" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C1915" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1915" s="2">
+        <v>240.15894039735099</v>
+      </c>
+      <c r="E1915" s="2">
+        <v>18132000</v>
+      </c>
+      <c r="F1915" s="2">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1916" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1916" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="B1916" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C1916" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1916" s="2">
+        <v>14138.107559796586</v>
+      </c>
+      <c r="E1916" s="2">
+        <v>692984149</v>
+      </c>
+      <c r="F1916" s="2">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="1917" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1917" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="B1917" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1917" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1917" s="2">
+        <v>218.47958583029936</v>
+      </c>
+      <c r="E1917" s="2">
+        <v>18043113</v>
+      </c>
+      <c r="F1917" s="2">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="1918" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1918" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="B1918" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1918" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1918" s="2">
+        <v>1453.4474297658212</v>
+      </c>
+      <c r="E1918" s="2">
+        <v>1935710262</v>
+      </c>
+      <c r="F1918" s="2">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="1919" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1919" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="B1919" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1919" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1919" s="2">
+        <v>49629.754560902518</v>
+      </c>
+      <c r="E1919" s="2">
+        <v>12511459628</v>
+      </c>
+      <c r="F1919" s="2">
+        <v>1123</v>
+      </c>
+    </row>
+    <row r="1920" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1920" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="B1920" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C1920" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1920" s="2">
+        <v>1249.0438375582414</v>
+      </c>
+      <c r="E1920" s="2">
+        <v>43840718</v>
+      </c>
+      <c r="F1920" s="2">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="1921" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1921" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="B1921" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C1921" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1921" s="2">
+        <v>105292.52112696216</v>
+      </c>
+      <c r="E1921" s="2">
+        <v>19452562477</v>
+      </c>
+      <c r="F1921" s="2">
+        <v>3305</v>
+      </c>
+    </row>
+    <row r="1922" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1922" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="B1922" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C1922" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1922" s="2">
+        <v>210.61151832460732</v>
+      </c>
+      <c r="E1922" s="2">
+        <v>16090720</v>
+      </c>
+      <c r="F1922" s="2">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="1923" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1923" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="B1923" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C1923" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1923" s="2">
+        <v>13888.177352000168</v>
+      </c>
+      <c r="E1923" s="2">
+        <v>512882765</v>
+      </c>
+      <c r="F1923" s="2">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="1924" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1924" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="B1924" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1924" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1924" s="2">
+        <v>143.97986833342136</v>
+      </c>
+      <c r="E1924" s="2">
+        <v>130348481</v>
+      </c>
+      <c r="F1924" s="2">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="1925" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1925" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="B1925" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1925" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1925" s="2">
+        <v>14080.38927470712</v>
+      </c>
+      <c r="E1925" s="2">
+        <v>6526946707</v>
+      </c>
+      <c r="F1925" s="2">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="1926" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1926" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="B1926" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C1926" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1926" s="2">
+        <v>228.32828282828282</v>
+      </c>
+      <c r="E1926" s="2">
+        <v>13562700</v>
+      </c>
+      <c r="F1926" s="2">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="1927" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1927" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="B1927" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C1927" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1927" s="2">
+        <v>14527.33708830576</v>
+      </c>
+      <c r="E1927" s="2">
+        <v>1270852785</v>
+      </c>
+      <c r="F1927" s="2">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="1928" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1928" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="B1928" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1928" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1928" s="2">
+        <v>231.60037174721191</v>
+      </c>
+      <c r="E1928" s="2">
+        <v>24920200</v>
+      </c>
+      <c r="F1928" s="2">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="1929" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1929" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="B1929" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1929" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1929" s="2">
+        <v>14092.29741722878</v>
+      </c>
+      <c r="E1929" s="2">
+        <v>1423007795</v>
+      </c>
+      <c r="F1929" s="2">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="1930" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1930" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="B1930" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1930" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1930" s="2">
+        <v>47314.466803299685</v>
+      </c>
+      <c r="E1930" s="2">
+        <v>8782824881</v>
+      </c>
+      <c r="F1930" s="2">
+        <v>1203</v>
+      </c>
+    </row>
+    <row r="1931" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1931" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="B1931" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C1931" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1931" s="2">
+        <v>1215.2730890171383</v>
+      </c>
+      <c r="E1931" s="2">
+        <v>70988865</v>
+      </c>
+      <c r="F1931" s="2">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="1932" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1932" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="B1932" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C1932" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1932" s="2">
+        <v>113288.26721364548</v>
+      </c>
+      <c r="E1932" s="2">
+        <v>13052519489</v>
+      </c>
+      <c r="F1932" s="2">
+        <v>2519</v>
+      </c>
+    </row>
+    <row r="1933" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1933" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="B1933" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C1933" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1933" s="2">
+        <v>202.0645476772616</v>
+      </c>
+      <c r="E1933" s="2">
+        <v>4132220</v>
+      </c>
+      <c r="F1933" s="2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1934" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1934" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="B1934" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C1934" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1934" s="2">
+        <v>14839.362202505772</v>
+      </c>
+      <c r="E1934" s="2">
+        <v>1080214885</v>
+      </c>
+      <c r="F1934" s="2">
+        <v>1212</v>
+      </c>
+    </row>
+    <row r="1935" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1935" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="B1935" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1935" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1935" s="2">
+        <v>227.76016233766234</v>
+      </c>
+      <c r="E1935" s="2">
+        <v>140300260</v>
+      </c>
+      <c r="F1935" s="2">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="1936" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1936" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="B1936" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1936" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1936" s="2">
+        <v>13573.815108035496</v>
+      </c>
+      <c r="E1936" s="2">
+        <v>7919758223</v>
+      </c>
+      <c r="F1936" s="2">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="1937" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1937" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="B1937" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C1937" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1937" s="2">
+        <v>206.06741573033707</v>
+      </c>
+      <c r="E1937" s="2">
+        <v>7336000</v>
+      </c>
+      <c r="F1937" s="2">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="1938" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1938" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="B1938" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C1938" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1938" s="2">
+        <v>13829.135455928381</v>
+      </c>
+      <c r="E1938" s="2">
+        <v>681421066</v>
+      </c>
+      <c r="F1938" s="2">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="1939" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1939" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="B1939" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1939" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1939" s="2">
+        <v>225.17874875868918</v>
+      </c>
+      <c r="E1939" s="2">
+        <v>11337750</v>
+      </c>
+      <c r="F1939" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1940" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1940" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="B1940" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1940" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1940" s="2">
+        <v>15124.377990893778</v>
+      </c>
+      <c r="E1940" s="2">
+        <v>1289012169</v>
+      </c>
+      <c r="F1940" s="2">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="1941" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1941" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="B1941" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1941" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1941" s="2">
+        <v>47726.214906392495</v>
+      </c>
+      <c r="E1941" s="2">
+        <v>8400136930</v>
+      </c>
+      <c r="F1941" s="2">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="1942" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1942" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="B1942" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C1942" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1942" s="2">
+        <v>1240.4171619214112</v>
+      </c>
+      <c r="E1942" s="2">
+        <v>70658018</v>
+      </c>
+      <c r="F1942" s="2">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="1943" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1943" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="B1943" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C1943" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1943" s="2">
+        <v>104059.96936138863</v>
+      </c>
+      <c r="E1943" s="2">
+        <v>29884361571</v>
+      </c>
+      <c r="F1943" s="2">
+        <v>3457</v>
+      </c>
+    </row>
+    <row r="1944" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1944" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="B1944" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C1944" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1944" s="2">
+        <v>188.72014925373134</v>
+      </c>
+      <c r="E1944" s="2">
+        <v>5057700</v>
+      </c>
+      <c r="F1944" s="2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1945" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1945" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="B1945" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C1945" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1945" s="2">
+        <v>13946.188574897884</v>
+      </c>
+      <c r="E1945" s="2">
+        <v>5423286260</v>
+      </c>
+      <c r="F1945" s="2">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="1946" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1946" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="B1946" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1946" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1946" s="2">
+        <v>224.74016576466883</v>
+      </c>
+      <c r="E1946" s="2">
+        <v>167921838</v>
+      </c>
+      <c r="F1946" s="2">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1947" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1947" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="B1947" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1947" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1947" s="2">
+        <v>13938.754251260172</v>
+      </c>
+      <c r="E1947" s="2">
+        <v>7029402280</v>
+      </c>
+      <c r="F1947" s="2">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="1948" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1948" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="B1948" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C1948" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1948" s="2">
+        <v>244.24738219895289</v>
+      </c>
+      <c r="E1948" s="2">
+        <v>18660500</v>
+      </c>
+      <c r="F1948" s="2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1949" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1949" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="B1949" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C1949" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1949" s="2">
+        <v>15179.81816861607</v>
+      </c>
+      <c r="E1949" s="2">
+        <v>516156640</v>
+      </c>
+      <c r="F1949" s="2">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="1950" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1950" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="B1950" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1950" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1950" s="2">
+        <v>194.22632944228275</v>
+      </c>
+      <c r="E1950" s="2">
+        <v>14974850</v>
+      </c>
+      <c r="F1950" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1951" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1951" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="B1951" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1951" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1951" s="2">
+        <v>14431.036793528523</v>
+      </c>
+      <c r="E1951" s="2">
+        <v>844168030</v>
+      </c>
+      <c r="F1951" s="2">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="1952" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1952" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="B1952" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1952" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1952" s="2">
+        <v>45305.481730900246</v>
+      </c>
+      <c r="E1952" s="2">
+        <v>9787526479</v>
+      </c>
+      <c r="F1952" s="2">
+        <v>1227</v>
+      </c>
+    </row>
+    <row r="1953" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1953" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="B1953" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C1953" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1953" s="2">
+        <v>273.1244379983342</v>
+      </c>
+      <c r="E1953" s="2">
+        <v>154039661</v>
+      </c>
+      <c r="F1953" s="2">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="1954" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1954" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="B1954" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C1954" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1954" s="2">
+        <v>105261.3862064525</v>
+      </c>
+      <c r="E1954" s="2">
+        <v>12333302730</v>
+      </c>
+      <c r="F1954" s="2">
+        <v>5470</v>
+      </c>
+    </row>
+    <row r="1955" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1955" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="B1955" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C1955" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1955" s="2">
+        <v>197.54894222005137</v>
+      </c>
+      <c r="E1955" s="2">
+        <v>4529817</v>
+      </c>
+      <c r="F1955" s="2">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="1956" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1956" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="B1956" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C1956" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1956" s="2">
+        <v>12477.813908443064</v>
+      </c>
+      <c r="E1956" s="2">
+        <v>2364651273</v>
+      </c>
+      <c r="F1956" s="2">
+        <v>1277</v>
+      </c>
+    </row>
+    <row r="1957" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1957" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="B1957" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1957" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1957" s="2">
+        <v>220.90972891198447</v>
+      </c>
+      <c r="E1957" s="2">
+        <v>205064239</v>
+      </c>
+      <c r="F1957" s="2">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="1958" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1958" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="B1958" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1958" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1958" s="2">
+        <v>13908.671720231538</v>
+      </c>
+      <c r="E1958" s="2">
+        <v>9475956721</v>
+      </c>
+      <c r="F1958" s="2">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1959" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1959" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="B1959" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C1959" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1959" s="2">
+        <v>203.43045912653974</v>
+      </c>
+      <c r="E1959" s="2">
+        <v>9083170</v>
+      </c>
+      <c r="F1959" s="2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1960" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1960" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="B1960" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C1960" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1960" s="2">
+        <v>13615.102758171637</v>
+      </c>
+      <c r="E1960" s="2">
+        <v>653439838</v>
+      </c>
+      <c r="F1960" s="2">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="1961" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1961" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="B1961" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1961" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1961" s="2">
+        <v>209.16365926059188</v>
+      </c>
+      <c r="E1961" s="2">
+        <v>11626362</v>
+      </c>
+      <c r="F1961" s="2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1962" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1962" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="B1962" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1962" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1962" s="2">
+        <v>15456.841078054149</v>
+      </c>
+      <c r="E1962" s="2">
+        <v>682804208</v>
+      </c>
+      <c r="F1962" s="2">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="1963" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1963" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="B1963" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1963" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1963" s="2">
+        <v>46863.803524737588</v>
+      </c>
+      <c r="E1963" s="2">
+        <v>7295717614</v>
+      </c>
+      <c r="F1963" s="2">
+        <v>1420</v>
+      </c>
+    </row>
+    <row r="1964" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1964" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="B1964" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C1964" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1964" s="2">
+        <v>1227.7302190014943</v>
+      </c>
+      <c r="E1964" s="2">
+        <v>70000551</v>
+      </c>
+      <c r="F1964" s="2">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1965" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1965" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="B1965" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C1965" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1965" s="2">
+        <v>108639.82444541366</v>
+      </c>
+      <c r="E1965" s="2">
+        <v>8488648405</v>
+      </c>
+      <c r="F1965" s="2">
+        <v>3933</v>
+      </c>
+    </row>
+    <row r="1966" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1966" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="B1966" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C1966" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1966" s="2">
+        <v>199.64875876736861</v>
+      </c>
+      <c r="E1966" s="2">
+        <v>11288721</v>
+      </c>
+      <c r="F1966" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1967" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1967" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="B1967" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C1967" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1967" s="2">
+        <v>14137.538843429131</v>
+      </c>
+      <c r="E1967" s="2">
+        <v>1296560643</v>
+      </c>
+      <c r="F1967" s="2">
+        <v>1751</v>
+      </c>
+    </row>
+    <row r="1968" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1968" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="B1968" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1968" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1968" s="2">
+        <v>169.73291390949987</v>
+      </c>
+      <c r="E1968" s="2">
+        <v>191562561</v>
+      </c>
+      <c r="F1968" s="2">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="1969" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1969" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="B1969" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1969" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1969" s="2">
+        <v>14213.272421898448</v>
+      </c>
+      <c r="E1969" s="2">
+        <v>6300081184</v>
+      </c>
+      <c r="F1969" s="2">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="1970" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1970" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="B1970" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C1970" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1970" s="2">
+        <v>15797.991345083243</v>
+      </c>
+      <c r="E1970" s="2">
+        <v>957307248</v>
+      </c>
+      <c r="F1970" s="2">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1971" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1971" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="B1971" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1971" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1971" s="2">
+        <v>185.46247464503043</v>
+      </c>
+      <c r="E1971" s="2">
+        <v>9143300</v>
+      </c>
+      <c r="F1971" s="2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1972" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1972" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="B1972" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1972" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1972" s="2">
+        <v>836.11912541897914</v>
+      </c>
+      <c r="E1972" s="2">
+        <v>1006107361</v>
+      </c>
+      <c r="F1972" s="2">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="1973" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1973" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="B1973" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1973" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1973" s="2">
+        <v>47778.284839336658</v>
+      </c>
+      <c r="E1973" s="2">
+        <v>10316155490</v>
+      </c>
+      <c r="F1973" s="2">
+        <v>1502</v>
+      </c>
+    </row>
+    <row r="1974" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1974" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="B1974" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C1974" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1974" s="2">
+        <v>1115.5949383668847</v>
+      </c>
+      <c r="E1974" s="2">
+        <v>37168358</v>
+      </c>
+      <c r="F1974" s="2">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="1975" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1975" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="B1975" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C1975" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1975" s="2">
+        <v>18331.474332315702</v>
+      </c>
+      <c r="E1975" s="2">
+        <v>7262375915</v>
+      </c>
+      <c r="F1975" s="2">
+        <v>3008</v>
+      </c>
+    </row>
+    <row r="1976" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1976" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="B1976" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C1976" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1976" s="2">
+        <v>201.44691185616861</v>
+      </c>
+      <c r="E1976" s="2">
+        <v>8580045</v>
+      </c>
+      <c r="F1976" s="2">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="1977" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1977" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="B1977" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C1977" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1977" s="2">
+        <v>13075.387551533411</v>
+      </c>
+      <c r="E1977" s="2">
+        <v>1275936681</v>
+      </c>
+      <c r="F1977" s="2">
+        <v>2606</v>
+      </c>
+    </row>
+    <row r="1978" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1978" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="B1978" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1978" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1978" s="2">
+        <v>225.13014048070212</v>
+      </c>
+      <c r="E1978" s="2">
+        <v>192950470</v>
+      </c>
+      <c r="F1978" s="2">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1979" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1979" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="B1979" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1979" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1979" s="2">
+        <v>14461.08638168885</v>
+      </c>
+      <c r="E1979" s="2">
+        <v>11228346963</v>
+      </c>
+      <c r="F1979" s="2">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1980" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1980" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="B1980" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C1980" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1980" s="2">
+        <v>219.97622192866578</v>
+      </c>
+      <c r="E1980" s="2">
+        <v>8326100</v>
+      </c>
+      <c r="F1980" s="2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1981" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1981" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="B1981" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C1981" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1981" s="2">
+        <v>13714.620064053161</v>
+      </c>
+      <c r="E1981" s="2">
+        <v>782386379</v>
+      </c>
+      <c r="F1981" s="2">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1982" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1982" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="B1982" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1982" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1982" s="2">
+        <v>209.84672897196262</v>
+      </c>
+      <c r="E1982" s="2">
+        <v>20208240</v>
+      </c>
+      <c r="F1982" s="2">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="1983" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1983" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="B1983" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1983" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1983" s="2">
+        <v>13628.445191629642</v>
+      </c>
+      <c r="E1983" s="2">
+        <v>1048759310</v>
+      </c>
+      <c r="F1983" s="2">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="1984" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1984" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="B1984" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1984" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1984" s="2">
+        <v>56184.440917698492</v>
+      </c>
+      <c r="E1984" s="2">
+        <v>24903803160</v>
+      </c>
+      <c r="F1984" s="2">
+        <v>1438</v>
+      </c>
+    </row>
+    <row r="1985" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1985" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="B1985" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C1985" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1985" s="2">
+        <v>1262.4959632617413</v>
+      </c>
+      <c r="E1985" s="2">
+        <v>75853968</v>
+      </c>
+      <c r="F1985" s="2">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="1986" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1986" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="B1986" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C1986" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1986" s="2">
+        <v>106049.58548877462</v>
+      </c>
+      <c r="E1986" s="2">
+        <v>38685470161</v>
+      </c>
+      <c r="F1986" s="2">
+        <v>2333</v>
+      </c>
+    </row>
+    <row r="1987" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1987" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="B1987" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C1987" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1987" s="2">
+        <v>212.05278331671653</v>
+      </c>
+      <c r="E1987" s="2">
+        <v>25522673</v>
+      </c>
+      <c r="F1987" s="2">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="1988" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1988" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="B1988" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C1988" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1988" s="2">
+        <v>13591.137151204606</v>
+      </c>
+      <c r="E1988" s="2">
+        <v>763139959</v>
+      </c>
+      <c r="F1988" s="2">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="1989" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1989" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="B1989" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1989" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1989" s="2">
+        <v>220.83148866395484</v>
+      </c>
+      <c r="E1989" s="2">
+        <v>70032290</v>
+      </c>
+      <c r="F1989" s="2">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="1990" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1990" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="B1990" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1990" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1990" s="2">
+        <v>14136.446467712776</v>
+      </c>
+      <c r="E1990" s="2">
+        <v>5536386020</v>
+      </c>
+      <c r="F1990" s="2">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="1991" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1991" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="B1991" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C1991" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1991" s="2">
+        <v>207.38</v>
+      </c>
+      <c r="E1991" s="2">
+        <v>10369000</v>
+      </c>
+      <c r="F1991" s="2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1992" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1992" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="B1992" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C1992" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1992" s="2">
+        <v>15519.809257605959</v>
+      </c>
+      <c r="E1992" s="2">
+        <v>586803181</v>
+      </c>
+      <c r="F1992" s="2">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1993" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1993" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="B1993" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1993" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1993" s="2">
+        <v>203.79196704428423</v>
+      </c>
+      <c r="E1993" s="2">
+        <v>19788200</v>
+      </c>
+      <c r="F1993" s="2">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="1994" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1994" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="B1994" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1994" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1994" s="2">
+        <v>13509.715072301371</v>
+      </c>
+      <c r="E1994" s="2">
+        <v>240647744</v>
+      </c>
+      <c r="F1994" s="2">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="1995" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1995" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="B1995" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1995" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1995" s="2">
+        <v>51647.000586951675</v>
+      </c>
+      <c r="E1995" s="2">
+        <v>3943709341</v>
+      </c>
+      <c r="F1995" s="2">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="1996" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1996" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="B1996" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C1996" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1996" s="2">
+        <v>1243.8614437935889</v>
+      </c>
+      <c r="E1996" s="2">
+        <v>73155850</v>
+      </c>
+      <c r="F1996" s="2">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1997" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1997" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="B1997" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C1997" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1997" s="2">
+        <v>103777.18350329356</v>
+      </c>
+      <c r="E1997" s="2">
+        <v>21238787235</v>
+      </c>
+      <c r="F1997" s="2">
+        <v>1457</v>
+      </c>
+    </row>
+    <row r="1998" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A1998" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="B1998" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C1998" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1998" s="2">
+        <v>12582.677503932317</v>
+      </c>
+      <c r="E1998" s="2">
+        <v>237025810</v>
+      </c>
+      <c r="F1998" s="2">
+        <v>388</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B8B37671-5F41-4638-975D-9909F1F6669B}">
   <dimension ref="A1:F13"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B59" sqref="B59"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1" s="4" t="s">
         <v>131</v>
       </c>
       <c r="B1" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C1" s="5" t="s">
         <v>5</v>
       </c>
       <c r="D1" s="6">
         <v>127.38485618468793</v>
       </c>
       <c r="E1" s="5">
         <v>222589750</v>
       </c>
       <c r="F1" s="5">
         <v>59</v>
       </c>
     </row>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A2" s="4" t="s">
         <v>131</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="6">
         <v>15488.899183051055</v>
       </c>
       <c r="E2" s="5">
         <v>10767228399</v>
       </c>
       <c r="F2" s="5">
         <v>268</v>
       </c>
     </row>
-    <row r="3" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A3" s="4" t="s">
         <v>131</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="6">
         <v>182.98003774646381</v>
       </c>
       <c r="E3" s="5">
         <v>46575812</v>
       </c>
       <c r="F3" s="5">
         <v>17</v>
       </c>
     </row>
-    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A4" s="4" t="s">
         <v>131</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D4" s="6">
         <v>1561.4573877962682</v>
       </c>
       <c r="E4" s="5">
         <v>12385480</v>
       </c>
       <c r="F4" s="5">
         <v>4</v>
       </c>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A5" s="4" t="s">
         <v>131</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D5" s="6">
         <v>12759.767556288323</v>
       </c>
       <c r="E5" s="5">
         <v>1216747701</v>
       </c>
       <c r="F5" s="5">
         <v>40</v>
       </c>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A6" s="4" t="s">
         <v>131</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>5</v>
       </c>
       <c r="D6" s="6">
         <v>200.90504180629929</v>
       </c>
       <c r="E6" s="5">
         <v>15472259</v>
       </c>
       <c r="F6" s="5">
         <v>9</v>
       </c>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A7" s="4" t="s">
         <v>131</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D7" s="6">
         <v>14955.906622190256</v>
       </c>
       <c r="E7" s="5">
         <v>211264744</v>
       </c>
       <c r="F7" s="5">
         <v>10</v>
       </c>
     </row>
-    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A8" s="4" t="s">
         <v>131</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>5</v>
       </c>
       <c r="D8" s="6">
         <v>744.09858828974768</v>
       </c>
       <c r="E8" s="5">
         <v>3472470</v>
       </c>
       <c r="F8" s="5">
         <v>50</v>
       </c>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A9" s="4" t="s">
         <v>131</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D9" s="6">
         <v>56379.586785354186</v>
       </c>
       <c r="E9" s="5">
         <v>4590497389</v>
       </c>
       <c r="F9" s="5">
         <v>818</v>
       </c>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A10" s="4" t="s">
         <v>131</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>128</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>5</v>
       </c>
       <c r="D10" s="6">
         <v>912.23067030593938</v>
       </c>
       <c r="E10" s="5">
         <v>24450328</v>
       </c>
       <c r="F10" s="5">
         <v>25</v>
       </c>
     </row>
-    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A11" s="4" t="s">
         <v>131</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>128</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D11" s="6">
         <v>98014.775542168893</v>
       </c>
       <c r="E11" s="5">
         <v>35000737313</v>
       </c>
       <c r="F11" s="5">
         <v>1214</v>
       </c>
     </row>
-    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A12" s="4" t="s">
         <v>131</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>129</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>5</v>
       </c>
       <c r="D12" s="6">
         <v>5.4608206573390126</v>
       </c>
       <c r="E12" s="5">
         <v>1848700</v>
       </c>
       <c r="F12" s="5">
         <v>3</v>
       </c>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A13" s="4" t="s">
         <v>131</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>129</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D13" s="6">
         <v>15910.750429379368</v>
       </c>
       <c r="E13" s="5">
         <v>555606078</v>
       </c>
       <c r="F13" s="5">
         <v>148</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>