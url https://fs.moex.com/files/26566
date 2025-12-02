--- v0 (2025-10-17)
+++ v1 (2025-12-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6798c166d24411a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59aa090375fd4071" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Rcd2620727e72453d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R92f56d1d9814454d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b val="1"/>
     </x:font>
     <x:font>
       <x:sz val="12"/>
       <x:b val="1"/>
@@ -96,51 +96,51 @@
     </x:xf>
     <x:xf borderId="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" borderId="1"/>
     <x:xf fontId="2" applyFont="1"/>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="4" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcd2620727e72453d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R92f56d1d9814454d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namex.org/ru/commodityauctions/participantsCA" TargetMode="External" Id="HL0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="6.3" bestFit="0" customWidth="1"/>
     <x:col min="2" max="2" width="60" bestFit="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.5" bestFit="0" customWidth="1"/>
     <x:col min="4" max="4" width="20" bestFit="0" customWidth="1"/>
     <x:col min="5" max="5" width="20" bestFit="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row/>
     <x:row>
       <x:c s="11" t="inlineStr">
         <x:is>
           <x:t>Список участников, допущенных к аукционам Заказчика аукционов ООО "Сентябрь"</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row ht="50" customHeight="1">
       <x:c s="12" t="inlineStr">
@@ -1311,3985 +1311,3985 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Гелиос Плюс"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>6164103711</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>44797</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>51</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
+          <x:t>Общество с ограниченной ответственностью "Голд Грейн"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6453123072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Заказчик №1»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>-</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Деметра"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311239927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Дон-Маркет"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3616015867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Житница"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7313011003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерновая компания "Оренбургский колос"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5610210520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерно-Ресурс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615015365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерновая компания ЭФКО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3122509834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерновой терминал Лабинский"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2374001966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью " Зерновые продукты"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5722003994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственности "Интер Грейн"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364016579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Исток"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364017220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "КОЛОС"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2372020473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Каравай"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7716647909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Корсар"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615014717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Кубань Трейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2377000632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МАГИСТРАЛЬ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2312212893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Ново-Трейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2315147709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Новониколаевский элеватор"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3443124089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ОЗК Трейдинг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310170817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ОРЕОЛ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7725398504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Омега Бизнес"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2634091509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственнотью "Петрохлеб-Кубань"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310109650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "РЕАЛ АГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5043055420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Регион Плюс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2363000174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Рубикон"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3445112730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Рус-Агрокультура"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2360011763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Русагро-Инвест"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3105003830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Русские мельницы"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6234184259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью " Русский колос"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7731322214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СПК-ЮГ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364016392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сельскохозяйственное предприятие "Элита"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6441013396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Святославское хлебоприемное предприятие"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6431004434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый Дом "Зерно Заволжья"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3445091590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ООО "Торгово-закупочная компания Зерновые продукты"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5722111630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговая компания "Просторы Сибири"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2463231513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ТРЕЙДЮГЗЕРНО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6154147445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый Дом "Доминант"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6714018269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый дом "АНИТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2363000720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый дом  "Бейсуг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2363000713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Транс-Фаворит"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364011980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Урожай"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364014853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭСКОМ-АГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5254491270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЮВС+"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3443130318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЮГНЕФТЕПРОМ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2372016300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЮНК"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666207959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АВАНГАРД-АГРО-Воронеж»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666128249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АВАНГАРД-АГРО-Курск»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4607004691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АВАНГАРД-АГРО-Тула»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7107553032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Авангард-Агро-Орел»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5722033156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроКлуб»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662263913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агротехнологии»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6803120472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «БИ-АЙ ГРАНУМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7729546947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ГРАНОЛЮКС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7734416982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЗОЛОТО ЮГА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364018417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Знак»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2377000230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ИнтерТрейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2361010970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КОФКО Интернэшнл РУ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666161905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КСМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2631039074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Монарх»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5611079010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «НАВИГАТОР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2312147041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Норд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2224143200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Продуктсервис»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2315129611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Раненбургъ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4813012610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Ренессанс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2373016840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ресурс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2339024262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Рисоводы Кубани»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2336022490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Родные поля»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6165161667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ростовский зерновой терминал»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6162041403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СВС-АГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6146005888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СЕЛЬХОЗТОРГ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311167180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сим-Транс Групп»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7709858088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Союз»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6163092383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговый дом Томзерно»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7017469210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТемпАгро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311297710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Теткинский сахарный завод»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4603005528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t> Общество с ограниченной ответственностью «Топ Грейн»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6167079560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Управляющая компания АПК»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615801915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Фортуна»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5722002849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Хреновское ХПП»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3663137686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЭФКО-Поволжье»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3664247508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Агрофирма "Павловская"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5252011169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью крестьянское хозяйство «Участие»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2343014531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Компания "БИО-ТОН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6367044243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Компания «Март»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2634072094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ТД Муковозов</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7453263089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  Торговая компания "Регион-Саратов"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6452071657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговый дом «Содружество»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3913011336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44797</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Эм Джи Ти Раша»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666226398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44937</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЛАРКОС"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364018424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44946</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЗерноАЛТЕ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311290183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44951</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АГРОВИЗА"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6320044914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44958</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЯрилаЭкспорт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311279422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44958</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТБИ-Ф»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2315167416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44963</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ВелТранс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5638057303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44979</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЭКО ГРУПП»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311193729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44979</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Бабаев Сабир Таджиддинович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>645106979700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава крестьянского (фермерского) хозяйства Иванов Игорь Юрьевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>701708406369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ИНДИВИДУАЛЬНЫЙ ПРЕДПРИНИМАТЕЛЬ ГЛАВА КФХ КУЧЕРЕНКО ВЛАДИМИР НИКОЛАЕВИЧ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>233610817435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель ИП Данилов Владимир Александрович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>343800212268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Дудко Дмитрий Васильевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>263404613234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Мороз Игорь Игоревич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>233609496106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Третьяков Владимир Алексеевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>234400684244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Халидов Алимзада Шахзадаевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>610900662433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Цеева Наталья Артуровна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>235612063265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "БурТрейдСервис"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7725594379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Меркурий"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2636213706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Приволжская Зерновая Компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6453106084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Приморская Соя"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7730168471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Растма"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2309145132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Соболь"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3628012116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Содружество"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6164273745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сойтэкс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7743177681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Стрелецкое-АгроТрейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3015054156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый Дом "Псковский Каравай"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7810603419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТК СМАРТ" </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7313009050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Элли"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2257004191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЮЖНЫЙ РЕГИОН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6143095234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОДОМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311232167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Авто Дом»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2349028876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Крупа»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7727284679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Маслозавод Третьяковский»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3604017676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Пластон-ЮГ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6167110210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ставролит»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2635230473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Сельскохозяйственный производственный кооператив Ширяева Геннадия Ивановича</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3604019049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Минуллина Лилия Анваровна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>164811941208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45198</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроГард-Орел»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5721002902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45198</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Белгородский бройлер»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123481412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45198</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ОЗК Регион»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1655420390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45198</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТАРГЕТ АГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7734663029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45198</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭФКО-Семена"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3122007552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45324</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агро-Финанс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4725006007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45335</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ОЗК Центр"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6829091890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45335</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью "Омское продовольствие"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5507244388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45335</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Русагро-Балаково"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6439097889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45335</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Гелиос»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3663102605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45335</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Кубань-Агро-Сервис»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2332015558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45335</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «РОД»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6950239662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45335</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Газполимерсервис» </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3605006194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45335</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество "Ровненский элеватор"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2344007569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45538</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Руднянское хлебоприемное предприятие"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3425007343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45538</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "АГРО-ФРЕГАТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6141055691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45538</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Глобэкс Грейн"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5047152618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45538</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерно-Трейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6154134277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45538</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Золотой Дракон"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7136502434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45538</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Кайрос ТК"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6318015070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45538</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Комета»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2343013175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45538</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «РусАгроТрейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9725034444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45538</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество "ПримАгро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2511076807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45629</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агрокомплекс Развитие"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7124002719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45629</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Киселева Ольга Сергеевна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>232803300786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Нуров Петр Очирович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>080700510103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Цеев Руслан Батырович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>235606747482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Шабурян Артуш Агаронович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>231409346727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Крестьянское (Фермерское) Хозяйство МИРОНЕНКО ИВАН ИВАНОВИЧ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>262401335058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агро ст"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2635228474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агро-Партнер"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2636809993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Аквилон"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310165912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АЛЬЯНС"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2636809016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ВЕКТОР"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6161090574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ГАРАНТАГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310179778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Краснодарзернопродукт"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310105350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Меридиан"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2313017101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СельхозТорг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6164214965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ТОРГОВЫЙ ДОМ "МЕГАПОЛИС"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2634100792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговая компания "Томскзерно"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7017422194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭКСПОРТ ГРЕЙН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0726013810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского (фермерского) хозяйства Алимов Виктор Леонидович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>341300209672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава крестьянского (фермерского) хозяйства Велиев Эдуард Гамлет Оглы</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>519056294091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Захаровское»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6202004827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Империал»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7802229528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
           <x:t>Общество с ограниченной ответственностью "Гермес-Агро"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2373013133</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Допущен</x:t>
-[...3936 lines deleted...]
-        <x:v>45658</x:v>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45968</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A2:$E2"/>
     <x:mergeCell ref="A3:$E3"/>
   </x:mergeCells>
   <x:hyperlinks>
     <x:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A3" r:id="HL0"/>
   </x:hyperlinks>
 </x:worksheet>
 </file>