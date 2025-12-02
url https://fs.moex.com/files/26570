--- v0 (2025-10-17)
+++ v1 (2025-12-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8030148cc3e463d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59a79abce4344fc2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Rb098e92162aa41db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R6924b613d1bf489e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b val="1"/>
     </x:font>
     <x:font>
       <x:sz val="12"/>
       <x:b val="1"/>
@@ -96,51 +96,51 @@
     </x:xf>
     <x:xf borderId="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" borderId="1"/>
     <x:xf fontId="2" applyFont="1"/>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="4" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb098e92162aa41db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6924b613d1bf489e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namex.org/ru/commodityauctions/participantsCA" TargetMode="External" Id="HL0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="6.3" bestFit="0" customWidth="1"/>
     <x:col min="2" max="2" width="60" bestFit="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.5" bestFit="0" customWidth="1"/>
     <x:col min="4" max="4" width="20" bestFit="0" customWidth="1"/>
     <x:col min="5" max="5" width="20" bestFit="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row/>
     <x:row>
       <x:c s="11" t="inlineStr">
         <x:is>
           <x:t>Список участников, допущенных к аукционам Заказчика аукционов ООО «Агропоставка МТ»</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row ht="50" customHeight="1">
       <x:c s="12" t="inlineStr">
@@ -920,51 +920,51 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью «Свое зерно»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2363002189</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45026</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Общество с ограниченной ответственностью   «Хлебороб»   </x:t>
+          <x:t>Общество с ограниченной ответственностью «Хлебороб»   </x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2617011246</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45026</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью Агрофирма "Павловская"</x:t>
         </x:is>
       </x:c>
@@ -4324,368 +4324,368 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью ”ДиметрА-Юг+"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2636214509</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45404</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>182</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
+          <x:t>Общество с ограниченной ответственностью "Житница"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7313011003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45404</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
           <x:t>Общество с ограниченной ответственностью "Зерно-Трейд"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>6154134277</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45404</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Зерновая компания ЭФКО"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3122509834</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45404</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Золотой Дракон"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>7136502434</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45404</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Краснодарзернопродукт"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2310105350</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45404</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "КОЛОС"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2372020473</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45404</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Кайрос ТК"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>6318015070</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45404</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Меридиан"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2313017101</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45404</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "РЕАЛ АГРО"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>5043055420</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45404</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "СельхозТорг"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>6164214965</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45404</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ТОРГОВЫЙ ДОМ "МЕГАПОЛИС"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2634100792</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45404</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Торговая компания "Томскзерно"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>7017422194</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45404</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "ЭКСПОРТ ГРЕЙН"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>0726013810</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45404</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Юго-Восток Агро"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2364001043</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45404</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>195</x:v>
-[...21 lines deleted...]
-      <x:c s="6" t="n">
         <x:v>196</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью «АГРОМАРКЕТ»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2607017369</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45404</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>197</x:v>
       </x:c>
@@ -9821,3318 +9821,3318 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Гелиос Плюс"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>6164103711</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45744</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>421</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
+          <x:t>Общество с ограниченной ответственностью "Голд Грейн"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6453123072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Заказчик №1»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>-</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Дон-Маркет"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3616015867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерновая компания "Оренбургский колос"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5610210520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерно-Ресурс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615015365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерновой терминал Лабинский"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2374001966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственности "Интер Грейн"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364016579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Исток"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364017220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Каравай"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7716647909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Кимера"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3604084136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Кубань Трейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2377000632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МАГИСТРАЛЬ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2312212893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Новониколаевский элеватор"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3443124089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ОЗК Трейдинг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310170817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ОРЕОЛ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7725398504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Омега Бизнес"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2634091509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственнотью "Петрохлеб-Кубань"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310109650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Регион Плюс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2363000174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Рубикон"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3445112730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Рус-Агрокультура"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2360011763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью " Русский колос"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7731322214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СПК-ЮГ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364016392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сельскохозяйственное предприятие "Элита"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6441013396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Святославское хлебоприемное предприятие"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6431004434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сентябрь"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4825070824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый Дом "Зерно Заволжья"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3445091590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ООО "Торгово-закупочная компания Зерновые продукты"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5722111630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговая компания "Просторы Сибири"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2463231513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ТРЕЙДЮГЗЕРНО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6154147445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый Дом "Доминант"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6714018269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый дом  "Бейсуг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2363000713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Транс-Фаворит"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364011980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Урожай"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364014853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ФИНАНСАГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666197620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ФОГОР"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3127017064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ХПП ЗЕРНОВОЕ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662301742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭСКОМ-АГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5254491270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭкоНива-Семена"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5032111150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЮВС+"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3443130318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЮГНЕФТЕПРОМ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2372016300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  “Сельхозагро”</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123481518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АВАНГАРД-АГРО-Тула»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7107553032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРО-МОЛЛ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3605009460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроСтройМатик»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3257051926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агрофирма Дон»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4823061197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Авента»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3629006926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроИмпорт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2801206222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроКлуб»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662263913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроТрейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0278908081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью «Агроплюс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5753068776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Акра»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9729269743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Алиса»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2301092270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «БИ-АЙ ГРАНУМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7729546947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с Ограниченной Ответственностью «Белагротрейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123316105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ботаника»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2827010305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Велес Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632262537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ГРАНОЛЮКС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7734416982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ГРЕЙН-ИНВЕСТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632215368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченно ответственностью «Гелион»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4345134203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Гермес»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3127011707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Горизонт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123458290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ГрейнСервис»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128118308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Грейнрус Трейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7704316187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ДОН-ТРЕЙД»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7115501630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Доставка Морем Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7727325766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Доставка Морем»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7707371041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЗЕРНОВЫЕ ЛИНИИ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5505051550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЗЕРНОВАЯ КОМПАНИЯ ОСКОЛНЕФТЕСНАБ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128150051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЗОЛОТО ЮГА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364018417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Знак»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2377000230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ИнтерТрейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2361010970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Курская Зональная Опытно-Мелиоративная Станция»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4622008210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КОЛОС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2466286479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КОНДОР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6438007240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КОФКО Интернэшнл РУ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666161905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КСМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2631039074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Красноярск Зерно»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2460089080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МАЯК»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6829140258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>  Общество с ограниченной ответственностью «Молочная Ферма «Рассвет»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3110023214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «НИКА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3616007182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Новосибирская продовольственная корпорация"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5407031918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Партнер Инвест»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6829093008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Перевозское ХПП»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5225004927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Пионер»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3457002683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Продинвест»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0400003140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Продовольственные ресурсы»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4825118681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Продуктсервис»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2315129611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «РБ-ТимКош»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6713015804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «РК Логистик»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3121006958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «РУСЬАГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632210850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ресурс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2339024262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ростовский зерновой терминал»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6162041403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СВС-АГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6146005888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СПЕЦХОЗ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123420875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СТК»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3127016381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сельскохозяйственное предприятие «Дары  Малиновки»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2435006330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Салют Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3110023253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сельхозпродукты"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5014008111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сидэндгрейн»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6316287103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сим-Транс Групп»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7709858088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Современное Хозяйство»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3619023023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Союз»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6163092383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СтартСтрой»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123369026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТАРГЕТ АГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7734663029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговый дом Томзерно»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7017469210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество ограниченной ответственностью «ТК9.ру»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7716828119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТРЕЙДСАН»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666205969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Тин-Синь»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2801247892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t> Общество с ограниченной ответственностью «Топ Грейн»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6167079560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговый Дом «ОЛЕУМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3616020433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Точно Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2308295600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Управляющая компания АПК»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615801915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Успех»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3254507664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Фортуна»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5722002849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Хлебоприемное Предприятие Елань-Колено»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3617008735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Хреновское ХПП»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3663137686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮГИНВЕСТ АГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2308254361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮНИКС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3604018694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Зернокомплекс «Котовские Закрома»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6825007784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Компания «Март»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2634072094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>541</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сибирская Зерновая Компания»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2450035166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ТД Муковозов</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7453263089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  Торговая компания "Регион-Саратов"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6452071657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ВЕЛЕС АГРОЗЕРНО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632237932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроСоякомплект»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5054091540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45744</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «РАСИЯ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2325012980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45756</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  Элеватор "Коммодити Колодезное"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3613004627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45769</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Русагро-Инвест"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3105003830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45769</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агропромышленная корпорация Юность»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5708006707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45769</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Курск АгроАктив»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4611010458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45769</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Кшеньагро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4621001614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45769</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МАЯК»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4602003415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45769</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Отрадаагроинвест»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5717002346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45769</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>554</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Группа Компаний «Русагро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7728278043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45769</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Пристенская зерновая компания»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4619004632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45769</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственность «Бенталь»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6114017111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45769</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Сельскохозяйственный производственный кооператив «Владимировский» </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2613009359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45769</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского фермерского хозяйства  Фомин Вячеслав Игоревич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>312732266896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45769</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава крестьянского (фермерского) хозяйства Дюкарев Андрей Евгеньевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>463211831513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45769</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агро-Строй»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123473443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45769</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «БелАгроТерра»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123384240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45769</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Теткинский сахарный завод»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4603005528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45769</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
           <x:t>Общество с ограниченной ответственностью "Гермес-Агро"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2373013133</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Допущен</x:t>
-[...3269 lines deleted...]
-        <x:v>45769</x:v>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45968</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A2:$E2"/>
     <x:mergeCell ref="A3:$E3"/>
   </x:mergeCells>
   <x:hyperlinks>
     <x:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A3" r:id="HL0"/>
   </x:hyperlinks>
 </x:worksheet>
 </file>