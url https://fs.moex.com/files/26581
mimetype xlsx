--- v0 (2025-10-17)
+++ v1 (2025-12-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf01c1460cbc4354" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3219dc36a1024ba5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Rb6a441fc4cc243f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R88c42789c96c4500"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b val="1"/>
     </x:font>
     <x:font>
       <x:sz val="12"/>
       <x:b val="1"/>
@@ -96,51 +96,51 @@
     </x:xf>
     <x:xf borderId="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" borderId="1"/>
     <x:xf fontId="2" applyFont="1"/>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="4" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb6a441fc4cc243f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R88c42789c96c4500" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namex.org/ru/commodityauctions/participantsCA" TargetMode="External" Id="HL0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="6.3" bestFit="0" customWidth="1"/>
     <x:col min="2" max="2" width="60" bestFit="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.5" bestFit="0" customWidth="1"/>
     <x:col min="4" max="4" width="20" bestFit="0" customWidth="1"/>
     <x:col min="5" max="5" width="20" bestFit="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row/>
     <x:row>
       <x:c s="11" t="inlineStr">
         <x:is>
           <x:t>Список участников, допущенных к аукционам Заказчика аукционов ООО «Каргилл»</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row ht="50" customHeight="1">
       <x:c s="12" t="inlineStr">
@@ -713,51 +713,51 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью «ТРЕЙДСАН»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3666205969</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45287</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Общество с ограниченной ответственностью   «Хлебороб»   </x:t>
+          <x:t>Общество с ограниченной ответственностью «Хлебороб»   </x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2617011246</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45287</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью крестьянское хозяйство «Участие»</x:t>
         </x:is>
       </x:c>
@@ -6072,1482 +6072,1482 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью ”ДиметрА-Юг+"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2636214509</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>258</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
+          <x:t>Общество с ограниченной ответственностью "Житница"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7313011003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
           <x:t>Общество с ограниченной ответственностью "Зерновая компания "Оренбургский колос"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>5610210520</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Зверевская машино-технологическая станция"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>6146002929</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Зерновая компания ЭФКО"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3122509834</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Интеркрос Центр"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>7707719586</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Исток"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2364017220</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственность «Краснодонский комбикормовый завод»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3408010850</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "КОЛОС"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2372020473</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Каравай"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>7716647909</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Каскад"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3444180463</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Кимера"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3604084136</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью  "КондитерСнаб"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>5837070309</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Корсар"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2615014717</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Кубань Трейд"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2377000632</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "ЛЕГЕНДАГРО ИНТЕРНЕШНЛ"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2540277762</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Михайловское"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3417005720</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "НОВЫЙ ПУТЬ"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>4624003352</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Новопушкинский мясокомбинат"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>6449097172</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью «ОЗК Трейдинг»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2310170817</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Осирис"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>6829126623</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "ПРЕДО"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>5041202051</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "ПаритетИнвест"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>4627003150</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Продмикс Групп"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>0277963675</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "РЕАЛ АГРО"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>5043055420</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "РЖК-Трейд"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>5409001669</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Регион Плюс"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2363000174</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Русагро-Инвест"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3105003830</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Русполиамид"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>6679150166</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Русские мельницы"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>6234184259</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Русские пряники"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>7413012314</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью " Русский колос"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>7731322214</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью предприятие АПК "Русь"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>5710999033</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "СПК-ЮГ"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2364016392</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "СТАНДАРТ"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3664217983</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Сельскохозяйственное предприятие "Элита"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>6441013396</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Сапфир-Агро"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>4626006302</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Сахарный Альянс Сибири"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>5403232660</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Сахиби"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2369001784</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Ставролит"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2635230473</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "ТД Континент"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>6670317999</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>ООО "Торгово-закупочная компания Зерновые продукты"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>5722111630</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Торговая компания "Просторы Сибири"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2463231513</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной отвественностью "ТРАНС-АГРО"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2364018382</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ТРЕЙДЮГЗЕРНО"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>6154147445</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>301</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Тербунская Строительная Компания"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>4807011470</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Техно-Макс"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>9723069441</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Торговый Дом "Доминант"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>6714018269</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Торговый дом  "Бейсуг"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2363000713</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>305</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Транс-Фаворит"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2364011980</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Урожай"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2364014853</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "ФИНАНСАГРО"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3666197620</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "ФОГОР"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3127017064</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ХПП ЗЕРНОВОЕ"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3662301742</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "ЭЛИТ - АГРО"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>4624003264</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "ЭСКОМ-АГРО"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>5254491270</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "ЭкоНива-Семена"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>5032111150</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Элеватор Курбатово"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3615005545</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "ЮВС+"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3443130318</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Южная Торговая Компания"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2310182523</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью “Агрофирма” Озеро»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>4815006435</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>317</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью  “Сельхозагро”</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3123481518</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>318</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью “ТД АГРОМИР”</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3123462995</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>319</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью “ЭХГ”</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>7718628108</x:t>
-        </x:is>
-[...21 lines deleted...]
-          <x:t>7313011003</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>321</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью «АВАНГАРД-АГРО-Курск»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>4607004691</x:t>
         </x:is>
       </x:c>