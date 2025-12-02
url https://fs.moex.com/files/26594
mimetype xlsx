--- v0 (2025-10-17)
+++ v1 (2025-12-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27afb717ba1a4767" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9157d7a828cf49a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R07563d607ce145b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R1928f44423dd4d71"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b val="1"/>
     </x:font>
     <x:font>
       <x:sz val="12"/>
       <x:b val="1"/>
@@ -96,51 +96,51 @@
     </x:xf>
     <x:xf borderId="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" borderId="1"/>
     <x:xf fontId="2" applyFont="1"/>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="4" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R07563d607ce145b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1928f44423dd4d71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namex.org/ru/commodityauctions/participantsCA" TargetMode="External" Id="HL0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="6.3" bestFit="0" customWidth="1"/>
     <x:col min="2" max="2" width="60" bestFit="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.5" bestFit="0" customWidth="1"/>
     <x:col min="4" max="4" width="20" bestFit="0" customWidth="1"/>
     <x:col min="5" max="5" width="20" bestFit="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row/>
     <x:row>
       <x:c s="11" t="inlineStr">
         <x:is>
           <x:t>Список участников, допущенных к аукционам Заказчика аукционов ООО МЭЗ «Ресурс»</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row ht="50" customHeight="1">
       <x:c s="12" t="inlineStr">
@@ -2300,6906 +2300,6906 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Гелиос Плюс"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>6164103711</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45383</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>94</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
+          <x:t>Общество с ограниченной ответственностью "Голд Грейн"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6453123072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Заказчик №1»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>-</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Деметра"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311239927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ”ДиметрА-Юг+"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2636214509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Дон-Маркет"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3616015867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерно-Ресурс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615015365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерновая компания ЭФКО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3122509834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерновой терминал Лабинский"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2374001966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью " Зерновые продукты"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5722003994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственности "Интер Грейн"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364016579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Интеркрос Центр"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7707719586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Исток"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364017220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "КОЛОС"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2372020473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Каравай"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7716647909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  "КондитерСнаб"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5837070309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Корсар"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615014717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Кубань Трейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2377000632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Лингот"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2312142519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МАГИСТРАЛЬ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2312212893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "НОВЫЙ ПУТЬ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4624003352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Ново-Трейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2315147709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Новониколаевский элеватор"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3443124089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ОЗК Трейдинг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310170817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ОРЕОЛ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7725398504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Омега Бизнес"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2634091509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ПРЕДО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5041202051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ПаритетИнвест"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4627003150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственнотью "Петрохлеб-Кубань"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310109650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "РЕАЛ АГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5043055420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Регион Плюс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2363000174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Рубикон"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3445112730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Рус-Агрокультура"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2360011763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Русагро-Инвест"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3105003830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью " Русский колос"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7731322214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СПК-ЮГ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364016392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сельскохозяйственное предприятие "Элита"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6441013396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сапфир-Агро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4626006302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сахиби"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2369001784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Святославское хлебоприемное предприятие"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6431004434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сентябрь"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4825070824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Ставролит"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2635230473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Старомарьевка"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2606800190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый Дом "Зерно Заволжья"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3445091590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ООО "Торгово-закупочная компания Зерновые продукты"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5722111630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной отвественностью "ТРАНС-АГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364018382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ТРЕЙДЮГЗЕРНО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6154147445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Тербунская Строительная Компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4807011470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый дом "АНИТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2363000720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Транс-Фаворит"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364011980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Урожай"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364014853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ФИНАНСАГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666197620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ФОГОР"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3127017064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ХПП ЗЕРНОВОЕ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662301742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭЛИТ - АГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4624003264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭкоНива-Семена"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5032111150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Элеватор Курбатово"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3615005545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЮВС+"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3443130318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЮНК"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666207959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Южная Торговая Компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310182523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Юго-Восток Агро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364001043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью “ЭХГ”</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7718628108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АВАНГАРД-АГРО-Воронеж»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666128249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АВАНГАРД-АГРО-Курск»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4607004691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АВТОКОМПЛЕКС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123136141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «АГРО-ТРЕЙД»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6154139420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОКОМПЛЕКТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3664223507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОМАРКЕТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2607017369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОМИР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6108006626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОРЕСУРС 21» </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2635239451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОТЕХНОЛОГИЯ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123397224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОФИРМА ЕЛЕЦКИЙ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4807056746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АКВАБУРСТРОЙ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2312206025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агропромышленная корпорация Юность»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5708006707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АСГАРД»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2606008749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агрофирма Дон»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4823061197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Авангард-Агро-Орел»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5722033156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Авента»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3629006926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроГард-Орел»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5721002902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроКлуб»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662263913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агропоставка МТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3121181131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агропродукт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6445011583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агротехнологии»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6803120472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Аргос 2003»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3127507855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «БИ-АЙ ГРАНУМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7729546947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Бакалея - Южный порт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7714568521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «БелАгроТерра»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123384240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Белгородский бройлер»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123481412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственность «Бенталь»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6114017111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «БиоКорма»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3122014831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Борисоглебский маслоэкстракционный завод»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3604017718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Брянский сыродельный завод»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3257061762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Веста»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2606800425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ГРАНОЛЮКС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7734416982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью «Гарант»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4600000835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Гермес»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3127011707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ГрейнСервис»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128118308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Грейнрус Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4615004720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Грейнрус Трейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7704316187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Группа Компаний «Русагро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7728278043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью   «ДЕМЕТРА-ТРЕЙД»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7731475394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Деловые решения»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2309180120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  «Добровольное»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2608008984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Добрыня»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4804005574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Донской колос»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6164114696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Доставка Морем Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7727325766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Доставка Морем»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7707371041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЗЕРНОВАЯ КОМПАНИЯ ОСКОЛНЕФТЕСНАБ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128150051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЗОЛОТО ЮГА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364018417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Заря»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4601004293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Земля» </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6108008020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственности «Зерновая компания ЛОТОС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6455069423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Зернотрейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3436013557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Знак»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2377000230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ИМПЕРИКОМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7725694775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ИСТОБНОЕ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3626003571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ИнтерТрейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2361010970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Курская Зональная Опытно-Мелиоративная Станция»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4622008210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КОНДОР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6438007240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КОФКО Интернэшнл РУ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666161905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КСМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2631039074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Кампан»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2308061641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Коммерциал-Центр»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7719577431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Курск АгроАктив»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4611010458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Кшеньагро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4621001614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЛАМБЭК»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7708294858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МАЯК»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4602003415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МЗК Экспорт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7708525142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>  Общество с ограниченной ответственностью «Молочная Ферма «Рассвет»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3110023214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МелиКом»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2341011824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Метрополис»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2302037667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МилМолл»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7721288733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «НАВИГАТОР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2312147041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Новый путь»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3457004641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Отрадаагроинвест»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5717002346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ПАЛЛАДА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6161095847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ПРОИЗВОДСТВЕННО-КОММЕРЧЕСКАЯ ФИРМА "НБ-ЦЕНТР"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6167033815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ПРЕМЬЕРА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2635231773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ПРОДИМЕКС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7730710905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество  с ограниченной ответственностью «Производственно-Торговое Объединение «ОСНОВА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6162028593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Партнер Инвест»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6829093008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Пионер»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3457002683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Пищепромсервис»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5012087693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Поволжье-Агротранс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3459076200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Приморский»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6167125632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Пристенская зерновая компания»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4619004632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Прогресс"	</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2613008475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Продуктсервис»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2315129611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «РАЙЗ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3652014509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «РАСИЯ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2325012980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ  «РАССВЕТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2620005789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «РЕЗЕРВ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6452115079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Раненбургъ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4813012610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Реалист»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2308149536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ребровское»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2613010001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Резидент»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6154137920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Ренессанс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2373016840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ресурс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2339024262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Рисоводы Кубани»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2336022490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Родные поля»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6165161667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ростовский зерновой терминал»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6162041403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Русагро-Саратов»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6453163766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Русская зерновая компания»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632092010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Русь»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4621009204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СВС-АГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6146005888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СЕЛЬХОЗТОРГ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311167180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СОЛНЕЧНАЯ ДОЛИНА"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6163151790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СТАВКОМПАНИ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2613009990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СТК»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3127016381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сельскохозяйственное предприятие «Победа»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2611008590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Саккура»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2351009648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Салют Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3110023253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Свое зерно»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2363002189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сельхоз-Артель»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2372020410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сельхозинвест»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662248640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сим-Транс Групп»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7709858088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Соболь»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3628012116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Современное Хозяйство»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3619023023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Согласие»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5713002257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СофиГрейн»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6164127889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Союз»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6163092383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Степи Кубани»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310201783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТАРГЕТ АГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7734663029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТОРГОВЫЙ  ДОМ «ИНВЕСТПРОМ-ОПТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6167077675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТД ШУГАР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7721482875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговая компания ИНАГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7710411907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТРЕЙДСАН»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666205969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТемпАгро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311297710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Тенке Логистик»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7716948790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t> Общество с ограниченной ответственностью «Топ Грейн»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6167079560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговая компания СДС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6829132810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговый Дом «ОЛЕУМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3616020433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговый Дом «Перспектива»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6827031790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговый Комплекс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6154557603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Управляющая компания АПК»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615801915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Успенский Агропромсоюз»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2326006964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Успех»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3254507664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Фермер»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6163154840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Фортуна»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5722002849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ХОРСАЛЬЯНС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5708003784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Хлебоприемное Предприятие Елань-Колено»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3617008735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Хлебороб»   </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2617011246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Хреновское ХПП»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3663137686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью   «Черноземье»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4620006120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЭВЕРЕСТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364018456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЭкоНиваАгро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5032070546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Элеватор»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2356045431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮГИНВЕСТ АГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2308254361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮКОН»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3427102190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮНИКС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3604018694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЯРИЛАЭКСПОРТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311279422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Зернокомплекс «Котовские Закрома»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6825007784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью крестьянское хозяйство «Участие»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2343014531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Компания «Март»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2634072094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговый дом "АгроМаркет"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2308062194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ТД «Арктика»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6167121412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  Торговая компания "Регион-Саратов"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6452071657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ВЕЛЕС АГРОЗЕРНО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632237932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Сельскохозяйственное закрытое акционерное общество "СКВО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6111007299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Сельскохозяйственный производственный кооператив «Владимировский» </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2613009359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45383</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава Крестьянского (фермерского) хозяйства Архипцев Дмитрий Сергеевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>480101258270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45531</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество "Ровненский элеватор"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2344007569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45538</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Руднянское хлебоприемное предприятие"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3425007343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45538</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "АГРО-ФРЕГАТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6141055691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45538</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Глобэкс Грейн"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5047152618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45538</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерно-Трейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6154134277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45538</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Айра»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3665139488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45538</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «БОСНИС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2635078885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45538</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Комета»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2343013175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45538</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ФАРМЕР ОЙЛ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123477984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45538</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Эбонит»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615016520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45538</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ИНДИВИДУАЛЬНЫЙ ПРЕДПРИНИМАТЕЛЬ ГЛАВА КРЕСТЬЯНСКОГО (ФЕРМЕРСКОГО) ХОЗЯЙСТВА ЗОЛОТОВ НИКОЛАЙ АЛЕКСАНДРОВИЧ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>642600742578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45629</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Новация»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3102635372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45629</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Волость»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2337034040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «ТАМАК»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6820016947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество маслосырзавод «Новопокровский»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6808001870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Андрейченко Александр Сергеевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>615413137231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Гавришенко Юрий Петрович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>233903898603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный Предприниматель Глава Крестьянского (Фермерского) Хозяйства Абиатари Хвтисо Николаевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>343300894372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского (фермерского) хозяйства Алимов Виктор Леонидович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>341300209672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Киселева Ольга Сергеевна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>232803300786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Мелешкевич Сергей Александрович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>236401705525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>  Индивидуальный предприниматель Мошенский Александр Михайлович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>233410316632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Нуров Петр Очирович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>080700510103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Пасько Михаил Иванович </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>234606407389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Суровцев Евгений Юрьевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>312201472185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Цеев Руслан Батырович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>235606747482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Чернышева Екатерина Владимировна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>233911963895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава Крестьянского фермерского хозяйства Матюшенко Николай Евгеньевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>461000415292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Крестьянское (Фермерское) Хозяйство МИРОНЕНКО ИВАН ИВАНОВИЧ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>262401335058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Крестьянское (фермерское) хозяйство "Нива"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4601001180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Крестьянское хозяйство Олейникова Николая Николаевича</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3409000823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агро ст"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2635228474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агро-Партнер"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2636809993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Аквилон"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310165912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АЛЬЯНС"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2636809016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ВЕКТОР"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6161090574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ГАРАНТАГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310179778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Краснодарзернопродукт"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310105350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Меридиан"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2313017101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сан Агро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662161573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СельхозТорг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6164214965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ТОРГОВЫЙ ДОМ "МЕГАПОЛИС"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2634100792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭКСПОРТ ГРЕЙН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0726013810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ’’ДонАгроСбыт”</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6154158221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРО-ВИЛИОН»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6821503870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АПК Инвест»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662226446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Авангард»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4603004436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агро-Мир»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5820003488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроИнвест»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5032257015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроПоле»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3628002862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ДАР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2327014090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Дар Кубани»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2372020924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Дон Агро» </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6149012788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Захаровское»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6202004827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Зерногрупп»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2635232199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КФХ «Королев В.П.»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6421013327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Компания Луис Дрейфус Восток»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7710289975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью   « Кореневский элеватор »</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4610003948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченною ответственностью «Луч»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4603004404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Мытищинский молочный завод»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5029203771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Меркурий Трейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2309173926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Объединенная Грузовая Компания»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7725842529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченною ответственностью «Победа»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4603005486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Покровский Завод Растительных Масел»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3109005637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ПродТорг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662294799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Пчелка»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3109003943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Раздолье-Экспорт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5031119559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СПЕККО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6167202950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сударушка»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3665085190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТАНТЬЕМА-МАРКЕТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3620014224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТрастАгро-Нива 1»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5836693131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТрастАгро-Нива 2»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5836693117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТрастАгро-Нива 3»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5836693124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Центр дистрибьюции»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5047067909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Эко-Плюс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6449083451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Южная Гардарика»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6167128792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью фирма «Агропродукт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3628006747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Уразаев Виктор Викторович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>235000193758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45750</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
           <x:t>Общество с ограниченной ответственностью "Гермес-Агро"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2373013133</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Допущен</x:t>
-[...5058 lines deleted...]
-        <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
-        <x:v>45531</x:v>
-[...1793 lines deleted...]
-        <x:v>45750</x:v>
+        <x:v>45968</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A2:$E2"/>
     <x:mergeCell ref="A3:$E3"/>
   </x:mergeCells>
   <x:hyperlinks>
     <x:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A3" r:id="HL0"/>
   </x:hyperlinks>
 </x:worksheet>
 </file>