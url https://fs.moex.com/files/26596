--- v0 (2025-10-17)
+++ v1 (2025-12-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R899930b5cdde49c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9201b0837aa749a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R53e37a1686764843"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R3a7f1dafd6f94162"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b val="1"/>
     </x:font>
     <x:font>
       <x:sz val="12"/>
       <x:b val="1"/>
@@ -96,51 +96,51 @@
     </x:xf>
     <x:xf borderId="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" borderId="1"/>
     <x:xf fontId="2" applyFont="1"/>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="4" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R53e37a1686764843" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3a7f1dafd6f94162" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namex.org/ru/commodityauctions/participantsCA" TargetMode="External" Id="HL0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="6.3" bestFit="0" customWidth="1"/>
     <x:col min="2" max="2" width="60" bestFit="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.5" bestFit="0" customWidth="1"/>
     <x:col min="4" max="4" width="20" bestFit="0" customWidth="1"/>
     <x:col min="5" max="5" width="20" bestFit="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row/>
     <x:row>
       <x:c s="11" t="inlineStr">
         <x:is>
           <x:t>Список участников, допущенных к аукционам Заказчика аукционов ООО Торговый дом «Содружество»</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row ht="50" customHeight="1">
       <x:c s="12" t="inlineStr">
@@ -1495,7067 +1495,7343 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Гелиос Плюс"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>6164103711</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>44796</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>59</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
+          <x:t>Общество с ограниченной ответственностью "Голд Грейн"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6453123072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Заказчик №1»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>-</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Дон-Маркет"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3616015867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерновая компания "Оренбургский колос"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5610210520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерно-Ресурс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615015365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерновой терминал Лабинский"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2374001966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью " Зерновые продукты"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5722003994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственности "Интер Грейн"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364016579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Исток"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364017220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Каравай"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7716647909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Корсар"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615014717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Кубань Трейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2377000632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МАГИСТРАЛЬ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2312212893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Ново-Трейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2315147709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ОЗК Трейдинг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310170817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ОРЕОЛ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7725398504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственнотью "Петрохлеб-Кубань"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310109650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Регион Плюс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2363000174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Рубикон"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3445112730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Рус-Агрокультура"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2360011763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Русские мельницы"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6234184259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью " Русский колос"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7731322214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СПК-ЮГ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364016392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сельскохозяйственное предприятие "Элита"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6441013396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Святославское хлебоприемное предприятие"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6431004434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый Дом "Зерно Заволжья"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3445091590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ТРЕЙДЮГЗЕРНО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6154147445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый дом "АНИТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2363000720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый дом  "Бейсуг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2363000713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Транс-Фаворит"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364011980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Урожай"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364014853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭСКОМ-АГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5254491270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЮВС+"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3443130318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЮГНЕФТЕПРОМ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2372016300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЮНК"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666207959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ГРАНОЛЮКС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7734416982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЗОЛОТО ЮГА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364018417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Знак»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2377000230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ИнтерТрейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2361010970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КОФКО Интернэшнл РУ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666161905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Продуктсервис»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2315129611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Ренессанс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2373016840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ресурс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2339024262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ростовский зерновой терминал»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6162041403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сим-Транс Групп»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7709858088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Союз»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6163092383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговый дом Томзерно»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7017469210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Теткинский сахарный завод»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4603005528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t> Общество с ограниченной ответственностью «Топ Грейн»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6167079560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Управляющая компания АПК»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615801915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Хреновское ХПП»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3663137686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью крестьянское хозяйство «Участие»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2343014531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Компания "БИО-ТОН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6367044243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Компания «Март»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2634072094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ТД Муковозов</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7453263089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  Торговая компания "Регион-Саратов"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6452071657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44796</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный Предприниматель Журавлева Наталия Сергеевна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>231300859103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44826</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «РАСИЯ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2325012980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44846</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МАЯК»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4602003415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44855</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Кшеньагро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4621001614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44880</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Отрадаагроинвест»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5717002346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44880</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Грейнрус Трейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7704316187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44890</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АПК»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5751058250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44909</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Эм Джи Ти Раша»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666226398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44937</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Пионер»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3457002683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44945</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АГРОВИЗА"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6320044914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44958</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ВелТранс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5638057303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44979</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЭКО ГРУПП»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311193729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44979</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ФОГОР"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3127017064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>44984</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ИНДИВИДУАЛЬНЫЙ ПРЕДПРИНИМАТЕЛЬ ГЛАВА КФХ КУЧЕРЕНКО ВЛАДИМИР НИКОЛАЕВИЧ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>233610817435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель ИП Данилов Владимир Александрович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>343800212268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Цеева Наталья Артуровна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>235612063265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "БурТрейдСервис"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7725594379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Меркурий"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2636213706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Приволжская Зерновая Компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6453106084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Приморская Соя"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7730168471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Растма"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2309145132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Соболь"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3628012116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Стрелецкое-АгроТрейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3015054156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый Дом "Псковский Каравай"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7810603419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТК СМАРТ" </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7313009050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Элли"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2257004191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЮЖНЫЙ РЕГИОН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6143095234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Пластон-ЮГ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6167110210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45002</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава Крестьянского (Фермерского) Хозяйства Шеншина Вера Ивановна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>311200092855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45016</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Мамедов Эльхан Керимович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>463252175564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агропромышленная корпорация Юность»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5708006707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45021</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ИСТОБНОЕ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3626003571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45021</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «РБ-ТимКош»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6713015804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45043</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Пристенская зерновая компания»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4619004632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45058</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ФИНАНСАГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666197620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45077</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Добрыня»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4804005574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45079</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского (фермерского) хозяйства Рязанова Анастасия Валериевна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>312326131423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45082</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Открытое акционерное общество «Студенецкий мукомольный завод»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5815000308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45082</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОФИРМА ЕЛЕЦКИЙ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4807056746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45082</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агрофирма Дон»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4823061197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45082</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Успенский Агропромсоюз»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2326006964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45082</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского (фермерского) хозяйства Бедненко Андрей Алексеевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>312000051807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45084</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮНИКС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3604018694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45085</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Партнер Инвест»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6829093008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45097</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное Общество фирма «Агрокомплекс» им Н. И. Ткачева</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2328000083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45100</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Хлебоприемное Предприятие Елань-Колено»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3617008735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45105</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «БиоКорма»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3122014831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45107</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Согласие»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5713002257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45155</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Акра»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9729269743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45159</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава Крестьянского (фермерского) хозяйства Архипцев Сергей Николаевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>480100014760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45169</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Амурагрокомплекс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2801134017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45170</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Курский комбинат хлебопродуктов»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4630001280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45174</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского (фермерского) хозяйства Рапана Татьяна Евгеньевна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>245901119139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45174</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Рапана Константин Иванович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>245900324368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45174</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭкоНива-Семена"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5032111150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45174</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Группа Компаний «Русагро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7728278043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45174</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Доставка Морем Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7727325766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45174</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Доставка Морем»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7707371041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45174</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЗЕРНОВЫЕ ЛИНИИ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5505051550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45174</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Каргилл»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7113502396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45174</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Курск АгроАктив»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4611010458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45174</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Новосибирская продовольственная корпорация"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5407031918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45174</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Продинвест»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0400003140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45174</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Русагро-Саратов»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6453163766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45174</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>акционерное общество "Артель"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4616005878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45175</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный Предприниматель Глава КФХ Кораблев Андрей Валерьевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>461500254029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45175</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный Предприниматель Глава КФХ Кораблева Елена Викторовна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>461500467161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45175</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственность «Бенталь»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6114017111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45175</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ГрейнСервис»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128118308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45187</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Русь»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4621009204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45188</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Гермес»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3127011707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45190</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава крестьянского (фермерского) хозяйства Старчеус Максим Викторович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>282101331880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45195</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ботаника»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2827010305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45195</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Современное Хозяйство»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3619023023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45195</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТАРГЕТ АГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7734663029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45195</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью   «Черноземье»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4620006120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45195</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ВЕЛЕС АГРОЗЕРНО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632237932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45205</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава крестьянского (фермерского) хозяйства Дюкарев Андрей Евгеньевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>463211831513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45210</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ПаритетИнвест"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4627003150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45217</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «БелАгроТерра»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123384240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45217</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Заря»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4601004293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45217</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Зернокомплекс «Котовские Закрома»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6825007784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45217</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Крестьянское Фермерское Хозяйство "Харитонова"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4608000964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45219</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Открытое акционерное общество «Агро-Союз Дальний Восток»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2816007903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45219</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агропромышленный холдинг "Добронравов АГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3245003100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45219</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Алиса»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2301092270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45219</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сапфир-Агро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4626006302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45233</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭЛИТ - АГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4624003264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45233</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Амур Агро Холдинг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2801143195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45240</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского (фермерского) хозяйства Кольцов Александр Викторович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>281900315876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45247</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Курская Зональная Опытно-Мелиоративная Станция»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4622008210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45253</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского фермерского хозяйства Бочарова Ольга Сергеевна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>461401374420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45254</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского (фермерского) хозяйства Швецов Вадим Вячеславович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>281302942077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45272</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "БИОПРОМ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632210553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45272</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Амурская зерновая компания»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2801090909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45272</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроИмпорт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2801206222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45272</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЗЕРНОВАЯ КОМПАНИЯ ОСКОЛНЕФТЕСНАБ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128150051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45281</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговый Дом «ОЛЕУМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3616020433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45316</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Закрытое акционерное общество Агрофирма «Южная»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4610002831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45324</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОТЕХНОЛОГИЯ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123397224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45328</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Салют Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3110023253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45330</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агро-Финанс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4725006007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45335</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ОЗК Центр"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6829091890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45335</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью "Омское продовольствие"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5507244388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45335</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Русагро-Балаково"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6439097889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45335</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Гелиос»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3663102605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45335</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Закрытое акционерное общество «Касторное-АГРО-Инвест» </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4608004863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45335</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АЛЬЯНСИНВЕСТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3661077569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45408</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный Предприниматель Глава Крестьянского  (фермерского) хозяйства Черкашин Николай Кузьмич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>460100017864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45443</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «БИ-АЙ ГРАНУМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7729546947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45463</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Открытое акционерное общество «Токаревская птицефабрика»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6821000146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45491</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агропоставка МТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3121181131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45491</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Белгородский бройлер»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123481412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45491</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ставропольский бройлер»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2623030222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45491</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТРЕЙДСАН»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666205969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45491</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Тамбовский бекон»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6803629911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45491</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского фермерского хозяйства  Фомин Вячеслав Игоревич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>312732266896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45492</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ИП Глава крестьянского (фермерского) хозяйства Бориев Олег Асланович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>070500395288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45506</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Босенко Федор Алексеевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>232904057665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45510</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Точно Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2308295600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45510</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СТК»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3127016381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45516</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агро-Строй»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123473443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45523</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "АГРОПРОМ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3122510420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45530</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава Крестьянского (фермерского) хозяйства Архипцев Дмитрий Сергеевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>480101258270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45531</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество "Ровненский элеватор"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2344007569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45538</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Руднянское хлебоприемное предприятие"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3425007343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45538</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "АГРО-ФРЕГАТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6141055691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45538</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерно-Трейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6154134277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45538</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Кайрос ТК"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6318015070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45538</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Комета»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2343013175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45538</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ФАРМЕР ОЙЛ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123477984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45538</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮГИНВЕСТ АГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2308254361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45538</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Бутанова Татьяна Юрьевна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>570501617064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45539</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРО-МОЛЛ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3605009460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45539</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ДОН-ТРЕЙД»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7115501630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45540</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Шестопалов Никита Ильич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>480402843411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45541</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ВОСТОК"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632289507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45541</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СПЕЦХОЗ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123420875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45546</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сидэндгрейн»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6316287103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45546</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Куликов Александр Васильевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>312203758630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45547</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ОЗК Регион»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1655420390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45548</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Копылова Наталья Владимировна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>312302125477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45548</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Морозов Виктор Иванович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>461701649651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45548</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговая компания "Просторы Сибири"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2463231513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45553</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Велес Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632262537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45559</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Морозова Галина Алексеевна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>461701378730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45562</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Ермолаев Владимир Иванович - Глава КФХ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>281100067328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45565</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Перевозское хлебоприемное предприятие»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5225000087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45568</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Перевозское ХПП»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5225004927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45568</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сельхозпродукты"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5014008111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45568</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Кимера"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3604084136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45573</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «РК Логистик»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3121006958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45575</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Продовольственные ресурсы»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4825118681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45579</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Тин-Синь»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2801247892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45579</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  “Сельхозагро”</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123481518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45589</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроСтройМатик»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3257051926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45589</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Успех»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3254507664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45589</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Группа «Продовольствие»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0411137185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45609</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество ограниченной ответственностью «ТК9.ру»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7716828119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45609</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Вязовское хлебоприемное предприятие»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3406001843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45617</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью «Агроплюс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5753068776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45617</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МАЯК»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6829140258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45617</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сибирская Зерновая Компания»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2450035166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45617</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава Крестьянского Фермерского Хозяйства Грудинкина Оксана Александровна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>463403326345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45623</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава крестьянского (фермерского) хозяйства Подолякин Владимир Александрович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>281815924411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45623</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КОЛОС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2466286479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45628</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КОНДОР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6438007240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45628</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество "ПримАгро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2511076807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45629</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агрокомплекс Развитие"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7124002719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45629</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СВС-АГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6146005888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45629</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченно ответственностью «Гелион»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4345134203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45653</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Красноярск Зерно»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2460089080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45653</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>  Общество с ограниченной ответственностью «Молочная Ферма «Рассвет»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3110023214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45653</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СтартСтрой»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123369026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45653</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ГАРАНТАГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310179778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Цеев Руслан Батырович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>235606747482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Крестьянское (Фермерское) Хозяйство МИРОНЕНКО ИВАН ИВАНОВИЧ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>262401335058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агро ст"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2635228474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агро-Партнер"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2636809993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АЛЬЯНС"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2636809016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ВЕКТОР"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6161090574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Краснодарзернопродукт"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310105350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Меридиан"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2313017101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СельхозТорг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6164214965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ТОРГОВЫЙ ДОМ "МЕГАПОЛИС"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2634100792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговая компания "Томскзерно"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7017422194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭКСПОРТ ГРЕЙН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0726013810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Пчелка»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3109003943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Покровский Завод Растительных Масел»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3109005637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава Крестьянского фермерского хозяйства Матюшенко Николай Евгеньевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>461000415292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Шабурян Артуш Агаронович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>231409346727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Объединенная Грузовая Компания»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7725842529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТрастАгро-Нива 3»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5836693124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сан Агро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662161573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью   « Кореневский элеватор »</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4610003948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТрастАгро-Нива 1»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5836693131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТрастАгро-Нива 2»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5836693117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРО-ВИЛИОН»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6821503870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Авангард»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4603004436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченною ответственностью «Луч»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4603004404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Новооскольский завод растительных масел»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3119009542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченною ответственностью «Победа»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4603005486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Суровцев Евгений Юрьевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>312201472185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АПК Инвест»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662226446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СоюзАгроТранс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1660351110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СИМТЭК»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5505047874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОЦЕНТР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3100008591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Центр дистрибьюции»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5047067909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Тербунская Строительная Компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4807011470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45672</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «НИКА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3616007182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45672</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроСоякомплект»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5054091540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45673</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Фид-Групп»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128091310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сельскохозяйственное предприятие «Дары  Малиновки»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2435006330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45679</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ГРЕЙН-ИНВЕСТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632215368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45680</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с Ограниченной Ответственностью «Белагротрейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123316105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45685</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Глава Крестьянского Фермерского Хозяйства Индивидуальный Предприниматель Умеренков Олег Александрович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>460700814580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45692</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Горизонт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123458290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45693</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроТрейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0278908081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45698</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Репин Александр Владимирович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>282100711576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45719</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «РУСЬАГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632210850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45726</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЗЕРНО-ПРОДУКТ46»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632230077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45729</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Форсаж»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3126020473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45734</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроМаркет»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666260977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45736</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроПродукты»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3661047050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45784</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Юфенал Трейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6452095954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45791</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Афина"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3663149321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45807</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Открытое акционерное общество "Курское пчеловодство"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632071194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45807</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроЗерноПродукт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123132965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45812</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТД ЗЕРНОСОЮЗ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2801254931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45827</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КСМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2631039074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45827</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с гораниченной ответственностью "Глорис Экспо"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9718145312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45854</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Спецтранс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1684004348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45854</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ХПП ЗЕРНОВОЕ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662301742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "БИАКОМ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3122015680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45883</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ВОРОНЕЖАГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3665104647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45883</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АВТОКОМПЛЕКС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123136141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45883</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Группа компаний "ВЕСТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662242529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45887</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТК68"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6800000346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45887</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Авента»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3629006926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45910</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭНРИТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7719494496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45912</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Атрепьева Ирина Николаевна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>463232438328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45925</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АВРОРА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2801270066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45926</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КБА-ПЛЮС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3664230198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45929</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроКлуб»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662263913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45931</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Интеграция-Агро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5752053093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45940</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТК Ресурс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2225198755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45943</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава крестьянского (фермерского) хозяйства Велиев Эдуард Гамлет Оглы</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>519056294091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45945</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ВЕБИКОН»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632198754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45947</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СИЛКОМ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1101152322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45953</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ФАБУЛА"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9703127840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45954</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Паринов Владимир Владимирович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>366607170988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45957</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Остапчук Юрий Сергеевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>311404354900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45960</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерно Трейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2222865376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45960</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Липовка"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6816005340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45960</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Производственная Компания «Курскэкспортхлеб»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632117071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45960</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Грейс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662302376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45962</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
           <x:t>Общество с ограниченной ответственностью "Гермес-Агро"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2373013133</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Допущен</x:t>
-[...1470 lines deleted...]
-        <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
-        <x:v>44937</x:v>
-[...2285 lines deleted...]
-          <x:t>Общество с ограниченной ответственностью Животноводческий комплекс «БИРМИНСКИЙ»</x:t>
+        <x:v>45968</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТрансСибАГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2225115195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45968</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АБСОЛЮТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2205016140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45968</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ЭД-ГАРД"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4250013779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45974</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Животноводческий комплекс "БИРМИНСКИЙ"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2824005459</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Не допущен</x:t>
-[...3246 lines deleted...]
-        <x:v>45947</x:v>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45978</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ВИТКОМ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9722077915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45986</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A2:$E2"/>
     <x:mergeCell ref="A3:$E3"/>
   </x:mergeCells>
   <x:hyperlinks>
     <x:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A3" r:id="HL0"/>
   </x:hyperlinks>
 </x:worksheet>
 </file>