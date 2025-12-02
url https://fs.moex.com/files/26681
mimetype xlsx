--- v0 (2025-10-17)
+++ v1 (2025-12-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ca62640823c4cfa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40ae76758bed4fda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R71270fe54d8b4a41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Re2cd550d10a34ed9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b val="1"/>
     </x:font>
     <x:font>
       <x:sz val="12"/>
       <x:b val="1"/>
@@ -96,51 +96,51 @@
     </x:xf>
     <x:xf borderId="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" borderId="1"/>
     <x:xf fontId="2" applyFont="1"/>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="4" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R71270fe54d8b4a41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re2cd550d10a34ed9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namex.org/ru/commodityauctions/participantsCA" TargetMode="External" Id="HL0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="6.3" bestFit="0" customWidth="1"/>
     <x:col min="2" max="2" width="60" bestFit="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.5" bestFit="0" customWidth="1"/>
     <x:col min="4" max="4" width="20" bestFit="0" customWidth="1"/>
     <x:col min="5" max="5" width="20" bestFit="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row/>
     <x:row>
       <x:c s="11" t="inlineStr">
         <x:is>
           <x:t>Список участников, допущенных к аукционам Заказчика аукционов АО "Астон"</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row ht="50" customHeight="1">
       <x:c s="12" t="inlineStr">
@@ -874,506 +874,506 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Дон-Маркет"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3616015867</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45471</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
+          <x:t>Общество с ограниченной ответственностью "Житница"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7313011003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45471</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
           <x:t>Общество с ограниченной ответственности "Интер Грейн"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2364016579</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45471</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "КОЛОС"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2372020473</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45471</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Корсар"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2615014717</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45471</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Кубань Трейд"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2377000632</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45471</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Ново-Трейд"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2315147709</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45471</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Новониколаевский элеватор"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3443124089</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45471</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "ОРЕОЛ"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>7725398504</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45471</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Омега Бизнес"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2634091509</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45471</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственнотью "Петрохлеб-Кубань"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2310109650</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45471</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "РЕАЛ АГРО"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>5043055420</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45471</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Рубикон"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3445112730</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45471</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью " Русский колос"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>7731322214</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45471</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Сельскохозяйственное предприятие "Элита"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>6441013396</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45471</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Святославское хлебоприемное предприятие"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>6431004434</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45471</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Ставролит"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2635230473</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45471</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Торговый Дом "Зерно Заволжья"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3445091590</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45471</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>ООО "Торгово-закупочная компания Зерновые продукты"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>5722111630</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45471</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "ЭСКОМ-АГРО"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>5254491270</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45471</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "ЮВС+"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3443130318</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45471</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>51</x:v>
-[...21 lines deleted...]
-      <x:c s="6" t="n">
         <x:v>52</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью «АГРОМИР»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>6108006626</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45471</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>53</x:v>
       </x:c>
@@ -2139,51 +2139,51 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью «Фермер»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>6163154840</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45471</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>87</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Общество с ограниченной ответственностью   «Хлебороб»   </x:t>
+          <x:t>Общество с ограниченной ответственностью «Хлебороб»   </x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2617011246</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45471</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>88</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью «Хреновское ХПП»</x:t>
         </x:is>
       </x:c>
@@ -2890,37 +2890,129 @@
       <x:c s="7">
         <x:v>45945</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>119</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Индивидуальный предприниматель Паринов Владимир Владимирович</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>366607170988</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45950</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СОЛНЕЧНАЯ ДОЛИНА"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6163151790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45951</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ЗЕЛЕНОКУМСКИЙ ЭЛЕВАТОР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2619014161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45973</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель ПРОЦЕНКО ОЛЬГА ВИКТОРОВНА</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>234004599041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45974</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СИА ТРЕЙД"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6165195384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45974</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A2:$E2"/>
     <x:mergeCell ref="A3:$E3"/>
   </x:mergeCells>
   <x:hyperlinks>
     <x:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A3" r:id="HL0"/>
   </x:hyperlinks>
 </x:worksheet>
 </file>