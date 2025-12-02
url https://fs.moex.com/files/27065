--- v0 (2025-10-17)
+++ v1 (2025-12-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89e675973c394f0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8534809143e4d2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R2ea0f010363b49ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Re7e8518c4c264493"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b val="1"/>
     </x:font>
     <x:font>
       <x:sz val="12"/>
       <x:b val="1"/>
@@ -96,51 +96,51 @@
     </x:xf>
     <x:xf borderId="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" borderId="1"/>
     <x:xf fontId="2" applyFont="1"/>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="4" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2ea0f010363b49ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re7e8518c4c264493" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namex.org/ru/commodityauctions/participantsCA" TargetMode="External" Id="HL0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="6.3" bestFit="0" customWidth="1"/>
     <x:col min="2" max="2" width="60" bestFit="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.5" bestFit="0" customWidth="1"/>
     <x:col min="4" max="4" width="20" bestFit="0" customWidth="1"/>
     <x:col min="5" max="5" width="20" bestFit="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row/>
     <x:row>
       <x:c s="11" t="inlineStr">
         <x:is>
           <x:t>Список участников, допущенных к аукционам Заказчика аукционов ООО "Заказчик №5"</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row ht="50" customHeight="1">
       <x:c s="12" t="inlineStr">
@@ -4462,10563 +4462,10563 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Гелиос Плюс"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>6164103711</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45674</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>188</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
+          <x:t>Общество с ограниченной ответственностью "Голд Грейн"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6453123072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Деметра"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311239927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ”ДиметрА-Юг+"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2636214509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Дон-Маркет"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3616015867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Житница"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7313011003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерновая компания "Оренбургский колос"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5610210520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерно-Ресурс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615015365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерновая компания ЭФКО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3122509834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерновой терминал Лабинский"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2374001966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью " Зерновые продукты"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5722003994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственности "Интер Грейн"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364016579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Интеркрос Центр"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7707719586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Исток"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364017220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственность «Краснодонский комбикормовый завод»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3408010850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "КОЛОС"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2372020473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Каравай"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7716647909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Каскад"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3444180463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Кимера"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3604084136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  "КондитерСнаб"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5837070309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Корсар"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615014717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Кубань Трейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2377000632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЛЕГЕНДАГРО ИНТЕРНЕШНЛ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2540277762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МАГИСТРАЛЬ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2312212893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Михайловское"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3417005720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "НОВЫЙ ПУТЬ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4624003352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Новопушкинский мясокомбинат"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6449097172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Ново-Трейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2315147709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Новониколаевский элеватор"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3443124089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ОЗК Трейдинг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310170817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ОРЕОЛ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7725398504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Омега Бизнес"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2634091509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Осирис"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6829126623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ПРЕДО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5041202051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ПаритетИнвест"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4627003150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственнотью "Петрохлеб-Кубань"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310109650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Продмикс Групп"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0277963675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "РЕАЛ АГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5043055420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "РЖК-Трейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5409001669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Регион Плюс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2363000174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Рубикон"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3445112730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Рус-Агрокультура"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2360011763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Русагро-Инвест"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3105003830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Русполиамид"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6679150166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Русские мельницы"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6234184259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Русские пряники"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7413012314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью " Русский колос"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7731322214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью предприятие АПК "Русь"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5710999033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СПК-ЮГ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364016392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СТАНДАРТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3664217983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сельскохозяйственное предприятие "Элита"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6441013396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сапфир-Агро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4626006302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сахарный Альянс Сибири"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5403232660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сахиби"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2369001784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Святославское хлебоприемное предприятие"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6431004434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сентябрь"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4825070824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Ставролит"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2635230473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Старомарьевка"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2606800190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый Дом "Зерно Заволжья"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3445091590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТД Континент"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6670317999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ООО "Торгово-закупочная компания Зерновые продукты"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5722111630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговая компания "Просторы Сибири"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2463231513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной отвественностью "ТРАНС-АГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364018382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ТРЕЙДЮГЗЕРНО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6154147445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Тербунская Строительная Компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4807011470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Техно-Макс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9723069441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый Дом "Доминант"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6714018269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый дом "АНИТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2363000720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый дом  "Бейсуг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2363000713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Транс-Фаворит"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364011980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Урожай"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364014853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ФИНАНСАГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666197620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ФОГОР"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3127017064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ХПП ЗЕРНОВОЕ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662301742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭЛИТ - АГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4624003264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭСКОМ-АГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5254491270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭкоНива-Семена"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5032111150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Элеватор Курбатово"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3615005545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЮВС+"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3443130318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЮГНЕФТЕПРОМ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2372016300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Южная Торговая Компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310182523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Юго-Восток Агро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364001043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью “Агрофирма” Озеро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4815006435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  “Сельхозагро”</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123481518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью “ТД АГРОМИР”</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123462995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью “ЭХГ”</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7718628108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АВАНГАРД-АГРО-Воронеж»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666128249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АВАНГАРД-АГРО-Курск»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4607004691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АВАНГАРД-АГРО-Тула»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7107553032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АВЕРС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311353115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АВТОКАРРИ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5024168851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АВТОКОМПЛЕКС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123136141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственность «АГРО АЛЬЯНС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6732247335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРО-МОЛЛ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3605009460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «АГРО-ТРЕЙД»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6154139420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОКОМПЛЕКТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3664223507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОМАКСИМУМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3602011799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОМАРКЕТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2607017369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОМИР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6108006626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОРЕСУРС 21» </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2635239451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОТЕХНОЛОГИЯ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123397224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОФИРМА ЕЛЕЦКИЙ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4807056746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОЭКО-ЮГ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662159260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОЭКСПОРТ-ЮГ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7714461659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Амурская зерновая компания»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2801090909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АКВАБУРСТРОЙ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2312206025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АЛЬФА ТРЕЙД»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5029253846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АЛЬЯНС-М»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5904994612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АМЕТИСТ АГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364015536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агропромышленная корпорация Юность»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5708006707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агропромышленная компания»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2204056647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АРГО ПЛЮС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6325057917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АРКАНА КАПИТАЛ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2308287430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Альфа Рэйл Экспорт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7805547783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АСГАРД»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2606008749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроСтройМатик»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3257051926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агрофирма Дон»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4823061197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Авангард-Агро-Орел»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5722033156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Авента»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3629006926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агро Интеллект»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3605042114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агро-Строй»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123473443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроГард-Орел»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5721002902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроЗерноПродукт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123132965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроИмпорт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2801206222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроИнвест»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4508009113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроКлуб»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662263913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроМаркет»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666260977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроПак»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6829072262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агрокон-сервис»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7606089578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью «Агроплюс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5753068776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агропоставка МТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3121181131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агропродукт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2605015951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агропродукт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6445011583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агросила-Коммерция»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1650310080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агротехнологии»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6803120472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агрофирма «Междуречье»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7224037137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агроцентрсбыт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5017067228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Акра»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9729269743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Алиса»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2301092270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Амур Агро Холдинг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2801143195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Амурагрокомплекс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2801134017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Анкор»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6670384924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Аргос 2003»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3127507855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Астрон-Торг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7326054685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «БИ-АЙ ГРАНУМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7729546947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Белгородская Сахарная Компания»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3127016007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Бакалея - Южный порт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7714568521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Башкирские Злаки»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0278956342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «БелАгроТерра»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123384240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «БелОптСнаб»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123346660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с Ограниченной Ответственностью «Белагротрейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123316105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Белгородский бройлер»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123481412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Белогорское»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2804020096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Белый Барс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1617006460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «БизнесШанс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6670390036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «БиоКорма»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3122014831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Борисоглебский маслоэкстракционный завод»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3604017718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ботаника»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2827010305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Бройт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9715472760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Брянский сыродельный завод»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3257061762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ВЕБИКОН»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632198754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ВЕГА ЮГ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2635118697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ВОРОНЕЖАГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3665104647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Велес Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632262537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Веста»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2606800425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Вологодское Мороженое»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3525130125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ГАРАНТ+»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3705009590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ГЕЛЕОС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7114021864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Группа компаний «Канталь»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1610009648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ГК «МАРГКОМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5257157010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ГРАНОЛЮКС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7734416982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ГРЕЙН-ИНВЕСТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632215368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Газпром мобильные компрессорные станции»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7810720112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Гарант»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7325148490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью «Гарант»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4600000835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченно ответственностью «Гелион»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4345134203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Гермес»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3127011707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Гильдия «Ромб»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7106052040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ГранЭкс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6829152359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ГрейнСервис»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128118308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Грейнрус Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4615004720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Грейнрус Трейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7704316187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Грейнфорд-Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7730251793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Группа «Продовольствие»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0411137185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Группа Компаний «Русагро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7728278043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью   «ДЕМЕТРА-ТРЕЙД»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7731475394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ДОН-ТРЕЙД»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7115501630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Деловые решения»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2309180120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  «Добровольное»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2608008984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Добрыня»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4804005574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Донской колос»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6164114696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Доставка Морем Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7727325766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Доставка Морем»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7707371041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Дымовское колбасное производство»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7731178578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Евразия Трейдинг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9717158090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Евросахар»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7451412754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  «Жуковское молоко»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3245006245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ЗЕЛЕНОКУМСКИЙ ЭЛЕВАТОР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2619014161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЗЕРНОВЫЕ ЛИНИИ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5505051550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЗЕРНОГРУПП»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2636218895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЗЕРНОВАЯ КОМПАНИЯ ОСКОЛНЕФТЕСНАБ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128150051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЗОЛОТО ЮГА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364018417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Заря»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4601004293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Звезда НСК»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5473006819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Земля» </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6108008020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Зерно Ставрополья»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2635207210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственности «Зерновая компания ЛОТОС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6455069423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Зерновест»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5720025030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Зернотрейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3436013557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Знак»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2377000230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ИМПЕРИКОМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7725694775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ИСТОБНОЕ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3626003571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Изобилие Юга»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310214888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Импульс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2635244500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Инкам»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7841468216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ИнтерТрейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2361010970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КАНСИДС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9704036320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КБА-ПЛЮС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3664230198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Курская Зональная Опытно-Мелиоративная Станция»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4622008210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КОЛОС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2466286479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КОНДОР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6438007240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КОФКО Интернэшнл РУ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666161905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КС Трейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632262505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КСМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2631039074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Калачинский элеватор»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5515010986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Калужская Нива»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4015004213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Кампан»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2308061641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Карбон Зиро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9703075944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Каргилл»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7113502396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Карго»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5638077162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Коммерциал-Центр»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7719577431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Компания Шугар»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9721050558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Красноярск Зерно»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2460089080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Кристалл»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2635101090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Курск АгроАктив»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4611010458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Курское молоко»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632052748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Кшеньагро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4621001614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЛАЛИКО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6679142221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЛАМБЭК»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7708294858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЛИДЕР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6140008787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЛОРЕМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6450083752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Лактопур Рус»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9710087860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МАСЛОБАЗА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3234037361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МАЯК»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6829140258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МАЯК»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4602003415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МЗК Экспорт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7708525142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МПЗ Мясницкий ряд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5032277244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МТМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7751120135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>  Общество с ограниченной ответственностью «Молочная Ферма «Рассвет»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3110023214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МелиКом»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2341011824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Метрополис»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2302037667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МилМолл»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7721288733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МилкОм</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5507240961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Монарх»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5611079010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Мукомол»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7736294680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МясновЪ-77»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7737530891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «НАВИГАТОР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2312147041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «НЕЗЛОБНЕНСКИЙ ЗЕРНОВОЙ ТЕРМИНАЛ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2625099082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «НИКА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6168091111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «НИКА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3616007182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с Ограниченной Ответственностью «НИША»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7811009991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Новосибирская продовольственная корпорация"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5407031918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Нисан»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6452130535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Новгородпродукт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5321112210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «НовоКом»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5402583954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Новый путь»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3457004641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Норд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2224143200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ОЗК Регион»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1655420390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ОКА МОЛОКО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6223002073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ОПХ Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5258157245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Орбита»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662178087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Отрадаагроинвест»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5717002346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ПАЛЛАДА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6161095847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Промышленно-заготовительная корпорация»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2225177025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Производственная Компания «Курскэкспортхлеб»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632117071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ПРОИЗВОДСТВЕННО-КОММЕРЧЕСКАЯ ФИРМА "НБ-ЦЕНТР"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6167033815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ПРЕМЬЕРА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2635231773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ПРОДИМЕКС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7730710905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество  с ограниченной ответственностью «Производственно-Торговое Объединение «ОСНОВА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6162028593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Пангея»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0273028534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Партнер Инвест»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6829093008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Партнер-Агросервис»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2221211540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Перевозское ХПП»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5225004927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Пионер»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3457002683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Пищепромсервис»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5012087693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Плодородие»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5018191740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Поволжье-Агротранс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3459076200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Приморский»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6167125632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Пристенская зерновая компания»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4619004632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Прогресс"	</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2613008475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Прод Сервис»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6164293741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ПродЛогистика»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1655301120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Продинвест»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0400003140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Продпоставка»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6312120167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Продовольственные ресурсы»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4825118681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Продуктсервис»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2315129611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Прохоровский комбикормовый завод»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3115006100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «РАЙЗ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3652014509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «РАСИЯ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2325012980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ  «РАССВЕТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2620005789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «РБ-ТимКош»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6713015804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  «РЕГИОН»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123327185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «РЕЗЕРВ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6452115079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «РИКОН»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2224064981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «РИКОФЛОТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9729348931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «РК Логистик»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3121006958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Русская Сырьевая Компания-У»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7300005796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «РУСЬАГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632210850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Раненбургъ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4813012610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Реалист»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2308149536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ребровское»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2613010001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Резидент»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6154137920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Ренессанс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2373016840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ресурс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2339024262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Рисоводы Кубани»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2336022490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Родные поля»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6165161667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ростовский зерновой терминал»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6162041403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью « Русагро-Закупки»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6453166380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Русагро-Саратов»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6453163766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Русская зерновая компания»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632092010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Русь»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4621009204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СВС-АГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6146005888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СЕЛЬХОЗТОРГ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311167180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СОБРАНИЕ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7613000845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СОЛНЕЧНАЯ ДОЛИНА"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6163151790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СОСНЫ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2460219691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СПЕЦХОЗ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123420875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СТАВКОМПАНИ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2613009990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СТК»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3127016381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сельскохозяйственное предприятие «Победа»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2611008590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Саккура»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2351009648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Салют Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3110023253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Самарский бройлер»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6372027081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Свое зерно»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2363002189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Северная Нива Башкирия»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0255021046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Северная Нива Самара»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6381021150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Северная Нива Татарстан»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1645033120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Северная Нива»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5645003309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество  с  ограниченной ответственностью «Севуч  плюс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2221176662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Селена»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1659169836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сельхоз-Артель»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2372020410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сельхозинвест»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662248640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сельхозпродукты"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5014008111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сибирский комбинат хлебопродуктов»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5520900173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сидэндгрейн»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6316287103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сим-Транс Групп»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7709858088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Скайфуд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7702215673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Скопа»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1655473874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Соболь»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3628012116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Современное Хозяйство»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3619023023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Согласие»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5713002257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Содружество»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2465306676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СофиГрейн»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6164127889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Союз»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6163092383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>541</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Спектр»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7825379600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ставропольский бройлер»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2623030222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СтартСтрой»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123369026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Степи Кубани»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310201783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ступинская Нива»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5045063264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТАРГЕТ АГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7734663029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговый Дом «Алтей»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6677014873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТОРГОВЫЙ  ДОМ «ИНВЕСТПРОМ-ОПТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6167077675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговый дом Агроинновация»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9709061391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТОРГОВЫЙ ДОМ МАЙСКИЙ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6453148285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговый дом Томзерно»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7017469210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТД ШУГАР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7721482875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТДА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3906326504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>554</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  «Товарный Дом-Магнитогорск»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7456025861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговая компания «ПРОТОН»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7804525353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТК Агроиндустрия»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2221128210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговая компания ИНАГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7710411907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТК Ресурс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2225198755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТК СМАРТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7313009050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговая Компания Сибирский Премьер»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5404316873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество ограниченной ответственностью «ТК9.ру»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7716828119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торгово-производственное предприятие Константа»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0250146813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТРАСТИНГ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9721006830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ТРЕЙД ФИНАНС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9724129326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТРЕЙДОПТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5829003813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТРЕЙДСАН»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666205969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Тимашевский сахарный завод»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2334024068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Тамбовский бекон»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6803629911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Таурус»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6658558691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТемпАгро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311297710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Тенке Логистик»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7716948790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Теткинский сахарный завод»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4603005528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Тин-Синь»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2801247892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t> Общество с ограниченной ответственностью «Топ Грейн»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6167079560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговая компания СДС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6829132810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговый Дом «ОЛЕУМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3616020433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговый Дом «Перспектива»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6827031790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговый Комплекс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6154557603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТОРГТРЕЙД»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5403027822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Точно Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2308295600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Управление Агроактивами»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9721014711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Управляющая компания АПК»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615801915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>583</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Уралторгпред»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5904036578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Уральский бройлер»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5642023868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Успенский Агропромсоюз»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2326006964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>586</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Успех»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3254507664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Фермер»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6163154840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Фид-Групп»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128091310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Фирма «Основа вкуса»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6686059920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Фортуна»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5722002849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ХОРСАЛЬЯНС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5708003784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Хлебоприемное Предприятие Елань-Колено»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3617008735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Хамиди Групп»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2635252572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Хлебороб»   </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2617011246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Холдинг Королевский»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7708701831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Хреновское ХПП»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3663137686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Центр снабжения сырьем»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2536185815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью   «Черноземье»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4620006120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Шекснинский комбинат хлебопродуктов»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3524015320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Шанс Трейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3661172276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЭВЕРЕСТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364018456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЭЙ БИ ГРЕЙН»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6164128071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЭФКО-Поволжье»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3664247508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЭкоНива Алтай»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2277016036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЭкоНиваАгро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5032070546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЭкологияУрал»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4246023848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮГИНВЕСТ АГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2308254361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮКОН»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3427102190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮНИКС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3604018694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>610</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Южный мясокомбинат»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2356046442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>611</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Юфенал Трейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6452095954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЯРИЛАЭКСПОРТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311279422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество ограниченной ответственностью «Ярославское масло»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3702002886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Агрофирма «Учумская»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2461022289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Агрофирма "Павловская"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5252011169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Агрохолдинг «Восточный»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2465129579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Зернокомплекс «Котовские Закрома»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6825007784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью крестьянское хозяйство «Участие»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2343014531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Компания "БИО-ТОН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6367044243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Компания «Март»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2634072094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Маслоэкстракционный завод «Ресурс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2631805988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>622</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Научно-производственная организация «ЮгАгроХим»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2312196257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Продовольственная группа "Русский Хлеб"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7444062820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сибирская Зерновая Компания»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2450035166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>625</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Сельскохозяйственное предприятие «Премьер»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2411027193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговый дом "АгроМаркет"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2308062194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>627</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ТД «Арктика»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6167121412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>628</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговый дом «Башкирский сахар»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0274133796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>629</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>  Общество с ограниченной ответственностью Торговый Дом «Компонент Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5260348198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>630</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ТД Муковозов</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7453263089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>631</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  Торговая компания "Регион-Саратов"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6452071657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>632</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ТОРГОВАЯ КОМПАНИЯ "ЛИДЕР"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7730324441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговая компания «Самоцвет»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7451079180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговый дом «Содружество»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3913011336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>635</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ХОЛДИНГ «АМАР ГРУПП»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6319171989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>636</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ВЕЛЕС АГРОЗЕРНО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632237932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроСоякомплект»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5054091540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>638</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Сельскохозяйственное закрытое акционерное общество "СКВО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6111007299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Сельскохозяйственный производственный кооператив «Владимировский» </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2613009359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Сельскохозяйственная Артель «Акуловская»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3431005288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>641</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговый дом «Агрокультура-СТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2363001210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45698</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>642</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Уразаев Виктор Викторович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>235000193758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45750</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>643</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью «Кубаньмашзавод»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364022484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45916</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
           <x:t>Общество с ограниченной ответственностью "Гермес-Агро"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2373013133</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Допущен</x:t>
-[...3780 lines deleted...]
-        <x:v>353</x:v>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45968</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>645</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t> Общество с ограниченной ответственностью «Ветеринарный Сервис»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>7721529234</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Допущен</x:t>
-[...6668 lines deleted...]
-        <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
-        <x:v>45698</x:v>
-[...45 lines deleted...]
-        <x:v>45916</x:v>
+        <x:v>45986</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A2:$E2"/>
     <x:mergeCell ref="A3:$E3"/>
   </x:mergeCells>
   <x:hyperlinks>
     <x:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A3" r:id="HL0"/>
   </x:hyperlinks>
 </x:worksheet>
 </file>