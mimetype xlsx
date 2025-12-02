--- v0 (2025-10-17)
+++ v1 (2025-12-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48ad4829a6f34412" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0b5a2fb09824fb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Rfe21cdc0f4824376"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R97a04c047f42428b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b val="1"/>
     </x:font>
     <x:font>
       <x:sz val="12"/>
       <x:b val="1"/>
@@ -96,51 +96,51 @@
     </x:xf>
     <x:xf borderId="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" borderId="1"/>
     <x:xf fontId="2" applyFont="1"/>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="4" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfe21cdc0f4824376" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R97a04c047f42428b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namex.org/ru/commodityauctions/participantsCA" TargetMode="External" Id="HL0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="6.3" bestFit="0" customWidth="1"/>
     <x:col min="2" max="2" width="60" bestFit="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.5" bestFit="0" customWidth="1"/>
     <x:col min="4" max="4" width="20" bestFit="0" customWidth="1"/>
     <x:col min="5" max="5" width="20" bestFit="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row/>
     <x:row>
       <x:c s="11" t="inlineStr">
         <x:is>
           <x:t>Список участников, допущенных к аукционам Заказчика аукционов АО ТД "Приосколье"</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row ht="50" customHeight="1">
       <x:c s="12" t="inlineStr">
@@ -4341,35 +4341,541 @@
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>182</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью Торговый Дом "Премьер"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>4205301817</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45917</x:v>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Закрытое акционерное общество "Лыткаринский мясоперерабатывающий завод"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5026002114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45961</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Волков Виталий Викторович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>561701496359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45961</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Попов Руслан Валерьевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>312802485005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45961</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Атлантида"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9704009944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45961</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Вторая База"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5503171900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45961</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Деловой Союз"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123441427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45961</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Добрич"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5404468266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45961</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Инжавинская птицефабрика"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6820020446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45961</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Ленинград"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7802680378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45961</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МПЗ ОКРАИНА"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5190047469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45961</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МПК ОБНИНСКИЙ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4025058899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45961</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МитФуд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5835141498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45961</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "РУСМИТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1841109008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45961</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Русич"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128126436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45961</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТД Полновес"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3663115266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45961</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Южная Мясная Компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6168083470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45961</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Мясокомбинат ЭКО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5007079665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45961</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТрансСибЛизинг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5406249213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45961</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Производственная Торговая Компания "Гермес"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2222833945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45961</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Производственная Торговая Компания "Южное Подворье"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7722389741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45961</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговый дом «МЯСНОЙ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7452152499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45961</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Топливная компания "Энергия"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2221115780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45961</x:v>
+      </x:c>
+    </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A2:$E2"/>
     <x:mergeCell ref="A3:$E3"/>
   </x:mergeCells>
   <x:hyperlinks>
     <x:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A3" r:id="HL0"/>
   </x:hyperlinks>
 </x:worksheet>
 </file>