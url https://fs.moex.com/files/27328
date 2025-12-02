--- v0 (2025-10-17)
+++ v1 (2025-12-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dcb15a9396144ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39219bec0ad24130" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Racddf1b411ad4a62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Rd70e3939d0b64b7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b val="1"/>
     </x:font>
     <x:font>
       <x:sz val="12"/>
       <x:b val="1"/>
@@ -96,51 +96,51 @@
     </x:xf>
     <x:xf borderId="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" borderId="1"/>
     <x:xf fontId="2" applyFont="1"/>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="4" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Racddf1b411ad4a62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd70e3939d0b64b7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namex.org/ru/commodityauctions/participantsCA" TargetMode="External" Id="HL0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="6.3" bestFit="0" customWidth="1"/>
     <x:col min="2" max="2" width="60" bestFit="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.5" bestFit="0" customWidth="1"/>
     <x:col min="4" max="4" width="20" bestFit="0" customWidth="1"/>
     <x:col min="5" max="5" width="20" bestFit="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row/>
     <x:row>
       <x:c s="11" t="inlineStr">
         <x:is>
           <x:t>Список участников, допущенных к аукционам Заказчика аукционов ООО «БИ-АЙ ГРАНУМ» </x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row ht="50" customHeight="1">
       <x:c s="12" t="inlineStr">
@@ -1311,792 +1311,792 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Дон-Маркет"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3616015867</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45849</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>51</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
+          <x:t>Общество с ограниченной ответственностью "Житница"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7313011003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45849</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
           <x:t>Общество с ограниченной ответственностью "Зерно-Ресурс"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2615015365</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45849</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Зерновой терминал Лабинский"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2374001966</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45849</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью " Зерновые продукты"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>5722003994</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45849</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственности "Интер Грейн"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2364016579</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45849</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Исток"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2364017220</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45849</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Корсар"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2615014717</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45849</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Кубань Трейд"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2377000632</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45849</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Ново-Трейд"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2315147709</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45849</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Новониколаевский элеватор"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3443124089</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45849</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "ОРЕОЛ"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>7725398504</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45849</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Омега Бизнес"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2634091509</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45849</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственнотью "Петрохлеб-Кубань"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2310109650</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45849</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "РЕАЛ АГРО"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>5043055420</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45849</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Регион Плюс"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2363000174</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45849</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Рубикон"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3445112730</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45849</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Рус-Агрокультура"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2360011763</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45849</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью " Русский колос"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>7731322214</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45849</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "СПЕККО"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>6167202950</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45849</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "СПК-ЮГ"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2364016392</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45849</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Сентябрь"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>4825070824</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45849</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Торговый Дом "Зерно Заволжья"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3445091590</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45849</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной отвественностью "ТРАНС-АГРО"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2364018382</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45849</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ТРЕЙДЮГЗЕРНО"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>6154147445</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45849</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Торговый дом "АНИТ"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2363000720</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45849</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Торговый дом  "Бейсуг"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2363000713</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45849</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Транс-Фаворит"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2364011980</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45849</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Урожай"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2364014853</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45849</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "ЭРТЕН"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>6112913112</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45849</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "ЮВС+"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3443130318</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45849</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "ЮГНЕФТЕПРОМ"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2372016300</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45849</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Южная Торговая Компания"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2310182523</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45849</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Юго-Восток Агро"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2364001043</x:t>
-        </x:is>
-[...21 lines deleted...]
-          <x:t>7313011003</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45849</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>84</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью «АГРОМАРКЕТ»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2607017369</x:t>
         </x:is>
       </x:c>