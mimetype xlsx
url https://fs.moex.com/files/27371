--- v0 (2025-10-17)
+++ v1 (2025-12-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b1ddd37ed544bb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5561cd9f764e4976" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Rab99c5a8d97149ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R7ae9d120c7604002"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b val="1"/>
     </x:font>
     <x:font>
       <x:sz val="12"/>
       <x:b val="1"/>
@@ -96,51 +96,51 @@
     </x:xf>
     <x:xf borderId="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" borderId="1"/>
     <x:xf fontId="2" applyFont="1"/>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="4" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rab99c5a8d97149ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7ae9d120c7604002" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namex.org/ru/commodityauctions/participantsCA" TargetMode="External" Id="HL0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="6.3" bestFit="0" customWidth="1"/>
     <x:col min="2" max="2" width="60" bestFit="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.5" bestFit="0" customWidth="1"/>
     <x:col min="4" max="4" width="20" bestFit="0" customWidth="1"/>
     <x:col min="5" max="5" width="20" bestFit="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row/>
     <x:row>
       <x:c s="11" t="inlineStr">
         <x:is>
           <x:t>Список участников, допущенных к аукционам Заказчика аукционов ООО «Свое зерно»</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row ht="50" customHeight="1">
       <x:c s="12" t="inlineStr">
@@ -1380,4468 +1380,22914 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Гарант-Трейд"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>6686025744</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45882</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>54</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
+          <x:t>Общество с ограниченной ответственностью "Гостпродторг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6119005430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ГрандФудсГрупп"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7724459546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Гросс Мит"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9724109908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ДЕС"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6312154222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Заказчик №1»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>-</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Заказчик №5"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>-</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Деметра"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311239927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Донпродторг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6162077030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ЗЕРНОЭКСПОРТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2609026062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Загорский Бройлер"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5047276839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерновая компания ЭФКО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3122509834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерновой терминал Лабинский"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2374001966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Золотое зернышко"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5038105227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственности "Интер Грейн"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364016579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Искра"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5029261886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Исток"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364017220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "КАЧЕСТВЕННЫЙ ПРОДУКТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9704018610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Кубанская Продуктовая Компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6949110488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "КПС-Урал"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7453097610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Каравай"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7716647909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Кит"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7724459994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Компания "Апрель"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311232047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Кстовский мясокомбинат"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5250066910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Кубань Трейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2377000632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МЕГАПРОДУКТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6670357159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью "МИТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9724208916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МИТФРОЗЕН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7720374330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МПЗ Богородский"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5031064652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МПК Мясная Столица"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7810783507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Мясо Перерабатывающее Предприятие "Челны ПродТорг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1650429783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МТЛ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3728030743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МЯСОПРОДУКТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3525261424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Мегаполис-продукт"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7736557555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью "МиКпром"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6449065491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью "Мигос"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7718521771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МитПарк"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123389375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Мостагро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9701208412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МясИнвест"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9718075922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Мясное Черноземье"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128097496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Мяснофф"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6313543976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Мясокомбинат "Павловская Слобода"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5017041244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Мясоперерабатывающий завод РЕМИТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7715213200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Мясторг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6321430253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "НЕВОД"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3812165474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Нижегородский Мясоперерабатывающий Комбинат"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5263139587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Ново-Трейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2315147709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ОЗК Трейдинг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310170817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ОПТМЯСТОРГ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3435131710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Омега Бизнес"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2634091509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ПАРУС ТД"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7604377838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ПРОИЗВОДСТВЕННАЯ КОМПАНИЯ "ЭЛИТГРУПП ИНВЕСТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7706428016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ПРОВИЛКА"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5018212982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Первая мясная компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7802890907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Петровский и К"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5003064121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственнотью "Петрохлеб-Кубань"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310109650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Провиант"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6318238486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Продлогистик"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2222867133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "РЕАЛ АГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5043055420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "РСМ ФУД"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1650397980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "РУССКИЙ ПРОДУКТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2465153028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Регион Плюс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2363000174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Рус-Агрокультура"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2360011763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "РусПродТорг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7727290947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Русагро-Инвест"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3105003830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Русская Ресурсная Компания - Сибирь"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5407950904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью " Русский колос"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7731322214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СИРИУС"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2543137523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СЛВ Компани"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7451411207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СПЕККО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6167202950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сибирская продовольственная компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5405200166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СПК-ЮГ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364016392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сибирская Рыбная Компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1901082811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СТКА"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2225234026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СИБИРСКАЯ ТОРГОВО-ПРОИЗВОДСТВЕННАЯ КОМПАНИЯ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5404081188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сагуны мясокомбинат"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3624005492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сапфир"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5835077235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сахиби"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2369001784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Серволюкс Посад"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5042158750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сибмир Групп"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2221126414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Синдикат"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2320222817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Союз"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0411160875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Стимул"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2465179932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью "Торговый дом "Бэст Фрут"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2204030790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый Дом "Зерно Заволжья"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3445091590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый дом "Итон"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7451414399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Телец"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7811408643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТЕЛЕЦ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9728070881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговая компания "Просторы Сибири"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2463231513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью "Торговое предприятие "Оренбургская Хавронья"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5638060874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торгово-производственная компания БЕЛЫЙ МЕДВЕДЬ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7751198100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной отвественностью "ТРАНС-АГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364018382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТоргПродукт"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662233429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый Дом "ЯЗМ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7728888627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый дом "АНИТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2363000720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый дом  "Бейсуг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2363000713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый дом"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5403061238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Транс-Фаворит"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364011980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Три Кита"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2222894497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Три Купца"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7731405887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Урожай"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364014853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ФУДСТАФ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7806560699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Фортуна - ДВ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2538147935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭКОФУД"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6165223024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Эдельвейс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7804499520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЮГНЕФТЕПРОМ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2372016300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЮСС"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6168028173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Южная Торговая Компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310182523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Явара"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3801126402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АЙРИС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2461051145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АРКАДИЯ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311130775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Авангард Т»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7104080194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроКлуб»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662263913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агропродукт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6445011583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агропромпродукт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5506057794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Алиса»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2301092270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Альфа»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0277916347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АльфаМит-трейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7814217157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ВЕРШИНА ВКУСА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3435146280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Веста»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2606800425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ГРАНОЛЮКС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7734416982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Гранд-Мит»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7706465314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью   «ДЕМЕТРА-ТРЕЙД»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7731475394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Деловые решения»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2309180120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Дельфин»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0277089143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Доставка Морем Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7727325766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Доставка Морем»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7707371041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Дымовское колбасное производство»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7731178578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЗОЛОТО ЮГА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364018417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Зернотрейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3436013557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Знак»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2377000230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ИНТЕРТРАСТ ДВ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2536297950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Инком»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128122456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ИнтерТрейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2361010970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КСМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2631039074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Крида»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2222891023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МВ-Групп»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9718202634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МЗК Экспорт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7708525142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  «Мясокомбинат «Дороничи»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4345080244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МПЗ Мясницкий ряд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5032277244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МЯСНОЙ ДОМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3443088962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МясновЪ-77»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7737530891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «НАДЕЖНЫЙ ПАРТНЕР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9706002599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Новгородпродукт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5321112210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «ОМЕГА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9718093840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Океан»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3810075634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ПРОДМИР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128122103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Продуктсервис»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2315129611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Русмясомолторг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2724085517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «РСМ-ПЛЮС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1650386441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «РУСАГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3906971247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Ренессанс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2373016840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ресурс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2339024262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Родные поля»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6165161667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ростовский зерновой терминал»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6162041403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СВС-АГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6146005888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Саратовский птицекомбинат «Курников»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6451402458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Север»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5506068732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Седьмой Легион»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7743098197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Содружество»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2465306676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ставропольский бройлер»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2623030222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Степи Кубани»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310201783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговая компания «ЕС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7813449162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТемпАгро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311297710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t> Общество с ограниченной ответственностью «Топ Грейн»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6167079560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговый Дом «Империал»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7806172223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Точно Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2308295600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Удачная покупка»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3017049419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ФАВОРИТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2465350354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Хреновское ХПП»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3663137686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Чистая  Энергия»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5041209709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЭВЕРЕСТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6163143983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮЖНЫЙ ДОМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615004860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮЖНЫЙ ДОМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3665129592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮгМясПром»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2602007102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Южная Гардарика»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6167128792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЯРИЛАЭКСПОРТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311279422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью крестьянское хозяйство «Участие»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2343014531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Компания "БИО-ТОН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6367044243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Компания «Март»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2634072094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Мясокомбинат "Волжский Бекон"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7736327054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Мясокомбинат "Якшино"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9715272859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Маслоэкстракционный завод «Ресурс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2631805988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Мясоптицекомбинат "Поволжский"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6311129897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с  ограниченной ответственностью Промышленная группа "ИСКРА"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>8604056949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Производственный комбинат "Победа"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2221259781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ПРОИЗВОДСТВЕННО-КОММЕРЧЕСКАЯ ФИРМА "БЕНЕФИТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1650370956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сибирская Зерновая Компания»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2450035166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговый Дом "БОГОРОДСКИЙ ФЕРМЕР"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7730133373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговый Дом "Продмаркет"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3665822503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью ТПО  «Возрождение» </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5027278789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговый дом «Содружество»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3913011336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Потребительское общество "Летниковское сельское потребительское общество"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6377015604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45882</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
           <x:t>Общество с ограниченной ответственностью "Гермес-Агро"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2373013133</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Допущен</x:t>
-[...2584 lines deleted...]
-        <x:v>167</x:v>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45968</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное Общество фирма «Агрокомплекс» им Н. И. Ткачева</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2328000083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Айрапетян Генрик Арамович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>236407747553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Анновское»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2827010337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>  Общество с ограниченной ответственностью «Водограй»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3328454473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ДонАгроДар»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6141053937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью "КаргоТрейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6200003345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МДМ АГРО АЛЬЯНС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2360010713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  «РТ Бакалея»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5433145502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ТОРГОВО-ПРОИЗВОДСТВЕННОЕ ОБЪЕДИНЕНИЕ «ГЛОБУС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0278904721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  Элеватор "Коммодити Колодезное"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3613004627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>"ГПБ Комплект" (Акционерное общество)</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7724377290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество "Русский Дом"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4631014080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>акционерное общество "Артель"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4616005878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество "Астон Продукты Питания и Пищевые Ингредиенты"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6162015019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество "Витимэнергосбыт"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3802010714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество "Ефремовский элеватор № 2"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7113000780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество "Каневсксахар"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2334005403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество "Каргатский элеватор"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5423101432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Ногликская газовая электрическая станция»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6513012267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество "Октябрьское"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6820010695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество "ПРИОСКОЛЬЕ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123100360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество "Сахарный комбинат "Курганинский"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2339014560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество "Сибирская Аграрная Группа"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7017012254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество "Унагранде Компани"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3249004697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество "Черкизовский мясоперерабатывающий завод"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7718013714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество “Кировский мясокомбинат”</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4345000217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Агропромышленное объединение «Аврора»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4825003761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Агрохолдинг «СИБИРЯК»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2456015215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Бутурлиновский мелькомбинат»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3605000114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Бердиевский элеватор»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3408000242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Вязовское хлебоприемное предприятие»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3406001843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Ессентуки-хлеб»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2626000522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Жировой комбинат»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6664014643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «ИЗМАЛКОВСКИЙ ЭЛЕВАТОР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4809006437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Избердеевский элеватор»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6813001869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Интер РАО – Электрогенерация»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7704784450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Курский комбинат хлебопродуктов»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4630001280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Комбинат Зерноградский»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6111008006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Перевозское хлебоприемное предприятие»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5225000087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Рассвет»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2356045713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Россошанский элеватор»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3627002838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Саратовский комбинат хлебопродуктов »</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6454017140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Сахарный завод «Свобода»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2356030749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Сибур-Химпром»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5905018998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Труд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4717001132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Ульяновский сахарный завод»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7322002100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>акционерное общество «ФМРус»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7713684860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество Агрокомбинат племзавод «Красногорский»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4347004464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество Торговый дом "БИО-ТОН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6315016439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество "Торговый дом "Приосколье"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123104943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное Общество Торговый дом "Нижегородский масло-жировой комбинат" </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5259012482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество фирма «Молоко»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3627001190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Глава Крестьянского Фермерского Хозяйства Индивидуальный Предприниматель Умеренков Олег Александрович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>460700814580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Закрытое акционерное общество "Лыткаринский мясоперерабатывающий завод"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5026002114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Закрытое акционерное общество «ЗАРЯ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4606004498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Закрытое акционерное общество «Сахарный комбинат Тихорецкий» </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2354009290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Закрытое акционерное общество «Цитадель»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4629014848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Закрытое акционерное общество «имени Дзержинского»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5640002051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Закрытое акционерное общество Агрофирма «Южная»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4610002831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель АБРАМОВ АЗАРЬЯ ЯГУДАЕВИЧ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>480402469242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Андраханов Денис Николаевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>363101012170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Антипова Анна Александровна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>440117957609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Антипова Ольга Анатольевна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>260804642562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Армаганян Роман Самвелович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>232906352095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Арушанян Самвел Папикович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>235702878294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Атрепьева Ирина Николаевна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>463232438328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Афонина Елена Викторовна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>323305615439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ИП Бегиев Бетал Хаширович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>071100191027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Белов Андрей Валентинович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>526310206390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Белоусов Александр Владимирович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>614403318854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Белялов Махмуд Александрович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>360504783396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Босенко Федор Алексеевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>232904057665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Бутанова Татьяна Юрьевна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>570501617064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Волков Виталий Викторович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>561701496359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава крестьянского (фермерского) хозяйства Селезнева Мария Стефановна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>234504432019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского фермерского хозяйства  Фомин Вячеслав Игоревич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>312732266896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Гарибян Геннадий Вячеславович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>232906364358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Гишев Айдамир Шрахметович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>010801543975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава крестьянского (фермерского) хозяйства Мироненко Константин Витальевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>564679791087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского (фермерского) хозяйства Рапана Татьяна Евгеньевна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>245901119139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава крестьянского (фермерского) хозяйства Чухарев  Владимир Васильевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>502202745910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава крестьянского (фермерского) хозяйства Архипов Иван Алексеевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>681600040068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава Крестьянского (фермерского) хозяйства Архипцев Сергей Николаевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>480100014760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава Крестьянского (фермерского) хозяйства Ахаев Юрий Юрьевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>231128347644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского (фермерского) хозяйства Баранов Александр Викторович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>233900217951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава крестьянского (фермерского) хозяйства Барановский Сергей Витальевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>462100300226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ИП Глава крестьянского (фермерского) хозяйства Бориев Олег Асланович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>070500395288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского фермерского хозяйства Бочарова Ольга Сергеевна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>461401374420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава крестьянского (фермерского) хозяйства Велиев Эдуард Гамлет Оглы</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>519056294091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава Крестьянского Фермерского Хозяйства Грудинкина Оксана Александровна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>463403326345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава Крестьянского (фермерского) хозяйства Дух Михаил Евгеньевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>233506525475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава крестьянского (фермерского) хозяйства Дюкарев Андрей Евгеньевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>463211831513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Ермолаев Владимир Иванович - Глава КФХ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>281100067328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского (фермерского) хозяйства Кольцов Александр Викторович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>281900315876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный Предприниматель Глава КФХ Кораблев Андрей Валерьевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>461500254029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный Предприниматель Глава КФХ Кораблева Елена Викторовна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>461500467161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава Крестьянского (фермерского) хозяйства Мерзликин Евгений Сергеевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>261505714620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава крестьянского (фермерского) хозяйства Мирошкин Николай Владимирович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>621000031666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ИНДИВИДУАЛЬНЫЙ ПРЕДПРИНИМАТЕЛЬ ГЛАВА КРЕСТЬЯНСКОГО (ФЕРМЕРСКОГО) ХОЗЯЙСТВА МОИСЕЕВ ЕВГЕНИЙ АЛЕКСАНДРОВИЧ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>570501437079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава крестьянского (фермерского) хозяйства Стариков Евгений Иванович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>461100175005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава крестьянского (фермерского) хозяйства Старчеус Максим Викторович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>282101331880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава Крестьянского (Фермерского) Хозяйства Таран Сергей Викторович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>080100086919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского (фермерского) хозяйства Уралов Мухты Науанович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>451300032304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского (фермерского) хозяйства Хохлов Андрей Анатольевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>234703920331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный Предприниматель Глава Крестьянского  (фермерского) хозяйства Черкашин Николай Кузьмич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>460100017864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского (фермерского) хозяйства Швецов Вадим Вячеславович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>281302942077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава Крестьянского (Фермерского) Хозяйства Шеншина Вера Ивановна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>311200092855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского (Фермерского) хозяйства Шорохов Алексей Олегович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>463205477053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава крестьянского (фермерского) хозяйства Подолякин Владимир Александрович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>281815924411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Годунова Элина Вячеславовна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>673205030757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Горбатовский Юрий Николаевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>233909765871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Горбунов Виктор Сергеевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>340101275171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Гусаков Андрей Юрьевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>481502063921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Данилова Анастасия Алексеевна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>732811474797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Драгун Николай Викторович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>312817703560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Дряхлов Роман Андреевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>231104468150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Дудко Дмитрий Васильевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>263404613234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный Предприниматель Емельянов Виктор Викторович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>623012305925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Ермошкин Артем Николаевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>071609634828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель ЗЕЙФРИД НАТАЛЬЯ ВАСИЛЬЕВНА</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>021403049331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный Предприниматель Зиятдинов Марат Мирьатович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>165029614148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель  Иванов Радик Петрович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>163901075865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель КОВАЛЕНКОВА ОКСАНА ВЛАДИМИРОВНА</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>422104301049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Кабалин Михаил Юрьевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>502502712383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Каблин Михаил Викторович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>222102126325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Кардашбекова Рабият Абдулгамидовна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>260401753929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Козорезова Ирина Анатольевна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>616600525349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Комаров Андрей Анатольевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>260903236000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Копылова Наталья Владимировна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>312302125477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Кривчиков Александр Вадимович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>373100361753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Куликов Александр Васильевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>312203758630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Лазарев Денис Олегович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>080100862022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Лемеш Андрей Николаевич  </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>232800074137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Мазалов Дмитрий Евгеньевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>312800103388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Мазова Ольга Львовна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>525913771182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Мамедов Эльхан Керимович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>463252175564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Минуллина Лилия Анваровна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>164811941208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Мороз Михаил Николаевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>235002357602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Морозов Виктор Иванович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>461701649651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Негров Тимофей Георгиевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>231306792938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Овчинникова Светлана Александровна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>450128060158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Остапчук Юрий Сергеевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>311404354900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель ПРОЦЕНКО ОЛЬГА ВИКТОРОВНА</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>234004599041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Панюта Максим Сергеевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>233408596943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Паринов Владимир Владимирович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>366607170988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Попов Иван Васильевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>143505340027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Попов Руслан Валерьевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>312802485005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Пчеляков Андрей Константинович </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>026206580260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Рапана Константин Иванович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>245900324368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Репин Александр Владимирович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>282100711576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Роганов Сергей Евгеньевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>020204237522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Родин Александр Николаевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>711700198307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Рябцев Николай Игоревич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>262500771908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Сагдулин Руслан Рифатович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>121501186755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Саковский Заур Владимирович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>504707112694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Сердюков Виталий Владимирович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>233203846751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Стрельцова Ольга Валерьевна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>121519008922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Стром Евгений Александрович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>233300297049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Тебенькова  Мария Алексеевна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>434599527670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Третьяков Владимир Алексеевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>234400684244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Федотова Екатерина Андреевна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>590612394296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Хагажеев Асхад Русланович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>071405380318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Хруль Алексей Александрович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>232701965397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Хусаинов Равиль Тагирович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>165911417247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель ЦЕЕВ РУСЛАН БАТЫРОВИЧ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>235606747482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Шабурян Артуш Агаронович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>231409346727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Шевченко Игорь Эдуардович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>235001269551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Шеметов Юрий Николаевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>744402755444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Шестопалов Никита Ильич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>480402843411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Шипилов Михаил Викторович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>260600526310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Ширинян Ирина Агасиновна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>230209155804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского (фермерского) хозяйства Бедненко Андрей Алексеевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>312000051807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского (фермерского) хозяйства Лазарев Олег Александрович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>080100090143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского (фермерского) хозяйства Рязанова Анастасия Валериевна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>312326131423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского (фермерского) хозяйства Литвинов Владимир Владимирович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>232700643005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского (фермерского) хозяйства Мамухова Анисет Хаджибечировна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>010399227781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского (фермерского) Мирошникова Валентина Алексеевна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>233802856614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского (фермерского) хозяйства Шульга Юрий Анатольевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>260805095312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Морозова Галина Алексеевна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>461701378730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Крестьянское Фермерское Хозяйство "Харитонова"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4608000964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Крестьянское (фермерское) хозяйство «Полякова Фёдора Ивановича»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3420000418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Крестьянское (фермерское) хозяйство «Станица»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2343001589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Колхоз «Знамя труда»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3116000598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОТКРЫТОЕ АКЦИОНЕРНОЕ ОБЩЕСТВО "ВЕЛИКОЛУКСКИЙ МЯСОКОМБИНАТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6025009824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Открытое акционерное общество "Курское пчеловодство"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632071194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Открытое акционерное общество «Агро-Союз Дальний Восток»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2816007903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Открытое акционерное общество «Агрофирма «Птицефабрика Сеймовская»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5214002050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Открытое акционерное общество «Новокондрашовское»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3408008509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Открытое акционерное общество «Степное»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3431005111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Открытое акционерное общество «Студенецкий мукомольный завод»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5815000308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Открытое акционерное общество «Токаревская птицефабрика»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6821000146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Открытое акционерное общество «Чишминский сахарный завод»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0250005763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Открытое акционерное общество Молочный завод «Гиагинский» </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0101000776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый Дом Зернотекс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7709284066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "100 Пудов"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3460084735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АВАНГАРД"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5029141250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АГРО ОПТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3664091963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АГРО РЕГИОН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666266464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АГРО-ВИЛИОН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6821503870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АГРОМАРКЕТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3120103780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "АГРОПРОМ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3122510420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Алексиковская зерновая компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3457002820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Азовский Зерновой Терминал"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7734428522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АЛЬЯНСИНВЕСТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3661077569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агропромышленный комплекс "МАЯК"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5646034370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АПК»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5751058250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АПОСТОЛЬЕ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311197811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агропромышленный холдинг Кристалл"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5420124142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АТЛАНТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3811464249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t> Общество с ограниченной ответственностью "АЭРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5837057435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агро Активы"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3663108491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агро-Альянс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6318177177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агро-СТАР"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3417005663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агро-Тема"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6163125825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АгроДом"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6455065370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроИндустрия»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3100008922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АгроМир"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6165217398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АгроТорг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7722690846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агрокапитал"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5611082743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агропромышленный холдинг "Добронравов АГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3245003100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агроснаб – Л»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4823053622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агротрейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7313009156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агротрейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9722040866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АрмаПласт"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6143075171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Атлантида"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9704009944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Афина"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3663149321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "БИАКОМ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3122015680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "БИОПРОМ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632210553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "БМЭЗ-АГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6435001628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "БОРТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632295839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "БСК АГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2312286630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Бадо"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2308292840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Базис Трейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2372030344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Балатон и К"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4205230500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "БашПродТорг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0274116374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Березка"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3652008872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Био грэйн"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3457010194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Благо-Верхняя Хава"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310165912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Благодать"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311336455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ВИКОР"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7708680483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ВИТКОМ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9722077915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ВОСТОК"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632289507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Вит Трейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6163149368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Волга Оптима"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7727345280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Волость"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2337034040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Вторая База"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5503171900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Г.А.С. трейдинг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2315233010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ГАРАНТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5406792050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ГАРПУН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2465169123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Группа компаний "Бизнес Партнер"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5612088057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ГК АГРОСТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3407110676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Гелиос Плюс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6164103711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с гораниченной ответственностью "Глорис Экспо"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9718145312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Голд Грейн"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6453123072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью "Горняк-1"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6505009711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Грейс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662302376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Группа Ново"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2309156832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Группа компаний "ВЕСТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662242529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ДФ Сервис"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7727721939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Дары полей"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6453091991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Дарэлль плюс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6450090661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Деловой Союз"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123441427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ”ДиметрА-Юг+"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2636214509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Добрич"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5404468266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Дон-Маркет"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3616015867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Житница"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7313011003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЗИТРОН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7806300250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерновая компания "Оренбургский колос"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5610210520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЗМ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6166120582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зверевская машино-технологическая станция"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6146002929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерно Трейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2222865376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерно-Ресурс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615015365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерновая компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7731576900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерновой экспорт"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7708405737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью " Зерновые продукты"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5722003994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Золотой Колос"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7014064215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Идеология еды"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9703019185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ИндиФуд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0276932265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Инжавинская птицефабрика"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6820020446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Интеграция-Агро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5752053093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Интеркрос Центр"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7707719586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственность «Краснодонский комбикормовый завод»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3408010850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Краснодарский мясоперерабатывающий комбинат"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2373017466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "КОЛОС"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2372020473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Крестьянское хозяйство Макарова И.М."</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5829043365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Каскад"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3444180463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Кимера"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3604084136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  "КондитерСнаб"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5837070309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Корсар"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615014717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Костромской мясокомбинат"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4401099315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЛАНТА"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1659146074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЛЕГЕНДАГРО ИНТЕРНЕШНЛ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2540277762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Лаверна"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1660292792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЛансЭлит"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7710351937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>541</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Ленинград"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7802680378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Липовка"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6816005340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Луч"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4600000440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Любослава"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1639043761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МАГИСТРАЛЬ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2312212893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МК МЯСНОЙ СТАНДАРТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2245005017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МПЗ ОКРАИНА"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5190047469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Мясоперерабатывающий комплекс "Атяшевский"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1303066789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МПК ОБНИНСКИЙ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4025058899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Малта"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662284840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью "Мит-Торг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5032133500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МитФуд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5835141498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Михайловское"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3417005720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>554</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Мясокомбинат Богдановский"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3625012887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "НОВЫЙ ПУТЬ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4624003352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Новопушкинский мясокомбинат"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6449097172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "НСК-ОПТТОРГ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5403012431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Новониколаевский элеватор"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3443124089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ОРЕОЛ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7725398504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Океан Инвест Холдинг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2540268824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Орловская Зерновая Компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5752081735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Осирис"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6829126623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ПЕНЗПРОДОПТЪ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5835112176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью "ПК-Торг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4205411993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ПРЕДО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5041202051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ПРИОРИТЕТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615016778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ПРОЕКТ АГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2636221560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью "ПРОМТОРГЭКО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3610003216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ПензаМолИнвест"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5828003909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Приоритет"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2223645398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Продмикс Групп"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0277963675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Продсервис"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2539090640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "РАДОГОСТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2221253229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "РЕЗОН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3665143692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "РЖК-Трейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5409001669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "РУСАГРОТЭК"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6678082379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "РУСМИТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1841109008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Роял Милк"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1655507259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Рубикон"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3445112730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Русич"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128126436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Русполиамид"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6679150166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Русские мельницы"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6234184259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>583</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Русские пряники"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7413012314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью предприятие АПК "Русь"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5710999033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СБС АГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3102050013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>586</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СИА ТРЕЙД"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6165195384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СИЛКОМ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1101152322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "СМЕТРЕСУРС"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666196111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "СОЮЗАГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632235300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СибПромАгро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5504131153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СТАНДАРТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3664217983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сельскохозяйственное предприятие "Элита"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6441013396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сапфир-Агро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4626006302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сахарный Альянс Сибири"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5403232660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Святославское хлебоприемное предприятие"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6431004434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сельхозник"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3249501265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сельхозпром"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2602003122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сентябрь"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4825070824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СибПродЦентр"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5503238305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сибирский регион"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5406627553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Спецтранс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1684004348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Ставролит"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2635230473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Старомарьевка"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2606800190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТОРГОВЫЙ ДОМ "АРНЕМ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6164115594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТД ЗЕРНОСОЮЗ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2801254931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТД Континент"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6670317999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТД Полновес"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3663115266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый дом Черкизово"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5032046575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый Дом" Черномор"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9107002335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>610</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ООО "Торгово-закупочная компания Зерновые продукты"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5722111630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>611</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТК68"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6800000346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торгово-производственная компания "БПС"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7451423812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТПК ЗЕРНОИНВЕСТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632235780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ТРЕЙДЮГЗЕРНО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6154147445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Тербунская Строительная Компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4807011470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТЭЙН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2404021049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Техно-Макс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9723069441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый Дом "Доминант"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6714018269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТрансСибАГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2225115195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Три Земли Экспорт"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311309050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "УРАЛЬСКАЯ РЕГИОНАЛЬНАЯ МЯСНАЯ КОМПАНИЯ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7448197345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>622</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "УРОЖАЙ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123098986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ФАБУЛА"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9703127840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ФЕРМЕР"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2616007198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>625</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ФИНАНСАГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666197620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ФОГОР"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3127017064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>627</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Финансово Сервисная Компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2366047491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>628</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ФУД ТЭЙСТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7718162674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>629</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Фабрика мороженого "Славица"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1650303854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>630</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Фаворит-Агро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0259013670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>631</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Фортуна"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128081873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>632</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью "ФрутоМастер"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5249183270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ХПП ЗЕРНОВОЕ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662301742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Чикен Лидер"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6678083157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>635</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ЭД-ГАРД"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4250013779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>636</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭЛИТ - АГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4624003264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭЛОТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2371002136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>638</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭНРИТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7719494496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Производственно-экспортная компания "ЭПТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7704400223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭРТЕН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6112913112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>641</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭСКОМ-АГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5254491270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>642</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭФКО-Семена"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3122007552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>643</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭкоНива-Семена"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5032111150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Экспонента"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2315233570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Элеватор Курбатово"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3615005545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Эстель"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6453075693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>647</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЮВС+"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3443130318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>648</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Южная Мясная Компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6168083470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>649</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Южно-Уральская Зерновая Компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5609191142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Юго-Восток Агро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364001043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>651</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЮжАгро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2370006508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>652</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Ясон Агро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2635800395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью “Агрофирма” Озеро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4815006435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>654</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  “Сельхозагро”</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123481518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>655</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью “ТД АГРОМИР”</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123462995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>656</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью “ЭХГ”</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7718628108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>657</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АБСОЛЮТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2205016140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АВАНГАРД-АГРО-Воронеж»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666128249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АВАНГАРД-АГРО-Курск»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4607004691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>660</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АВАНГАРД-АГРО-Тула»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7107553032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АВЕРС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311353115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АВРОРА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2801270066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АВТОКАРРИ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5024168851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АВТОКОМПЛЕКС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123136141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>665</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГЛ-Транс НН»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5256159857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственность «АГРО АЛЬЯНС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6732247335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>667</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРО-МОЛЛ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3605009460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОКОМПЛЕКТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3664223507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>669</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОМАКСИМУМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3602011799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОМАРКЕТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2607017369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОМИР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6108006626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОРЕСУРС 21» </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2635239451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с  ограниченной ответственностью «АГРОСПЛАВ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311086156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>674</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОТЕХНОЛОГИЯ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123397224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>675</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОФИРМА ЕЛЕЦКИЙ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4807056746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОЭКО-ЮГ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662159260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>677</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОЭКСПОРТ-ЮГ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7714461659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АДИТУС ГРЭЙН»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6166127820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Амурская зерновая компания»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2801090909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>680</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АКВАБУРСТРОЙ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2312206025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>681</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АЛЬФА ТРЕЙД»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5029253846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АЛЬЯНС-М»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5904994612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>683</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АМЕТИСТ АГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364015536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АПК Инвест»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662226446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>685</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агропромышленная корпорация Юность»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5708006707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>686</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агропромышленная компания»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2204056647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>687</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АРГО ПЛЮС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6325057917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>688</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АРКАНА КАПИТАЛ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2308287430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>689</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Альфа Рэйл Экспорт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7805547783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>690</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АСГАРД»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2606008749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>691</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроСтройМатик»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3257051926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>692</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агрофирма Дон»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4823061197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Авангард-Агро-Орел»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5722033156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Авента»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3629006926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агро Интеллект»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3605042114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>696</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агро-Продукт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3411006090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>697</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агро-Строй»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123473443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>698</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроГард-Орел»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5721002902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>699</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроЗерноПродукт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123132965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>700</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроИмпорт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2801206222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>701</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроИнвест»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4508009113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>702</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроМаркет»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666260977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>703</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроПак»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6829072262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>704</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроПродукты»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3661047050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>705</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроТрейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0278908081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>706</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агровижн»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0276907766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агрокон-сервис»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7606089578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>708</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью «Агроплюс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5753068776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агропоставка МТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3121181131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>710</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью «Агропродукт»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>6445011583</x:t>
-[...1324 lines deleted...]
-        <x:v>225</x:v>
+          <x:t>2605015951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>711</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агросила-Коммерция»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1650310080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>712</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агротехнологии»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6803120472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>713</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агрофирма «Междуречье»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7224037137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>714</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агрофирма «Черемновская»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2261007678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>715</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агроцентрсбыт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5017067228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>716</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Акра»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9729269743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>717</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Амур Агро Холдинг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2801143195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>718</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Амурагрокомплекс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2801134017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>719</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Анкор»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6670384924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>720</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Аргос 2003»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3127507855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>721</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Астрон-Торг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7326054685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>722</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «БИ-АЙ ГРАНУМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7729546947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>723</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «БРИСКО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7811796403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>724</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>  Общество с ограниченной ответственностью «Балашовский сахарный комбинат»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6440014975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>725</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Белгородская Сахарная Компания»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3127016007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Байсэл»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5401995271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>727</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Бакалея - Южный порт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7714568521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Башкирские Злаки»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0278956342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «БелАгроТерра»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123384240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>730</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «БелОптСнаб»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123346660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>731</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с Ограниченной Ответственностью «Белагротрейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123316105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>732</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Белгородский бройлер»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123481412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Белогорское»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2804020096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Белый Барс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1617006460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственность «Бенталь»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6114017111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «БизнесШанс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6670390036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «БиоКорма»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3122014831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>738</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Бичевнинский  Элеватор»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3652900232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>739</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Борисоглебский маслоэкстракционный завод»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3604017718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>740</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ботаника»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2827010305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>741</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Брянский сыродельный завод»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3257061762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>742</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ВЕБИКОН»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632198754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>743</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ВЕГА ЮГ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2635118697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ВОРОНЕЖАГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3665104647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>745</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Велес Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632262537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>746</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ВолгаЗерноТорг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7734479380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>747</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ГАРАНТ+»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3705009590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>748</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ГЕЛЕОС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7114021864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>749</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Группа компаний «Канталь»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1610009648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>750</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ГК «МАРГКОМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5257157010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>751</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ГРЕЙН-ИНВЕСТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632215368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>752</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Газпром мобильные компрессорные станции»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7810720112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>753</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Гал Групп»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3443141912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>754</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Гарант»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7325148490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>755</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью «Гарант»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4600000835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>756</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченно ответственностью «Гелион»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4345134203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Гермес»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3127011707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>758</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Гильдия «Ромб»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7106052040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>759</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Горизонт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123458290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>760</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ГранЭкс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6829152359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>761</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ГрейнСервис»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128118308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>762</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Грейнрус Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4615004720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>763</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Грейнрус Трейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7704316187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>764</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Грейнфорд-Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7730251793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>765</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Группа «Продовольствие»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0411137185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>766</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Группа Компаний «Русагро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7728278043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>767</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ДАР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2327014090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>768</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ДОН-ТРЕЙД»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7115501630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>769</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ДеАгро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2323033825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>770</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  «Добровольное»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2608008984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>771</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Добрыня»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4804005574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>772</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Донской колос»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6164114696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>773</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Евразия Трейдинг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9717158090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>774</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Евросахар»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7451412754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>775</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  «Жуковское молоко»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3245006245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>776</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ЗЕЛЕНОКУМСКИЙ ЭЛЕВАТОР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2619014161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>777</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЗЕРНО-ПРОДУКТ46»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632230077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>778</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЗЕРНОВЫЕ ЛИНИИ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5505051550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>779</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЗЕРНОГРУПП»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2636218895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>780</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЗЕРНООПТТОРГ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3613005074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>781</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЗЕРНОВАЯ КОМПАНИЯ ОСКОЛНЕФТЕСНАБ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128150051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>782</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Заря»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4601004293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>783</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Звезда НСК»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5473006819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>784</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Зерно Ставрополья»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2635207210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>785</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Зерно»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311230522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>786</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственности «Зерновая компания ЛОТОС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6455069423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>787</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Зерновест»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5720025030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>788</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ИВТрейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7842153762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>789</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ИМПЕРИКОМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7725694775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>790</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ИСТОБНОЕ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3626003571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>791</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ИСТОКИ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5032221033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>792</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ИжКрендель»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1832158440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>793</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Изобилие Юга»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310214888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>794</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Импульс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2635244500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>795</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Инкам»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7841468216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>796</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КАНСИДС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9704036320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>797</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КБА-ПЛЮС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3664230198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>798</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Курская Зональная Опытно-Мелиоративная Станция»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4622008210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>799</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КОЛОС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2466286479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>800</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КОНДОР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6438007240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>801</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КОФКО Интернэшнл РУ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666161905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>802</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КС Трейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632262505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>803</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Калачинский элеватор»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5515010986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>804</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Калужская Нива»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4015004213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Кампан»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2308061641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Карбон Зиро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9703075944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>807</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Каргилл»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7113502396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>808</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Карго»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5638077162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>809</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Коммерциал-Центр»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7719577431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>810</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Компания Шугар»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9721050558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>811</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Красноярск Зерно»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2460089080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>812</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Кристалл»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2635101090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>813</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Курск АгроАктив»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4611010458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>814</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Курское молоко»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632052748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>815</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Кшеньагро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4621001614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>816</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЛАЛИКО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6679142221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>817</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЛАМБЭК»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7708294858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>818</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЛИДЕР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6140008787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>819</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ливенский комбинат хлебопродуктов»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3100000169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>820</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЛОРЕМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6450083752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>821</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Лактопур Рус»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9710087860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>822</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Лето»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6166120470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>823</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МАСЛОБАЗА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3234037361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>824</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МАЯК»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6829140258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>825</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МАЯК»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4602003415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>826</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МТМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7751120135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>827</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Мега Трейд Холдинг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2308298520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>828</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Медуза»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3808203141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>829</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МелиКом»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2341011824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>830</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Метрополис»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2302037667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>831</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МилМолл»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7721288733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>832</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МилкОм</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5507240961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>833</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Монарх»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5611079010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>834</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Мукомол»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7736294680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>835</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Мясокомбинат ЭКО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5007079665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>836</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «НАВИГАТОР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2312147041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>837</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «НЕЗЛОБНЕНСКИЙ ЗЕРНОВОЙ ТЕРМИНАЛ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2625099082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>838</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «НИКА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6168091111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>839</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «НИКА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3616007182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>840</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с Ограниченной Ответственностью «НИША»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7811009991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>841</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Новосибирская продовольственная корпорация"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5407031918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>842</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Нисан»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6452130535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>843</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «НовоКом»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5402583954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>844</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Новый путь»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3457004641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>845</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Норд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2224143200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>846</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ОЗК Регион»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1655420390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ОКА МОЛОКО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6223002073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ОПХ Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5258157245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>849</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Обуховский мясокомбинат»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128043162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>850</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ОкеанФиш»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5027239564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>851</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Орбита»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662178087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Орбита»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6166094501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>853</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Отрадаагроинвест»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5717002346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>854</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ПАЛЛАДА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6161095847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>855</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Промышленно-заготовительная корпорация»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2225177025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>856</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Производственная Компания «Курскэкспортхлеб»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632117071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>857</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с  ограниченной ответственностью «ПОЛИМЕРПРОМТОРГ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1661046655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>858</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ПРЕМЬЕРА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2635231773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>859</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ПРОДИМЕКС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7730710905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>860</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ПРОФИТ АГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3100033608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>861</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество  с ограниченной ответственностью «Производственно-Торговое Объединение «ОСНОВА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6162028593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>862</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Павловский сахарный завод»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2309140864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>863</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Пангея»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0273028534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>864</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Парадигма»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2369009649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>865</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Партнер Инвест»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6829093008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>866</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Партнер-Агросервис»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2221211540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Перевозское ХПП»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5225004927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>868</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Пионер»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3457002683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>869</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Пищепромсервис»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5012087693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>870</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Плодородие»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5018191740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>871</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Поволжье-Агротранс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3459076200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>872</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Полярная звезда»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6112904326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>873</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Приморский»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6167125632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>874</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Приосколье-Урал»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6659169507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>875</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Пристенская зерновая компания»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4619004632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Провентус»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5009095729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Прогресс"	</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2613008475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>878</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Прод Сервис»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6164293741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>879</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ПродЛогистика»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1655301120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>880</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Продинвест»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0400003140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>881</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Продпоставка»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6312120167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>882</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Продовольственные ресурсы»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4825118681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>883</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Прохоровский комбикормовый завод»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3115006100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>884</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «РАЙЗ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3652014509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>885</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «РАСИЯ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2325012980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>886</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «РусАгроТрейдинг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4501192325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>887</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «РБ-ТимКош»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6713015804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>888</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  «РЕГИОН»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123327185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>889</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «РЕЗЕРВ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6452115079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>890</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «РИКОН»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2224064981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>891</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «РИКОФЛОТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9729348931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>892</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Русская Сырьевая Компания-У»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7300005796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>893</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «РУСЬАГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632210850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>894</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Раненбургъ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4813012610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>895</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Реалист»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2308149536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>896</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ребровское»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2613010001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>897</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ресурс Агро Трейдинг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9710131533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>898</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Рисоводы Кубани»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2336022490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>899</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ростснабпродукт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6150038565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>900</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью « Русагро-Закупки»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6453166380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>901</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Русагро-Саратов»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6453163766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>902</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Русская зерновая компания»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632092010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>903</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Русь»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4621009204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>904</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СЕЛЬХОЗТОРГ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311167180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>905</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сибирская Кормовая Компания»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5405297856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>906</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СОБРАНИЕ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7613000845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>907</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СОЛНЕЧНАЯ ДОЛИНА"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6163151790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>908</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СПЕЦХОЗ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123420875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>909</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СТАВКОМПАНИ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2613009990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>910</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сельскохозяйственное предприятие «Дары  Малиновки»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2435006330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>911</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сельскохозяйственное предприятие «Победа»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2611008590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>912</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Саккура»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2351009648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>913</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Салют Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3110023253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>914</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СамАгро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6312213750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>915</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Самарский бройлер»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6372027081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>916</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Северная Нива Башкирия»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0255021046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>917</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Северная Нива Самара»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6381021150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>918</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Северная Нива Татарстан»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1645033120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>919</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Северная Нива»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5645003309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>920</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество  с  ограниченной ответственностью «Севуч  плюс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2221176662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>921</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Селена»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1659169836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>922</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сельхоз-Артель»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2372020410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>923</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сельхозинвест»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662248640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>924</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сельхозпродукты"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5014008111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>925</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сибирский комбинат хлебопродуктов»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5520900173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>926</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сибирский Экспорт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2464161570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>927</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сидэндгрейн»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6316287103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>928</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сим-Транс Групп»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7709858088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>929</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Скайфуд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7702215673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>930</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Скопа»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1655473874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>931</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СнабСахар»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5405018502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>932</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Соболь»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3628012116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>933</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Современное Хозяйство»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3619023023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>934</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Совкомбанк Товарный Трейдинг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4401150258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>935</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Согласие»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6136009065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>936</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Согласие»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5713002257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>937</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СофиГрейн»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6164127889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>938</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Союз»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6163092383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>939</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Союзпродукт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1835049745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>940</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Спектр»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7825379600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>941</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СтартСтрой»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123369026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>942</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ступинская Нива»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5045063264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>943</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговый Дом «Алтей»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6677014873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>944</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТОРГОВЫЙ  ДОМ «ИНВЕСТПРОМ-ОПТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6167077675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>945</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговый дом Агроинновация»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9709061391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>946</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТОРГОВЫЙ ДОМ МАЙСКИЙ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6453148285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>947</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговый дом Томзерно»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7017469210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>948</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТД ШУГАР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7721482875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>949</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТДА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3906326504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>950</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  «Товарный Дом-Магнитогорск»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7456025861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>951</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговая компания «ПРОТОН»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7804525353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>952</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТК Агроиндустрия»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2221128210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>953</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговая компания ИНАГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7710411907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>954</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТК Ресурс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2225198755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>955</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТК СМАРТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7313009050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>956</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговая Компания Сибирский Премьер»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5404316873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>957</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество ограниченной ответственностью «ТК9.ру»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7716828119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>958</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торгово-производственное предприятие Константа»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0250146813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>959</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТРАСТИНГ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9721006830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>960</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ТРЕЙД ФИНАНС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9724129326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>961</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТРЕЙДОПТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5829003813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>962</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТРЕЙДСАН»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666205969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>963</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Тимашевский сахарный завод»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2334024068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>964</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТрансСибЛизинг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5406249213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>965</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Тамбовский бекон»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6803629911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>966</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Таурус»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6658558691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>967</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Тенке Логистик»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7716948790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>968</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Теткинский сахарный завод»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4603005528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>969</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Тин-Синь»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2801247892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>970</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Томскнефтехим»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7017075536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>971</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговая компания СДС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6829132810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>972</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговый Дом «ОЛЕУМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3616020433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>973</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговый Дом «Перспектива»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6827031790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>974</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговый Комплекс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6154557603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>975</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТОРГТРЕЙД»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5403027822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>976</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «УБОЙНЫЙ КОРМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2225140434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>977</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Управление Агроактивами»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9721014711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>978</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Управляющая компания АПК»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615801915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>979</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Уралторгпред»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5904036578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>980</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Уральский бройлер»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5642023868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>981</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Успенский Агропромсоюз»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2326006964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>982</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Успех»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3254507664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>983</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Фермер»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6163154840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>984</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Фид-Групп»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128091310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>985</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Финагро логистик»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6686027340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>986</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Фирма «Основа вкуса»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6686059920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>987</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Форсаж»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3126020473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>988</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Фортуна»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5722002849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>989</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ХОРСАЛЬЯНС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5708003784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>990</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Хлебоприемное Предприятие Елань-Колено»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3617008735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>991</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Хамиди Групп»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2635252572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>992</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Хлебороб»   </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2617011246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>993</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Холдинг Королевский»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7708701831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>994</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Центр снабжения сырьем»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2536185815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>995</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с  ограниченной ответственностью «ЧЕРКИЗОВО-МАСЛА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4821049973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>996</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью   «Черноземье»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4620006120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>997</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Шекснинский комбинат хлебопродуктов»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3524015320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>998</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Шанс Трейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3661172276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>999</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью «ЭВЕРЕСТ»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>6163143983</x:t>
-[...491 lines deleted...]
-        <x:v>45882</x:v>
+          <x:t>2364018456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЭЙ БИ ГРЕЙН»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6164128071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1001</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЭФКО-Поволжье»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3664247508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1002</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЭкоНива Алтай»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2277016036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1003</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЭкоНиваАгро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5032070546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1004</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЭкологияУрал»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4246023848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1005</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Экспресс Плюс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3812999141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1006</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Элеватор»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2356045431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1007</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮГИНВЕСТ АГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2308254361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1008</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮКОН»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3427102190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1009</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮНИКС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3604018694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1010</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Южный мясокомбинат»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2356046442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1011</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Юфенал Трейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6452095954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1012</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество ограниченной ответственностью «Ярославское масло»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3702002886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1013</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Агрофирма «Учумская»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2461022289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1014</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Агрофирма "Павловская"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5252011169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1015</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Агрохолдинг «Восточный»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2465129579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1016</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ГК «ТЕПЛОЗОНА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7751314268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1017</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Животноводческий комплекс "БИРМИНСКИЙ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2824005459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1018</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Зернокомплекс «Котовские Закрома»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6825007784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1019</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Компания "Фудоптторг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3525475306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1020</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Научно-производственное объединение «Первомайский»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1841096750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1021</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Научно-производственная организация «ЮгАгроХим»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2312196257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1022</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Производственная Торговая Компания "Гермес"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2222833945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1023</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Производственная Торговая Компания "Южное Подворье"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7722389741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1024</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Продовольственная группа "Русский Хлеб"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7444062820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1025</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Развитие</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2222813593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1026</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Сельскохозяйственное предприятие «Премьер»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2411027193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1027</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговый дом "АгроМаркет"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2308062194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1028</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговый дом "Агропром-Импорт-экспорт"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6154160647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1029</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговый Дом "Премьер"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4205301817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1030</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ТД «Арктика»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6167121412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1031</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговый дом «Башкирский сахар»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0274133796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1032</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>  Общество с ограниченной ответственностью Торговый Дом «Компонент Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5260348198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1033</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговый дом «МЯСНОЙ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7452152499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1034</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ТД Муковозов</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7453263089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1035</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  Торговая компания "Регион-Саратов"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6452071657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1036</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Топливная компания "Энергия"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2221115780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1037</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ТОРГОВАЯ КОМПАНИЯ "ЛИДЕР"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7730324441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1038</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Транспортно-экспедиционная компания "ЮГТРАНСАВТО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2636052311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1039</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговая компания «Самоцвет»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7451079180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1040</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ХОЛДИНГ «АМАР ГРУПП»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6319171989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1041</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью агрофирма «Дубрава»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6148009630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1042</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ВЕЛЕС АГРОЗЕРНО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632237932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1043</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроСоякомплект»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5054091540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1044</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Публичное акционерное общество "Территориальная генерирующая компания №1"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7841312071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1045</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Публичное акционерное общество «ЭЛ5-Энерго»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6671156423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1046</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Сельскохозяйственное закрытое акционерное общество "СКВО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6111007299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1047</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Сельскохозяйственное акционерное общество «Старомышастовское»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2330025046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1048</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Сельскохозяйственная Артель «Акуловская»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3431005288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A2:$E2"/>
     <x:mergeCell ref="A3:$E3"/>
   </x:mergeCells>
   <x:hyperlinks>
     <x:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A3" r:id="HL0"/>
   </x:hyperlinks>
 </x:worksheet>
 </file>