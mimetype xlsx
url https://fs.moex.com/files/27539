--- v0 (2025-12-14)
+++ v1 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01e06db2eba545b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74bd30c1c76445d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R23becd0c0c9c4cf3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Rd221d4c72dc5414f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b val="1"/>
     </x:font>
     <x:font>
       <x:sz val="12"/>
       <x:b val="1"/>
@@ -96,51 +96,51 @@
     </x:xf>
     <x:xf borderId="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" borderId="1"/>
     <x:xf fontId="2" applyFont="1"/>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="4" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R23becd0c0c9c4cf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd221d4c72dc5414f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namex.org/ru/commodityauctions/participantsCA" TargetMode="External" Id="HL0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="6.3" bestFit="0" customWidth="1"/>
     <x:col min="2" max="2" width="60" bestFit="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.5" bestFit="0" customWidth="1"/>
     <x:col min="4" max="4" width="20" bestFit="0" customWidth="1"/>
     <x:col min="5" max="5" width="20" bestFit="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row/>
     <x:row>
       <x:c s="11" t="inlineStr">
         <x:is>
           <x:t>Список участников, допущенных к аукционам Заказчика аукционов ООО «Заказчик №1»</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row ht="50" customHeight="1">
       <x:c s="12" t="inlineStr">
@@ -483,3456 +483,3548 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью " Приазовское ХПП"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2311197628</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45173</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
+          <x:t>Общество с ограниченной ответственностью " Русский колос"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7731322214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45173</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Группа Компаний «Русагро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7728278043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45173</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Добрыня»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4804005574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45173</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Курск АгроАктив»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4611010458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45173</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Степи Кубани»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310201783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45173</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый Дом "Доминант"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6714018269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45181</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Элеватор Курбатово"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3615005545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45181</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Новосибирская продовольственная корпорация"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5407031918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45181</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t> Общество с ограниченной ответственностью «Топ Грейн»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6167079560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45181</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ГК АГРОСТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3407110676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45181</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Новониколаевский элеватор"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3443124089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45181</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ВЕКТОР"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6161090574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45184</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью   «Черноземье»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4620006120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45184</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Омега Бизнес"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2634091509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45191</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый дом  "Бейсуг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2363000713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45191</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Пионер»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3457002683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45191</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Бердиевский элеватор»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3408000242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45197</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "АЛЬЯНС ТРЕЙД"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6163144909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45215</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ОРЕОЛ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7725398504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45215</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Союз»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6163092383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45215</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Юго-Восток Агро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364001043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45222</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Алиса»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2301092270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45222</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью " Зерновые продукты"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5722003994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45230</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговая компания "Просторы Сибири"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2463231513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45231</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ДонАгроДар»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6141053937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45233</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ПРЕМЬЕРА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2635231773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45250</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Каргилл»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7113502396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45265</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Кубанская Корона"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364007655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45267</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Комбинат Зерноградский»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6111008006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45274</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОФИРМА ЕЛЕЦКИЙ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4807056746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45274</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ресурс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2339024262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45274</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОМИР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6108006626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45287</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АЛЬЯНС"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2636809016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45301</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Гефест Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9701192554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45301</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского (фермерского) хозяйства Шульга Юрий Анатольевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>260805095312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45301</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Руднянское хлебоприемное предприятие"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3425007343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45301</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агрофирма Дон»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4823061197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45301</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Кшеньагро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4621001614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45301</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Эбонит»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615016520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45301</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Козорезова Ирина Анатольевна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>616600525349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45331</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского (фермерского) хозяйства Лазарев Олег Александрович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>080100090143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45336</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Россошанский элеватор»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3627002838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45350</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Русские мельницы"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6234184259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45350</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ДОН-ТРЕЙД»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7115501630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45350</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное Общество фирма «Агрокомплекс» им Н. И. Ткачева</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2328000083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45378</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Доставка Морем»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7707371041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45387</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Кубань Трейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2377000632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45392</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Доставка Морем Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7727325766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45392</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Деметра"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311239927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45401</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СПК-ЮГ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364016392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45404</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Успенский Агропромсоюз»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2326006964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45470</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Исток"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364017220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45474</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АКВАБУРСТРОЙ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2312206025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45474</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Открытое акционерное общество «Новокондрашовское»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3408008509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45483</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерновой терминал Лабинский"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2374001966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45483</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  «Добровольное»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2608008984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45505</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сельскохозяйственное предприятие «Победа»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2611008590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45505</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Избердеевский элеватор»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6813001869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45512</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ГАРАНТАГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310179778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45519</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Агропромышленное объединение «Аврора»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4825003761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45525</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Группа компаний "Бизнес Партнер"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5612088057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45530</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерно-Трейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6154134277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45538</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Горбатовский Юрий Николаевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>233909765871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45554</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый Дом Агрохолдинг "СТЕПЬ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6163101430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45558</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью   « Кореневский элеватор »</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4610003948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45558</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «РАЙЗ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3652014509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45558</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АПК Инвест»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662226446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45558</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Южная Торговая Компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310182523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45565</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Вязовское хлебоприемное предприятие»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3406001843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45568</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Компания «Март»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2634072094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45581</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агропромышленная корпорация АСТ Компани М"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7721147115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45609</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый Дом "Зерно Заволжья"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3445091590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45609</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Русагро-Инвест"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3105003830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45609</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агротехнологии»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6803120472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45609</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ростовский зерновой терминал»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6162041403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45609</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТРЕЙДСАН»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666205969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45609</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского (фермерского) хозяйства Литвинов Владимир Владимирович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>232700643005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45609</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агро-Мир»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5820003488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45609</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «РАСИЯ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2325012980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45609</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Житница"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7313011003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45609</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Производственная компания «Золотое зерно»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2634096923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45609</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АгроДом"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6455065370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45609</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Гермес-Агро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2373013133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45624</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Армаганян Роман Самвелович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>232906352095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45624</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "БМЭЗ-АГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6435001628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45631</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агро-Партнер"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2636809993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Краснодарзернопродукт"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310105350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Меридиан"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2313017101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТрастАгро-Нива 1»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5836693131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Алексиковская зерновая компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3457002820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Центр дистрибьюции»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5047067909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агропромышленная корпорация Юность»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5708006707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45701</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сибирский комбинат хлебопродуктов»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5520900173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45712</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агро СК Плюс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2635219769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45714</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ГРЕЙН ОУШЕН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3257067690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45714</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЮГНЕФТЕПРОМ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2372016300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45720</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АРКАНА КАПИТАЛ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2308287430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45720</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ИП Глава крестьянского (фермерского) хозяйства Бориев Олег Асланович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>070500395288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45720</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью крестьянское хозяйство «Участие»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2343014531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45720</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью агрофирма «Дубрава»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6148009630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45720</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МЗК Экспорт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7708525142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45730</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерно-Ресурс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615015365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45730</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Фортуна»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5722002849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45730</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Крестьянское (фермерское) хозяйство «Станица»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2343001589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45730</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговый Дом «Перспектива»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6827031790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45730</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  Элеватор "Коммодити Колодезное"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3613004627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45730</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агропродукт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2605015951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45730</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Южная Гардарика»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6167128792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45740</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КСМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2631039074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45757</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Корсар"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615014717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45841</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственнотью "Петрохлеб-Кубань"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310109650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45841</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ДАР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2327014090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45841</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью «Кубаньмашзавод»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364022484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45841</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>акционерное общество «Гранари Ресурсы»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2339003248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45841</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава Крестьянского (Фермерского) Хозяйства Таран Сергей Викторович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>080100086919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45841</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СПЕККО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6167202950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45841</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ЗЕЛЕНОКУМСКИЙ ЭЛЕВАТОР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2619014161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45842</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭРТЕН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6112913112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45859</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Холдинг Королевский»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7708701831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45867</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Согласие»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6136009065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45869</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «ИЗМАЛКОВСКИЙ ЭЛЕВАТОР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4809006437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45884</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сентябрь"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4825070824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45884</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Продуктсервис»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2315129611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45884</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮНИКС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3604018694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45884</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агротрейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7313009156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45898</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агро-Продукт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3411006090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45898</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Орбита»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662178087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45898</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СибПромАгро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5504131153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45916</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сельхозпром"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2602003122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45916</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АгроМир"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6165217398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45950</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Святославское хлебоприемное предприятие"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6431004434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45950</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОМАРКЕТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2607017369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45950</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СВС-АГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6146005888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45950</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Свое зерно»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2363002189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45950</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «БИ-АЙ ГРАНУМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7729546947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45962</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского фермерского хозяйства Бочарова Ольга Сергеевна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>461401374420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45962</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Дон-Маркет"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3616015867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45962</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского (фермерского) хозяйства Хохлов Андрей Анатольевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>234703920331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45962</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сидэндгрейн»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6316287103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45962</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Компания "БИО-ТОН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6367044243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45962</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Грейнрус Трейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7704316187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45962</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый Дом Зернотекс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7709284066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45962</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сапфир-Агро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4626006302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45962</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
           <x:t>Общество с ограниченной ответственностью "Голд Грейн"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>6453123072</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Допущен</x:t>
-[...1963 lines deleted...]
-        <x:v>101</x:v>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46021</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>159</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "ЮВС+"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3443130318</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Допущен</x:t>
-[...104 lines deleted...]
-          <x:t>Крестьянское (Фермерское) Хозяйство МИРОНЕНКО ИВАН ИВАНОВИЧ</x:t>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46021</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Заказчик №5"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>-</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46021</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Башкирские Злаки»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0278956342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46021</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Полярная звезда»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6112904326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46021</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Ессентуки-хлеб»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2626000522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46021</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Базис Трейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2372030344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46021</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава крестьянского (фермерского) хозяйства Мироненко Иван Иванович</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>262401335058</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Не допущен</x:t>
-[...1314 lines deleted...]
-        <x:v>45962</x:v>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46041</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭкоНива-Семена"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5032111150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46041</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КОФКО Интернэшнл РУ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666161905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46041</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A2:$E2"/>
     <x:mergeCell ref="A3:$E3"/>
   </x:mergeCells>
   <x:hyperlinks>
     <x:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A3" r:id="HL0"/>
   </x:hyperlinks>
 </x:worksheet>
 </file>