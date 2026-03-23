--- v1 (2026-02-05)
+++ v2 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74bd30c1c76445d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R240d898683f4429a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Rd221d4c72dc5414f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Rabda94f2671144bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b val="1"/>
     </x:font>
     <x:font>
       <x:sz val="12"/>
       <x:b val="1"/>
@@ -96,51 +96,51 @@
     </x:xf>
     <x:xf borderId="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" borderId="1"/>
     <x:xf fontId="2" applyFont="1"/>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="4" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd221d4c72dc5414f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rabda94f2671144bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namex.org/ru/commodityauctions/participantsCA" TargetMode="External" Id="HL0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="6.3" bestFit="0" customWidth="1"/>
     <x:col min="2" max="2" width="60" bestFit="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.5" bestFit="0" customWidth="1"/>
     <x:col min="4" max="4" width="20" bestFit="0" customWidth="1"/>
     <x:col min="5" max="5" width="20" bestFit="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row/>
     <x:row>
       <x:c s="11" t="inlineStr">
         <x:is>
           <x:t>Список участников, допущенных к аукционам Заказчика аукционов ООО «Заказчик №1»</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row ht="50" customHeight="1">
       <x:c s="12" t="inlineStr">
@@ -2116,1915 +2116,1984 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Агропромышленная корпорация АСТ Компани М"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>7721147115</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45609</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>86</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
+          <x:t>Общество с ограниченной ответственностью "Русагро-Инвест"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3105003830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45609</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агротехнологии»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6803120472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45609</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ростовский зерновой терминал»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6162041403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45609</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТРЕЙДСАН»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666205969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45609</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского (фермерского) хозяйства Литвинов Владимир Владимирович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>232700643005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45609</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агро-Мир»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5820003488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45609</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «РАСИЯ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2325012980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45609</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Житница"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7313011003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45609</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Производственная компания «Золотое зерно»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2634096923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45609</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АгроДом"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6455065370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45609</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Гермес-Агро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2373013133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45624</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Армаганян Роман Самвелович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>232906352095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45624</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "БМЭЗ-АГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6435001628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45631</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агро-Партнер"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2636809993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Краснодарзернопродукт"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310105350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Меридиан"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2313017101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТрастАгро-Нива 1»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5836693131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Алексиковская зерновая компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3457002820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Центр дистрибьюции»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5047067909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агропромышленная корпорация Юность»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5708006707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45701</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сибирский комбинат хлебопродуктов»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5520900173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45712</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агро СК Плюс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2635219769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45714</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ГРЕЙН ОУШЕН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3257067690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45714</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЮГНЕФТЕПРОМ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2372016300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45720</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АРКАНА КАПИТАЛ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2308287430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45720</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ИП Глава крестьянского (фермерского) хозяйства Бориев Олег Асланович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>070500395288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45720</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью крестьянское хозяйство «Участие»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2343014531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45720</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью агрофирма «Дубрава»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6148009630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45720</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МЗК Экспорт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7708525142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45730</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерно-Ресурс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615015365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45730</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Фортуна»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5722002849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45730</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Крестьянское (фермерское) хозяйство «Станица»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2343001589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45730</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговый Дом «Перспектива»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6827031790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45730</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  Элеватор "Коммодити Колодезное"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3613004627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45730</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агропродукт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2605015951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45730</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Южная Гардарика»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6167128792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45740</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КСМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2631039074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45757</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Корсар"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615014717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45841</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственнотью "Петрохлеб-Кубань"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310109650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45841</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ДАР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2327014090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45841</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью «Кубаньмашзавод»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364022484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45841</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>акционерное общество «Гранари Ресурсы»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2339003248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45841</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава Крестьянского (Фермерского) Хозяйства Таран Сергей Викторович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>080100086919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45841</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СПЕККО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6167202950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45841</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ЗЕЛЕНОКУМСКИЙ ЭЛЕВАТОР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2619014161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45842</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭРТЕН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6112913112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45859</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Холдинг Королевский»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7708701831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45867</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Согласие»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6136009065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45869</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «ИЗМАЛКОВСКИЙ ЭЛЕВАТОР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4809006437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45884</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сентябрь"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4825070824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45884</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Продуктсервис»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2315129611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45884</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮНИКС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3604018694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45884</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агротрейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7313009156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45898</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агро-Продукт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3411006090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45898</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Орбита»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662178087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45898</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СибПромАгро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5504131153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45916</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сельхозпром"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2602003122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45916</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АгроМир"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6165217398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45950</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Святославское хлебоприемное предприятие"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6431004434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45950</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОМАРКЕТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2607017369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45950</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СВС-АГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6146005888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45950</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Свое зерно»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2363002189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45950</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского фермерского хозяйства Бочарова Ольга Сергеевна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>461401374420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45962</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Дон-Маркет"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3616015867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45962</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского (фермерского) хозяйства Хохлов Андрей Анатольевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>234703920331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45962</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сидэндгрейн»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6316287103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45962</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Компания "БИО-ТОН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6367044243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45962</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Грейнрус Трейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7704316187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45962</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый Дом Зернотекс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7709284066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45962</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сапфир-Агро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4626006302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45962</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Голд Грейн"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6453123072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46021</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЮВС+"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3443130318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46021</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Заказчик №5"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>-</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46021</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Башкирские Злаки»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0278956342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46021</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Полярная звезда»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6112904326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46021</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Ессентуки-хлеб»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2626000522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46021</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Базис Трейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2372030344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46021</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава крестьянского (фермерского) хозяйства Мироненко Иван Иванович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>262401335058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46041</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭкоНива-Семена"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5032111150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46041</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КОФКО Интернэшнл РУ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666161905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46041</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
           <x:t>Общество с ограниченной ответственностью "Торговый Дом "Зерно Заволжья"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3445091590</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Не допущен</x:t>
-[...1434 lines deleted...]
-        <x:v>149</x:v>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46072</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>167</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью «БИ-АЙ ГРАНУМ»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>7729546947</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Не допущен</x:t>
-[...417 lines deleted...]
-        <x:v>46041</x:v>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46072</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество "Ефремовский элеватор № 2"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7113000780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46079</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сельхоз-Артель»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2372020410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46094</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮГИНВЕСТ АГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2308254361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46094</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A2:$E2"/>
     <x:mergeCell ref="A3:$E3"/>
   </x:mergeCells>
   <x:hyperlinks>
     <x:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A3" r:id="HL0"/>
   </x:hyperlinks>
 </x:worksheet>
 </file>