--- v2 (2026-03-23)
+++ v3 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R240d898683f4429a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5f6ac345f754ed8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Rabda94f2671144bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R5b94b49881a249cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b val="1"/>
     </x:font>
     <x:font>
       <x:sz val="12"/>
       <x:b val="1"/>
@@ -96,51 +96,51 @@
     </x:xf>
     <x:xf borderId="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" borderId="1"/>
     <x:xf fontId="2" applyFont="1"/>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="4" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rabda94f2671144bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5b94b49881a249cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namex.org/ru/commodityauctions/participantsCA" TargetMode="External" Id="HL0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="6.3" bestFit="0" customWidth="1"/>
     <x:col min="2" max="2" width="60" bestFit="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.5" bestFit="0" customWidth="1"/>
     <x:col min="4" max="4" width="20" bestFit="0" customWidth="1"/>
     <x:col min="5" max="5" width="20" bestFit="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row/>
     <x:row>
       <x:c s="11" t="inlineStr">
         <x:is>
           <x:t>Список участников, допущенных к аукционам Заказчика аукционов ООО «Заказчик №1»</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row ht="50" customHeight="1">
       <x:c s="12" t="inlineStr">