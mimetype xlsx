--- v0 (2025-12-14)
+++ v1 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f0c8f37ded14909" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf65b89cd02fd4172" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R7d67606517894b7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Rf5ae32e31e5a4c78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b val="1"/>
     </x:font>
     <x:font>
       <x:sz val="12"/>
       <x:b val="1"/>
@@ -96,51 +96,51 @@
     </x:xf>
     <x:xf borderId="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" borderId="1"/>
     <x:xf fontId="2" applyFont="1"/>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="4" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7d67606517894b7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf5ae32e31e5a4c78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namex.org/ru/commodityauctions/participantsCA" TargetMode="External" Id="HL0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="6.3" bestFit="0" customWidth="1"/>
     <x:col min="2" max="2" width="60" bestFit="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.5" bestFit="0" customWidth="1"/>
     <x:col min="4" max="4" width="20" bestFit="0" customWidth="1"/>
     <x:col min="5" max="5" width="20" bestFit="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row/>
     <x:row>
       <x:c s="11" t="inlineStr">
         <x:is>
           <x:t>Список участников, допущенных к аукционам Заказчика аукционов ООО "ОЗК Трейдинг"</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row ht="50" customHeight="1">
       <x:c s="12" t="inlineStr">
@@ -7699,35 +7699,81 @@
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>328</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Индивидуальный предприниматель Шипилов Михаил Викторович</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>260600526310</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>46000</x:v>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агротрейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7313009156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46017</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "АГРОИНВЕСТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9704057458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46052</x:v>
+      </x:c>
+    </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A2:$E2"/>
     <x:mergeCell ref="A3:$E3"/>
   </x:mergeCells>
   <x:hyperlinks>
     <x:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A3" r:id="HL0"/>
   </x:hyperlinks>
 </x:worksheet>
 </file>