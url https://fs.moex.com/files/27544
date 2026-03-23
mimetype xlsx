--- v1 (2026-02-05)
+++ v2 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf65b89cd02fd4172" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8243a55170e6488d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Rf5ae32e31e5a4c78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R589b039fa47b413e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b val="1"/>
     </x:font>
     <x:font>
       <x:sz val="12"/>
       <x:b val="1"/>
@@ -96,51 +96,51 @@
     </x:xf>
     <x:xf borderId="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" borderId="1"/>
     <x:xf fontId="2" applyFont="1"/>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="4" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf5ae32e31e5a4c78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R589b039fa47b413e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namex.org/ru/commodityauctions/participantsCA" TargetMode="External" Id="HL0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="6.3" bestFit="0" customWidth="1"/>
     <x:col min="2" max="2" width="60" bestFit="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.5" bestFit="0" customWidth="1"/>
     <x:col min="4" max="4" width="20" bestFit="0" customWidth="1"/>
     <x:col min="5" max="5" width="20" bestFit="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row/>
     <x:row>
       <x:c s="11" t="inlineStr">
         <x:is>
           <x:t>Список участников, допущенных к аукционам Заказчика аукционов ООО "ОЗК Трейдинг"</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row ht="50" customHeight="1">
       <x:c s="12" t="inlineStr">
@@ -3151,4629 +3151,4721 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Индивидуальный предприниматель Киселева Ольга Сергеевна</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>232803300786</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45474</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>131</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
+          <x:t>Акционерное общество «Бердиевский элеватор»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3408000242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45474</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ХОЛДИНГ «АМАР ГРУПП»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6319171989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45474</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Эбонит»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615016520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45474</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Хагажеев Асхад Русланович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>071405380318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45474</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Доставка Морем Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7727325766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45474</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Доставка Морем»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7707371041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45474</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТемпАгро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311297710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45474</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный Предприниматель Журавлева Наталия Сергеевна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>231300859103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45474</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Краснодарзернопродукт"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310105350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45474</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЭВЕРЕСТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364018456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45474</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского (фермерского) хозяйства Шульга Юрий Анатольевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>260805095312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45474</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МАГИСТРАЛЬ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2312212893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45474</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t> Общество с ограниченной ответственностью «Топ Грейн»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6167079560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45474</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>  Индивидуальный предприниматель Мошенский Александр Михайлович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>233410316632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45474</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Раздолье-Экспорт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5031119559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45474</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского (фермерского) хозяйства Мамухова Анисет Хаджибечировна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>010399227781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45474</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Зернотрейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3436013557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45474</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Волга Оптима"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7727345280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45474</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Меркурий Трейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2309173926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45474</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МЗК Экспорт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7708525142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45474</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Объединенная Грузовая Компания»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7725842529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45474</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерно-Ресурс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615015365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45474</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агро-Мир»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5820003488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45474</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственности «Зерновая компания ЛОТОС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6455069423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45474</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Знак»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2377000230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45474</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ОЗК Регион»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1655420390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45474</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Лингот"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2312142519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45474</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Деловые решения»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2309180120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45474</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Южная Гардарика»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6167128792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45474</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава Крестьянского (Фермерского) Хозяйства Таран Сергей Викторович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>080100086919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45484</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Голд Грейн"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6453123072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45484</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОМАРКЕТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2607017369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45484</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «РАЙЗ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3652014509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45484</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Заказчик №1»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>-</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45485</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "РЕАЛ АГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5043055420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45485</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОФИРМА ЕЛЕЦКИЙ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4807056746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45485</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «БИ-АЙ ГРАНУМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7729546947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45485</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Добрыня»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4804005574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45485</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Мороз Михаил Николаевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>235002357602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45488</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Открытое акционерное общество «Студенецкий мукомольный завод»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5815000308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45488</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «НАВИГАТОР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2312147041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45488</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агропромышленная корпорация АСТ Компани М"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7721147115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45489</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ТРЕЙДЮГЗЕРНО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6154147445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45491</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ресурс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2339024262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45491</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Сердюков Виталий Владимирович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>233203846751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45497</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Кубань Трейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2377000632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45497</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый дом "АНИТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2363000720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45497</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Фермер»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6163154840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45497</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Орбита»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662178087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45503</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Каргилл»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7113502396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45509</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ДонАгроДар»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6141053937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45517</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Комета»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2343013175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45538</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ГАРАНТАГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310179778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45539</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество "Русский Дом"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4631014080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45553</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Донской колос»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6164114696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45559</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агро-Партнер"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2636809993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45566</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АрмаПласт"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6143075171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45569</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Чернышева Екатерина Владимировна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>233911963895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45573</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Калачинский элеватор»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5515010986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45579</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Нисан»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6452130535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45603</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Армаганян Роман Самвелович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>232906352095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45624</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговая компания "Томскзерно"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7017422194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Производственная компания «Золотое зерно»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2634096923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Алексиковская зерновая компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3457002820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АЛЬЯНС"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2636809016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Синицкий Алексей Алексеевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>233909059957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ТОРГОВЫЙ ДОМ "МЕГАПОЛИС"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2634100792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СельхозТорг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6164214965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СПЕККО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6167202950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Центр дистрибьюции»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5047067909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Аквилон"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310165912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сим-Транс Групп»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7709858088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45699</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>акционерное общество «Гранари Ресурсы»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2339003248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45701</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Башкирские Злаки»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0278956342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45709</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Уразаев Виктор Викторович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>235000193758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45750</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Гермес-Агро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2373013133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45754</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ДАР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2327014090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45826</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ГАРАНТ-ЭКСПО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364015864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Негров Тимофей Георгиевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>231306792938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «АГРО-ТРЕЙД»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6154139420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Управляющая компания АПК»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615801915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЮГНЕФТЕПРОМ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2372016300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Русские мельницы"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6234184259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "БМЭЗ-АГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6435001628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ПРЕМЬЕРА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2635231773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Гишев Айдамир Шрахметович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>010801543975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Компания "БИО-ТОН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6367044243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Новый путь»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3457004641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Фортуна»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5722002849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерновой терминал Лабинский"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2374001966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Монарх»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5611079010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Компания «Март»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2634072094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Крестьянское (фермерское) хозяйство «Станица»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2343001589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Заказчик №5"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>-</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АВАНГАРД-АГРО-Воронеж»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666128249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АВАНГАРД-АГРО-Курск»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4607004691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АВАНГАРД-АГРО-Тула»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7107553032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Авангард-Агро-Орел»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5722033156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  «Добровольное»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2608008984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ПАЛЛАДА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6161095847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сельскохозяйственное предприятие «Победа»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2611008590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Хлебороб»   </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2617011246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  Элеватор "Коммодити Колодезное"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3613004627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ростовский зерновой терминал»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6162041403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Шевченко Игорь Эдуардович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>235001269551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственнотью "Петрохлеб-Кубань"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2310109650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «НИКА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6168091111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АРКАНА КАПИТАЛ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2308287430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СофиГрейн»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6164127889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «НЕЗЛОБНЕНСКИЙ ЗЕРНОВОЙ ТЕРМИНАЛ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2625099082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Корсар"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615014717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Дряхлов Роман Андреевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>231104468150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СВС-АГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6146005888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ГК АГРОСТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3407110676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ПРОИЗВОДСТВЕННО-КОММЕРЧЕСКАЯ ФИРМА "НБ-ЦЕНТР"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6167033815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Группа компаний "Бизнес Партнер"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5612088057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Хреновское ХПП»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3663137686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Юфенал Трейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6452095954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЗЕРНОВАЯ КОМПАНИЯ ОСКОЛНЕФТЕСНАБ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128150051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Житница"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7313011003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АГРОСТАНДАРТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6317088051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Норд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2224143200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговый Дом «Перспектива»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6827031790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОМИР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6108006626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЗЕРНОВЫЕ ЛИНИИ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5505051550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ВИРТУМ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6165168648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ТД Муковозов</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7453263089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭНРИТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7719494496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АЛЬЯНСИНВЕСТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3661077569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45839</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Панюта Максим Сергеевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>233408596943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45842</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЛОРЕМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6450083752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45842</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Горбатовский Юрий Николаевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>233909765871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45845</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Ермошкин Артем Николаевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>071609634828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45845</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Лазарев Денис Олегович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>080100862022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45845</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Хруль Алексей Александрович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>232701965397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45845</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского (фермерского) хозяйства Лазарев Олег Александрович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>080100090143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45845</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Золотой Колос"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7014064215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45846</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Новониколаевский элеватор"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3443124089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45846</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сельскохозяйственное предприятие "Элита"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6441013396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45846</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭСКОМ-АГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5254491270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45846</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АМЕТИСТ АГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364015536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45846</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Производственная Компания «Курскэкспортхлеб»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632117071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45846</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Пионер»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3457002683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45846</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сидэндгрейн»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6316287103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45846</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  Торговая компания "Регион-Саратов"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6452071657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45846</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Третьяков Владимир Алексеевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>234400684244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45847</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Айрапетян Генрик Арамович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>236407747553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45847</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Агропромышленное объединение «Аврора»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4825003761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45847</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Успенский Агропромсоюз»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2326006964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45847</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Избердеевский элеватор»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6813001869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45853</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского (фермерского) хозяйства Литвинов Владимир Владимирович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>232700643005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45853</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АгроДом"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6455065370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45853</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Вит Трейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6163149368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45853</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Омега Бизнес"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2634091509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45853</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроКлуб»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662263913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45853</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Борисоглебский маслоэкстракционный завод»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3604017718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45853</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Арушанян Самвел Папикович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>235702878294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45859</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Ширинян Ирина Агасиновна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>230209155804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45859</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АГРОСИЛА"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2361016838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45859</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Бадо"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2308292840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45859</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ”ДиметрА-Юг+"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2636214509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45859</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ОРЕОЛ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7725398504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45859</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ГранЭкс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6829152359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45859</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Скопа»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1655473874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45859</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮЖНЫЙ ДОМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615004860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45859</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЮВС+"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3443130318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45863</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель ЦЕЕВ РУСЛАН БАТЫРОВИЧ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>235606747482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45866</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЯРИЛАЭКСПОРТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311279422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45866</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ООО "Торгово-закупочная компания Зерновые продукты"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5722111630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45866</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОЭКСПОРТ-ЮГ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7714461659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45866</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Кардашбекова Рабият Абдулгамидовна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>260401753929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45873</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Комбинат Зерноградский»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6111008006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45875</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Айрапетян Элла Сейрановна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>231488979832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45875</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерновая компания "Оренбургский колос"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5610210520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45875</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТОРГОВЫЙ ДОМ МАЙСКИЙ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6453148285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45875</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Ренессанс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2373016840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45877</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Грейнрус Трейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7704316187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45880</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агро-Продукт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3411006090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45898</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АКВАБУРСТРОЙ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2312206025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45904</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Зерно»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311230522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45905</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Компания "Апрель"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311232047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45910</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Парадигма»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2369009649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45933</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Три Земли Экспорт"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311309050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45936</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Святославское хлебоприемное предприятие"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6431004434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45947</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "100 Пудов"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3460084735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45952</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СибПромАгро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5504131153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45952</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сибирский комбинат хлебопродуктов»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5520900173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45971</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Базис Трейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2372030344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45980</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КОФКО Интернэшнл РУ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666161905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45986</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭЛОТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2371002136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45987</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮНИКС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3604018694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45992</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "БСК АГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2312286630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45994</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговый дом Томзерно»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7017469210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45994</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Ессентуки-хлеб»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2626000522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45995</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Шипилов Михаил Викторович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>260600526310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46000</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агротрейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7313009156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46017</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "АГРОИНВЕСТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9704057458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46052</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
           <x:t>Общество с ограниченной ответственностью «Степи Кубани»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2310201783</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Не допущен</x:t>
-[...583 lines deleted...]
-        <x:v>157</x:v>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46071</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>329</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью «МелиКом»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2341011824</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Не допущен</x:t>
-[...1963 lines deleted...]
-        <x:v>243</x:v>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46077</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество "Ефремовский элеватор № 2"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7113000780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46078</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>331</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "КОЛОС"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2372020473</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Не допущен</x:t>
-[...2004 lines deleted...]
-        <x:v>46052</x:v>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46079</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "КС"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6162034318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46080</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ПРИОРИТЕТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615016778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46093</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агро Активы"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3663108491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46097</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A2:$E2"/>
     <x:mergeCell ref="A3:$E3"/>
   </x:mergeCells>
   <x:hyperlinks>
     <x:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A3" r:id="HL0"/>
   </x:hyperlinks>
 </x:worksheet>
 </file>