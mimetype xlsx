--- v0 (2025-12-14)
+++ v1 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f2b8f2da8564380" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab8201a1175149de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R18bafd9ae2354b40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R910dfce30ff64885"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b val="1"/>
     </x:font>
     <x:font>
       <x:sz val="12"/>
       <x:b val="1"/>
@@ -96,51 +96,51 @@
     </x:xf>
     <x:xf borderId="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" borderId="1"/>
     <x:xf fontId="2" applyFont="1"/>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="4" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R18bafd9ae2354b40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R910dfce30ff64885" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namex.org/ru/commodityauctions/participantsCA" TargetMode="External" Id="HL0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="6.3" bestFit="0" customWidth="1"/>
     <x:col min="2" max="2" width="60" bestFit="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.5" bestFit="0" customWidth="1"/>
     <x:col min="4" max="4" width="20" bestFit="0" customWidth="1"/>
     <x:col min="5" max="5" width="20" bestFit="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row/>
     <x:row>
       <x:c s="11" t="inlineStr">
         <x:is>
           <x:t>Список участников, допущенных к аукционам Заказчика аукционов ООО "ТД Черкизово"</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row ht="50" customHeight="1">
       <x:c s="12" t="inlineStr">
@@ -1978,3226 +1978,3295 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "МЯСОПРОДУКТ"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3525261424</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45832</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>80</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
+          <x:t>Общество с ограниченной ответственностью «АЙРИС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2461051145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45832</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "КПС-Урал"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7453097610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45833</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Мясоперерабатывающий завод РЕМИТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7715213200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45833</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ФУДСТАФ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7806560699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45833</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Инком»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128122456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45833</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель ПОГОСЯН АРТАШЕС АРТУШОВИЧ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>390000050504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45835</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Гостпродторг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6119005430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45835</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Донпродторг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6162077030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45835</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Кстовский мясокомбинат"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5250066910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45835</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Петровский и К"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5003064121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45835</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ФАВОРИТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2465350354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45835</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Ожегов Антон Викторович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>434547902169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель ЦЫРУЛЬНИКОВ КОНСТАНТИН ИВАНОВИЧ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>280700003613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агроимпорт ДВ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2720035890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АлтайТорг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2222900454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ВИСТА"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7728899280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Гросс Мит"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9724109908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Серволюкс Посад"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5042158750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Удачная покупка»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3017049419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45838</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Ширеторов Андрей Петрович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>032313079330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45839</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель ЕМЕЛЬЯНОВ СЕРГЕЙ СЕРГЕЕВИЧ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>682706096538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45840</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Колотов Юрий Анатольевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>280102545627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45840</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Производственный комбинат "Победа"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2221259781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45840</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Мясокомбинат "Павловская Слобода"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5017041244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45841</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Фортуна - ДВ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2538147935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45841</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с  ограниченной ответственностью Промышленная группа "ИСКРА"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>8604056949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45842</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "А-ПРАЙД"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5405977227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45845</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Кубанская Продуктовая Компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6949110488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45845</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ПРОИЗВОДСТВЕННАЯ КОМПАНИЯ "ЭЛИТГРУПП ИНВЕСТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7706428016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45845</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сибирская продовольственная компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5405200166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45845</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Гранд-Мит»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7706465314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45845</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Океан»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3810075634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45845</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮЖНЫЙ ДОМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3665129592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45845</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮЖНЫЙ ДОМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615004860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45845</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МТЛ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3728030743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45846</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агропромпродукт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5506057794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45847</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «КараванЯр»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2462075710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45848</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МИТФРОЗЕН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7720374330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45848</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МясИнвест"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9718075922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45848</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "БАРС"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5451110527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45852</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Крида»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2222891023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45852</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый Дом "ЯЗМ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7728888627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45854</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговая компания «ЕС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7813449162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45854</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮгМясПром»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2602007102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45854</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Альфа»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0277916347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45856</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью "МИТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9724208916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45859</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ПРОВИЛКА"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5018212982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45859</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью "Торговый дом "Бэст Фрут"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2204030790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45859</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Три Купца"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7731405887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45859</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ГрандФудсГрупп"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7724459546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45861</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Кит"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7724459994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45861</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью "МиКпром"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6449065491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45861</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СЛВ Компани"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7451411207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45861</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сибирская Рыбная Компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1901082811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45861</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Авангард Т»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7104080194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45861</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МВ-Групп»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9718202634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45862</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель ТРУХИН ОЛЕГ ФЕДОРОВИЧ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>753400848514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45868</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агро-Опт"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6163221769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45868</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый дом "Итон"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7451414399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45868</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ИНТЕРТРАСТ ДВ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2536297950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45868</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "НЕВОД"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3812165474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45869</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СТКА"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2225234026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45869</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Союз"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0411160875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45869</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  «Мясокомбинат «Дороничи»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4345080244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45869</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговый Дом "Продмаркет"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3665822503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45869</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МитПарк"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123389375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45870</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МПК Мясная Столица"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7810783507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45873</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Мясторг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6321430253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45873</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТоргПродукт"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662233429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45874</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый дом"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5403061238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45875</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Явара"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3801126402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45875</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Русская Ресурсная Компания - Сибирь"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5407950904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45877</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Костромской мясокомбинат"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4401099315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45883</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Хусаинов Равиль Тагирович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>165911417247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45888</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Медуза»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3808203141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45888</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Краснодарский мясоперерабатывающий комбинат"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2373017466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45889</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Продсервис"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2539090640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45889</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сибирский регион"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5406627553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45890</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Провентус»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5009095729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СибПродЦентр"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5503238305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45895</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель ЗЕЙФРИД НАТАЛЬЯ ВАСИЛЬЕВНА</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>021403049331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45896</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Идеология еды"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9703019185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45896</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Крестьянское хозяйство Макарова И.М."</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5829043365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45896</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "УРОЖАЙ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123098986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45896</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АТЛАНТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3811464249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45898</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Балатон и К"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4205230500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45898</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МК МЯСНОЙ СТАНДАРТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2245005017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45898</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью "Мит-Торг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5032133500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45898</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "НСК-ОПТТОРГ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5403012431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45898</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Союзпродукт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1835049745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45898</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Экспресс Плюс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3812999141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45898</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговый Дом "Премьер"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4205301817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45898</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Мясокомбинат Богдановский"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3625012887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45902</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «БРИСКО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7811796403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45902</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ОкеанФиш»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5027239564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45905</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Саковский Заур Владимирович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>504707112694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45909</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "УРАЛЬСКАЯ РЕГИОНАЛЬНАЯ МЯСНАЯ КОМПАНИЯ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7448197345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45909</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Чикен Лидер"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6678083157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45909</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Мазалов Дмитрий Евгеньевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>312800103388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45911</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ГАРПУН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2465169123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45915</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Компания "Фудоптторг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3525475306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45915</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ПЕНЗПРОДОПТЪ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5835112176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45916</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый Дом" Черномор"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9107002335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45916</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ФУД ТЭЙСТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7718162674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45917</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Попов Руслан Валерьевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>312802485005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45918</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Добрич"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5404468266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45919</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МитФуд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5835141498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45923</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Производственная Торговая Компания "Гермес"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2222833945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45923</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговый дом «МЯСНОЙ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7452152499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45923</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Вторая База"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5503171900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45926</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Южная Мясная Компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6168083470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45926</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Деловой Союз"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123441427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Ленинград"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7802680378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "РУСМИТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1841109008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Русич"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128126436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Волков Виталий Викторович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>561701496359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45933</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МПЗ ОКРАИНА"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5190047469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45933</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Мясокомбинат ЭКО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5007079665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45936</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Инжавинская птицефабрика"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6820020446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45937</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Закрытое акционерное общество "Лыткаринский мясоперерабатывающий завод"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5026002114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45939</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МПК ОБНИНСКИЙ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4025058899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45939</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТрансСибЛизинг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5406249213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45939</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Производственная Торговая Компания "Южное Подворье"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7722389741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45939</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Топливная компания "Энергия"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2221115780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45939</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Атлантида"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9704009944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45943</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТД Полновес"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3663115266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45946</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель КОВАЛЕНКОВА ОКСАНА ВЛАДИМИРОВНА</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>422104301049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45954</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЛансЭлит"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7710351937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45954</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Мясоперерабатывающий комплекс "Атяшевский"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1303066789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45954</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью "ПК-Торг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4205411993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45954</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Кабалин Михаил Юрьевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>502502712383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45959</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Любослава"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1639043761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45959</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ДФ Сервис"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7727721939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45971</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Мазова Ольга Львовна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>525913771182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45972</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ИндиФуд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0276932265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45980</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торгово-производственная компания "БПС"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7451423812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45980</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТЭЙН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2404021049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45980</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Белов Андрей Валентинович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>526310206390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45982</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
           <x:t>Общество с ограниченной ответственностью "Три Кита"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2222894497</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Допущен</x:t>
-[...3177 lines deleted...]
-        <x:v>45982</x:v>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46006</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Филь Дмитрий Валерьевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>610910054201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46010</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Снабпродукты"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3702687326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46010</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Феникс-С"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6453159689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A2:$E2"/>
     <x:mergeCell ref="A3:$E3"/>
   </x:mergeCells>
   <x:hyperlinks>
     <x:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A3" r:id="HL0"/>
   </x:hyperlinks>
 </x:worksheet>
 </file>