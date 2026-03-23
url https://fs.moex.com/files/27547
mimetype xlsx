--- v1 (2026-02-05)
+++ v2 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab8201a1175149de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref1a13293e864243" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R910dfce30ff64885"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R1e1851d29307408e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b val="1"/>
     </x:font>
     <x:font>
       <x:sz val="12"/>
       <x:b val="1"/>
@@ -96,51 +96,51 @@
     </x:xf>
     <x:xf borderId="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" borderId="1"/>
     <x:xf fontId="2" applyFont="1"/>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="4" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R910dfce30ff64885" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1e1851d29307408e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namex.org/ru/commodityauctions/participantsCA" TargetMode="External" Id="HL0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="6.3" bestFit="0" customWidth="1"/>
     <x:col min="2" max="2" width="60" bestFit="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.5" bestFit="0" customWidth="1"/>
     <x:col min="4" max="4" width="20" bestFit="0" customWidth="1"/>
     <x:col min="5" max="5" width="20" bestFit="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row/>
     <x:row>
       <x:c s="11" t="inlineStr">
         <x:is>
           <x:t>Список участников, допущенных к аукционам Заказчика аукционов ООО "ТД Черкизово"</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row ht="50" customHeight="1">
       <x:c s="12" t="inlineStr">
@@ -4600,673 +4600,903 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "РУСМИТ"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>1841109008</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45930</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>194</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
+          <x:t>Индивидуальный предприниматель Волков Виталий Викторович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>561701496359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45933</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МПЗ ОКРАИНА"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5190047469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45933</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Мясокомбинат ЭКО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5007079665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45936</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Инжавинская птицефабрика"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6820020446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45937</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Закрытое акционерное общество "Лыткаринский мясоперерабатывающий завод"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5026002114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45939</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МПК ОБНИНСКИЙ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4025058899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45939</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТрансСибЛизинг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5406249213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45939</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Производственная Торговая Компания "Южное Подворье"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7722389741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45939</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Топливная компания "Энергия"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2221115780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45939</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Атлантида"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9704009944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45943</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТД Полновес"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3663115266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45946</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель КОВАЛЕНКОВА ОКСАНА ВЛАДИМИРОВНА</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>422104301049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45954</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЛансЭлит"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7710351937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45954</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Мясоперерабатывающий комплекс "Атяшевский"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1303066789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45954</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью "ПК-Торг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4205411993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45954</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Кабалин Михаил Юрьевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>502502712383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45959</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Любослава"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1639043761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45959</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ДФ Сервис"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7727721939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45971</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Мазова Ольга Львовна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>525913771182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45972</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ИндиФуд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0276932265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45980</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торгово-производственная компания "БПС"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7451423812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45980</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТЭЙН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2404021049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45980</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Белов Андрей Валентинович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>526310206390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45982</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Три Кита"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2222894497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46006</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Филь Дмитрий Валерьевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>610910054201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46010</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Снабпродукты"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3702687326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46010</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Феникс-С"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6453159689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
           <x:t>Общество с ограниченной ответственностью "Русич"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3128126436</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Допущен</x:t>
-[...550 lines deleted...]
-        <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
-        <x:v>46006</x:v>
-[...68 lines deleted...]
-        <x:v>46020</x:v>
+        <x:v>46080</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Атаев Камил Исмаилович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>057204045741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46080</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Самедова Ильмагаят Казакбиевна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>057204824201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46080</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "АГРОПРОМ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3122510420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46080</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Красносулинский мясо комбинат"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6148012094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46080</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТЕМП"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3435146730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46080</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АгроПром"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5250075745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46086</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Аспект»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7802790331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46086</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество "Сочинский мясокомбинат"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2320019558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46087</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Обуховский мясокомбинат»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128043162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46092</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МПК Северная Звезда"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7816736239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46104</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A2:$E2"/>
     <x:mergeCell ref="A3:$E3"/>
   </x:mergeCells>
   <x:hyperlinks>
     <x:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A3" r:id="HL0"/>
   </x:hyperlinks>
 </x:worksheet>
 </file>