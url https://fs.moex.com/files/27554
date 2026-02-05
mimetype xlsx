--- v0 (2025-12-14)
+++ v1 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5d03aa976a44099" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4e842baf13e47ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R6c5372d52eeb4a25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Rdb652334f8af4a6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b val="1"/>
     </x:font>
     <x:font>
       <x:sz val="12"/>
       <x:b val="1"/>
@@ -96,51 +96,51 @@
     </x:xf>
     <x:xf borderId="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" borderId="1"/>
     <x:xf fontId="2" applyFont="1"/>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="4" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6c5372d52eeb4a25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdb652334f8af4a6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namex.org/ru/commodityauctions/participantsCA" TargetMode="External" Id="HL0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="6.3" bestFit="0" customWidth="1"/>
     <x:col min="2" max="2" width="60" bestFit="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.5" bestFit="0" customWidth="1"/>
     <x:col min="4" max="4" width="20" bestFit="0" customWidth="1"/>
     <x:col min="5" max="5" width="20" bestFit="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row/>
     <x:row>
       <x:c s="11" t="inlineStr">
         <x:is>
           <x:t>Список участников, допущенных к аукционам Заказчика аукционов ООО «Агросила-Коммерция»</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row ht="50" customHeight="1">
       <x:c s="12" t="inlineStr">
@@ -10539,87 +10539,87 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3234037361</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45747</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>452</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью «МАЯК»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
+          <x:t>6829140258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МАЯК»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
           <x:t>4602003415</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45747</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>453</x:v>
-[...21 lines deleted...]
-      <x:c s="6" t="n">
         <x:v>454</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью «МЗК Экспорт»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>7708525142</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45747</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>455</x:v>
       </x:c>
@@ -14122,4629 +14122,4629 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью «Хлебороб»   </x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2617011246</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45747</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>608</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
+          <x:t>Общество с ограниченной ответственностью «Хреновское ХПП»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3663137686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Центр снабжения сырьем»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2536185815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>610</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью   «Черноземье»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4620006120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>611</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Шекснинский комбинат хлебопродуктов»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3524015320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Шанс Трейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3661172276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЭВЕРЕСТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364018456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЭЙ БИ ГРЕЙН»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6164128071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЭФКО-Поволжье»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3664247508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЭкоНива Алтай»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2277016036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЭкоНиваАгро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5032070546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЭкологияУрал»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4246023848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮКОН»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3427102190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮНИКС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3604018694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Юфенал Трейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6452095954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>622</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЯРИЛАЭКСПОРТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311279422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество ограниченной ответственностью «Ярославское масло»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3702002886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Агрофирма «Учумская»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2461022289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>625</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Агрофирма "Павловская"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5252011169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Зернокомплекс «Котовские Закрома»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6825007784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>627</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью крестьянское хозяйство «Участие»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2343014531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>628</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Компания "БИО-ТОН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6367044243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>629</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Компания «Март»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2634072094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>630</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Маслоэкстракционный завод «Ресурс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2631805988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>631</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Научно-производственная организация «ЮгАгроХим»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2312196257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>632</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Продовольственная группа "Русский Хлеб"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7444062820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сибирская Зерновая Компания»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2450035166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Сельскохозяйственное предприятие «Премьер»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2411027193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>635</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговый дом "АгроМаркет"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2308062194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>636</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ТД «Арктика»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6167121412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговый дом «Башкирский сахар»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0274133796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>638</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>  Общество с ограниченной ответственностью Торговый Дом «Компонент Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5260348198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ТД Муковозов</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7453263089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  Торговая компания "Регион-Саратов"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6452071657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>641</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ТОРГОВАЯ КОМПАНИЯ "ЛИДЕР"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7730324441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>642</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговая компания «Самоцвет»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7451079180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>643</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговый дом «Содружество»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3913011336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ХОЛДИНГ «АМАР ГРУПП»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6319171989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью агрофирма «Дубрава»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6148009630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ВЕЛЕС АГРОЗЕРНО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632237932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>647</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроСоякомплект»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5054091540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>648</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Сельскохозяйственное закрытое акционерное общество "СКВО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6111007299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>649</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Сельскохозяйственная Артель «Акуловская»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3431005288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45747</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Уразаев Виктор Викторович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>235000193758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45750</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>651</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ИжКрендель»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1832158440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45845</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>652</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Фабрика мороженого "Славица"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1650303854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45845</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество  «Останкинский  мясоперерабатывающий комбинат»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7715034360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>654</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество "Сергиево-Посадский мясокомбинат"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5042015329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>655</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «КараванЯр»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2462075710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>656</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель  Григорян Самвел Патваканович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>615427511270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>657</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель ТРУХИН ОЛЕГ ФЕДОРОВИЧ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>753400848514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Васильев Александр Юрьевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>644602324548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава крестьянского (фермерского) хозяйства Свиридов Дмитрий Михайлович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>633064117492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>660</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель ЕМЕЛЬЯНОВ СЕРГЕЙ СЕРГЕЕВИЧ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>682706096538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Жженых Андрей Любомирович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>143501042326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Касьянова Наталья Васильевна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>444400337228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Колотов Юрий Анатольевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>280102545627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Кузнецов Пётр Владимирович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>025004089160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>665</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Куприянова Елена Владимировна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>745310458443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Кухтенков Александр Михайлович </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>501200267328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>667</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Ожегов Антон Викторович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>434547902169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель ПОГОСЯН АРТАШЕС АРТУШОВИЧ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>390000050504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>669</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Устинов Алексей Владимирович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>583101094453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Хусаинов Равиль Тагирович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>165911417247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель ЦЫРУЛЬНИКОВ КОНСТАНТИН ИВАНОВИЧ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>280700003613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Ширеторов Андрей Петрович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>032313079330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "А-ПРАЙД"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5405977227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>674</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Авангардторг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7710955914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>675</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агро-Опт"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6163221769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агроимпорт ДВ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2720035890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>677</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АлтайТорг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2222900454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "БАРС"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5451110527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью "БОГОРОДСКИЕ  ДЕЛИКАТЕСЫ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5050058950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>680</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ВИСТА"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7728899280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>681</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Вертикаль"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7802951363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Вкус"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1901059548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>683</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Гарант-Трейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6686025744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Гостпродторг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6119005430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>685</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ГрандФудсГрупп"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7724459546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>686</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Гросс Мит"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9724109908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>687</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ДЕС"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6312154222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>688</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Донпродторг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6162077030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>689</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Загорский Бройлер"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5047276839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>690</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Золотое зернышко"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5038105227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>691</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Искра"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5029261886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>692</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "КАЧЕСТВЕННЫЙ ПРОДУКТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9704018610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Кубанская Продуктовая Компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6949110488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "КПС-Урал"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7453097610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Кит"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7724459994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>696</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Костромской мясокомбинат"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4401099315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>697</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Кстовский мясокомбинат"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5250066910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>698</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МЕГАПРОДУКТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6670357159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>699</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью "МИТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9724208916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>700</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МИТФРОЗЕН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7720374330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>701</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МПЗ Богородский"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5031064652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>702</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МПК Мясная Столица"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7810783507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>703</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Мясо Перерабатывающее Предприятие "Челны ПродТорг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1650429783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>704</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МТЛ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3728030743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>705</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МЯСОПРОДУКТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3525261424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>706</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Мегаполис-продукт"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7736557555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью "МиКпром"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6449065491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>708</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью "Мигос"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7718521771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МитПарк"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123389375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>710</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МясИнвест"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9718075922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>711</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Мясное Черноземье"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128097496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>712</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Мяснофф"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6313543976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>713</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Мясокомбинат "Павловская Слобода"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5017041244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>714</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Мясоперерабатывающий завод РЕМИТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7715213200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>715</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Мясторг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6321430253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>716</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "НЕВОД"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3812165474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>717</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Нижегородский Мясоперерабатывающий Комбинат"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5263139587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>718</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ОПТМЯСТОРГ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3435131710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>719</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ПАРУС ТД"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7604377838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>720</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ПРОИЗВОДСТВЕННАЯ КОМПАНИЯ "ЭЛИТГРУПП ИНВЕСТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7706428016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>721</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ПРОВИЛКА"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5018212982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>722</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Первая мясная компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7802890907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>723</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Петровский и К"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5003064121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>724</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Провиант"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6318238486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>725</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Продлогистик"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2222867133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "РСМ ФУД"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1650397980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>727</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "РУССКИЙ ПРОДУКТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2465153028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "РусПродТорг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7727290947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Русская Ресурсная Компания - Сибирь"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5407950904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>730</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СИРИУС"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2543137523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>731</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СЛВ Компани"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7451411207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>732</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сибирская продовольственная компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5405200166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сибирская Рыбная Компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1901082811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СТКА"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2225234026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СИБИРСКАЯ ТОРГОВО-ПРОИЗВОДСТВЕННАЯ КОМПАНИЯ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5404081188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сагуны мясокомбинат"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3624005492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сапфир"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5835077235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>738</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Серволюкс Посад"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5042158750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>739</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сибмир Групп"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2221126414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>740</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Синдикат"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2320222817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>741</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Союз"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0411160875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>742</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Стимул"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2465179932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>743</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью "Торговый дом "Бэст Фрут"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2204030790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый дом "Итон"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7451414399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>745</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Телец"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7811408643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>746</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТЕЛЕЦ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9728070881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>747</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью "Торговое предприятие "Оренбургская Хавронья"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5638060874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>748</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торгово-производственная компания БЕЛЫЙ МЕДВЕДЬ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7751198100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>749</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТоргПродукт"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662233429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>750</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый Дом "ЯЗМ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7728888627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>751</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый дом"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5403061238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>752</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Три Купца"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7731405887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>753</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ФУДСТАФ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7806560699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>754</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Фортуна - ДВ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2538147935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>755</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭКОФУД"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6165223024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>756</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Эдельвейс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7804499520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЮСС"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6168028173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>758</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Явара"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3801126402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>759</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АЙРИС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2461051145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>760</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АРКАДИЯ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311130775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>761</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Авангард Т»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7104080194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>762</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агропромпродукт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5506057794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>763</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Альфа»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0277916347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>764</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АльфаМит-трейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7814217157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>765</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ВЕРШИНА ВКУСА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3435146280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>766</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Гранд-Мит»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7706465314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>767</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ИНТЕРТРАСТ ДВ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2536297950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>768</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Инком»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128122456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>769</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Крида»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2222891023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>770</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МВ-Групп»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9718202634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>771</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  «Мясокомбинат «Дороничи»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4345080244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>772</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МЯСНОЙ ДОМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3443088962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>773</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Медуза»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3808203141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>774</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «НАДЕЖНЫЙ ПАРТНЕР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9706002599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>775</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «ОМЕГА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9718093840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>776</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Океан»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3810075634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>777</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ПРОДМИР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128122103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>778</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Русмясомолторг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2724085517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>779</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «РСМ-ПЛЮС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1650386441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>780</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «РУСАГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3906971247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>781</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Саратовский птицекомбинат «Курников»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6451402458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>782</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Север»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5506068732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>783</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Седьмой Легион»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7743098197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>784</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговая компания «ЕС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7813449162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>785</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговый Дом «Империал»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7806172223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>786</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Удачная покупка»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3017049419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>787</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ФАВОРИТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2465350354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>788</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Чистая  Энергия»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5041209709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>789</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЭВЕРЕСТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6163143983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>790</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮЖНЫЙ ДОМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3665129592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>791</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮЖНЫЙ ДОМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615004860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>792</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮгМясПром»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2602007102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>793</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Мясокомбинат "Волжский Бекон"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7736327054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>794</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Мясокомбинат "Якшино"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9715272859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>795</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Мясоптицекомбинат "Поволжский"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6311129897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>796</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с  ограниченной ответственностью Промышленная группа "ИСКРА"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>8604056949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>797</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Производственный комбинат "Победа"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2221259781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>798</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ПРОИЗВОДСТВЕННО-КОММЕРЧЕСКАЯ ФИРМА "БЕНЕФИТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1650370956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>799</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговый Дом "БОГОРОДСКИЙ ФЕРМЕР"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7730133373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>800</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговый Дом "Продмаркет"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3665822503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>801</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью ТПО  «Возрождение» </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5027278789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>802</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Потребительское общество "Летниковское сельское потребительское общество"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6377015604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45894</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>803</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью «Кубаньмашзавод»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364022484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45916</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>804</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Гермес-Агро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2373013133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45968</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t> Общество с ограниченной ответственностью «Ветеринарный Сервис»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7721529234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45986</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
           <x:t>Общество с ограниченной ответственностью «Холдинг Королевский»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>7708701831</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Допущен</x:t>
-[...987 lines deleted...]
-        <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
-        <x:v>45750</x:v>
-[...2327 lines deleted...]
-        <x:v>753</x:v>
+        <x:v>46006</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>807</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Три Кита"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2222894497</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Допущен</x:t>
-[...1194 lines deleted...]
-        <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
-        <x:v>45916</x:v>
-[...45 lines deleted...]
-        <x:v>45986</x:v>
+        <x:v>46006</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A2:$E2"/>
     <x:mergeCell ref="A3:$E3"/>
   </x:mergeCells>
   <x:hyperlinks>
     <x:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A3" r:id="HL0"/>
   </x:hyperlinks>
 </x:worksheet>
 </file>