--- v1 (2026-02-05)
+++ v2 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4e842baf13e47ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6308c3b9f824523" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Rdb652334f8af4a6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R2a7e3220549a4843"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b val="1"/>
     </x:font>
     <x:font>
       <x:sz val="12"/>
       <x:b val="1"/>
@@ -96,51 +96,51 @@
     </x:xf>
     <x:xf borderId="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" borderId="1"/>
     <x:xf fontId="2" applyFont="1"/>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="4" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdb652334f8af4a6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2a7e3220549a4843" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namex.org/ru/commodityauctions/participantsCA" TargetMode="External" Id="HL0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="6.3" bestFit="0" customWidth="1"/>
     <x:col min="2" max="2" width="60" bestFit="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.5" bestFit="0" customWidth="1"/>
     <x:col min="4" max="4" width="20" bestFit="0" customWidth="1"/>
     <x:col min="5" max="5" width="20" bestFit="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row/>
     <x:row>
       <x:c s="11" t="inlineStr">
         <x:is>
           <x:t>Список участников, допущенных к аукционам Заказчика аукционов ООО «Агросила-Коммерция»</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row ht="50" customHeight="1">
       <x:c s="12" t="inlineStr">
@@ -2553,51 +2553,51 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Индивидуальный предприниматель Глава крестьянского (фермерского) хозяйства Дюкарев Андрей Евгеньевич</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>463211831513</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45747</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>105</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Индивидуальный предприниматель Ермолаев Владимир Иванович - Глава КФХ</x:t>
+          <x:t>Индивидуальный предприниматель Глава КФХ Ермолаев Владимир Иванович</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>281100067328</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45747</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>106</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Индивидуальный предприниматель глава крестьянского (фермерского) хозяйства Кольцов Александр Викторович</x:t>
         </x:is>
       </x:c>