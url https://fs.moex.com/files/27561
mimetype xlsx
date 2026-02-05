--- v0 (2025-12-14)
+++ v1 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfadd11b73bd847cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd30c655fb164b75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Re0ecf0915e464f4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Raffa1422735e480f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b val="1"/>
     </x:font>
     <x:font>
       <x:sz val="12"/>
       <x:b val="1"/>
@@ -96,51 +96,51 @@
     </x:xf>
     <x:xf borderId="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" borderId="1"/>
     <x:xf fontId="2" applyFont="1"/>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="4" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re0ecf0915e464f4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raffa1422735e480f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namex.org/ru/commodityauctions/participantsCA" TargetMode="External" Id="HL0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="6.3" bestFit="0" customWidth="1"/>
     <x:col min="2" max="2" width="60" bestFit="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.5" bestFit="0" customWidth="1"/>
     <x:col min="4" max="4" width="20" bestFit="0" customWidth="1"/>
     <x:col min="5" max="5" width="20" bestFit="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row/>
     <x:row>
       <x:c s="11" t="inlineStr">
         <x:is>
           <x:t>Список участников, допущенных к аукционам Заказчика аукционов ООО «Борисоглебский МЭЗ»</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row ht="50" customHeight="1">
       <x:c s="12" t="inlineStr">
@@ -19918,420 +19918,420 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью «Форсаж»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3126020473</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45771</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>860</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
+          <x:t>Общество с ограниченной ответственностью «Центр снабжения сырьем»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2536185815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45771</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>861</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Шекснинский комбинат хлебопродуктов»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3524015320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45771</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>862</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Южный мясокомбинат»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2356046442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45771</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>863</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Агрофирма «Учумская»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2461022289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45771</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>864</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ГК «ТЕПЛОЗОНА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7751314268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45771</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>865</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Научно-производственная организация «ЮгАгроХим»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2312196257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45771</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>866</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сибирская Зерновая Компания»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2450035166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45771</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Сельскохозяйственное предприятие «Премьер»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2411027193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45771</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>868</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>  Общество с ограниченной ответственностью Торговый Дом «Компонент Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5260348198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45771</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>869</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью агрофирма «Дубрава»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6148009630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45771</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>870</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроСоякомплект»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5054091540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45771</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>871</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Сельскохозяйственное акционерное общество «Старомышастовское»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2330025046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45771</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>872</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Сельскохозяйственная Артель «Акуловская»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3431005288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45771</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>873</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью «Кубаньмашзавод»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364022484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45916</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>874</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Гермес-Агро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2373013133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45968</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>875</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t> Общество с ограниченной ответственностью «Ветеринарный Сервис»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7721529234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45986</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
           <x:t>Общество с ограниченной ответственностью «Холдинг Королевский»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>7708701831</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Допущен</x:t>
-[...320 lines deleted...]
-        <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
-        <x:v>45916</x:v>
-[...45 lines deleted...]
-        <x:v>45986</x:v>
+        <x:v>46006</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A2:$E2"/>
     <x:mergeCell ref="A3:$E3"/>
   </x:mergeCells>
   <x:hyperlinks>
     <x:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A3" r:id="HL0"/>
   </x:hyperlinks>
 </x:worksheet>
 </file>