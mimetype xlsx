--- v1 (2026-02-05)
+++ v2 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd30c655fb164b75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf42ace750dc4de3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Raffa1422735e480f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R072797b6e3fe49da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b val="1"/>
     </x:font>
     <x:font>
       <x:sz val="12"/>
       <x:b val="1"/>
@@ -96,51 +96,51 @@
     </x:xf>
     <x:xf borderId="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" borderId="1"/>
     <x:xf fontId="2" applyFont="1"/>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="4" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raffa1422735e480f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R072797b6e3fe49da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namex.org/ru/commodityauctions/participantsCA" TargetMode="External" Id="HL0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="6.3" bestFit="0" customWidth="1"/>
     <x:col min="2" max="2" width="60" bestFit="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.5" bestFit="0" customWidth="1"/>
     <x:col min="4" max="4" width="20" bestFit="0" customWidth="1"/>
     <x:col min="5" max="5" width="20" bestFit="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row/>
     <x:row>
       <x:c s="11" t="inlineStr">
         <x:is>
           <x:t>Список участников, допущенных к аукционам Заказчика аукционов ООО «Борисоглебский МЭЗ»</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row ht="50" customHeight="1">
       <x:c s="12" t="inlineStr">
@@ -10166,51 +10166,51 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Индивидуальный предприниматель Глава Крестьянского Фермерского Хозяйства Грудинкина Оксана Александровна</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>463403326345</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>436</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Индивидуальный предприниматель Ермолаев Владимир Иванович - Глава КФХ</x:t>
+          <x:t>Индивидуальный предприниматель Глава КФХ Ермолаев Владимир Иванович</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>281100067328</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>437</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Индивидуальный предприниматель Глава крестьянского (фермерского) хозяйства Мирошкин Николай Владимирович</x:t>
         </x:is>
       </x:c>
@@ -11730,1840 +11730,1840 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью «ГК «МАРГКОМ»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>5257157010</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>504</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
+          <x:t>Общество с ограниченной ответственностью «Гарант»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7325148490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45560</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
           <x:t>общество с ограниченной ответственностью «Гарант»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>4600000835</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>505</x:v>
-[...8 lines deleted...]
-          <x:t>7325148490</x:t>
+        <x:v>506</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Гильдия «Ромб»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7106052040</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>506</x:v>
-[...8 lines deleted...]
-          <x:t>7106052040</x:t>
+        <x:v>507</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Грейнрус Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4615004720</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>507</x:v>
-[...8 lines deleted...]
-          <x:t>4615004720</x:t>
+        <x:v>508</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Деловые решения»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2309180120</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>508</x:v>
-[...8 lines deleted...]
-          <x:t>2309180120</x:t>
+        <x:v>509</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Дымовское колбасное производство»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7731178578</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>509</x:v>
-[...8 lines deleted...]
-          <x:t>7731178578</x:t>
+        <x:v>510</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Евросахар»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7451412754</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>510</x:v>
-[...8 lines deleted...]
-          <x:t>7451412754</x:t>
+        <x:v>511</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЗЕРНОГРУПП»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2636218895</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>511</x:v>
-[...8 lines deleted...]
-          <x:t>2636218895</x:t>
+        <x:v>512</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЗЕРНОВАЯ КОМПАНИЯ ОСКОЛНЕФТЕСНАБ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128150051</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>512</x:v>
-[...8 lines deleted...]
-          <x:t>3128150051</x:t>
+        <x:v>513</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Земля» </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6108008020</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>513</x:v>
-[...8 lines deleted...]
-          <x:t>6108008020</x:t>
+        <x:v>514</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ИМПЕРИКОМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7725694775</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>514</x:v>
-[...8 lines deleted...]
-          <x:t>7725694775</x:t>
+        <x:v>515</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Импульс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2635244500</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>515</x:v>
-[...8 lines deleted...]
-          <x:t>2635244500</x:t>
+        <x:v>516</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КБА-ПЛЮС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3664230198</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>516</x:v>
-[...8 lines deleted...]
-          <x:t>3664230198</x:t>
+        <x:v>517</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Курская Зональная Опытно-Мелиоративная Станция»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4622008210</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>517</x:v>
-[...8 lines deleted...]
-          <x:t>4622008210</x:t>
+        <x:v>518</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КС Трейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632262505</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>518</x:v>
-[...8 lines deleted...]
-          <x:t>4632262505</x:t>
+        <x:v>519</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Калужская Нива»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4015004213</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>519</x:v>
-[...8 lines deleted...]
-          <x:t>4015004213</x:t>
+        <x:v>520</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Карбон Зиро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9703075944</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>520</x:v>
-[...8 lines deleted...]
-          <x:t>9703075944</x:t>
+        <x:v>521</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЛИДЕР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6140008787</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>521</x:v>
-[...8 lines deleted...]
-          <x:t>6140008787</x:t>
+        <x:v>522</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Лактопур Рус»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9710087860</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>522</x:v>
-[...8 lines deleted...]
-          <x:t>9710087860</x:t>
+        <x:v>523</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МАСЛОБАЗА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3234037361</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>523</x:v>
-[...8 lines deleted...]
-          <x:t>3234037361</x:t>
+        <x:v>524</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>  Общество с ограниченной ответственностью «Молочная Ферма «Рассвет»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3110023214</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>524</x:v>
-[...8 lines deleted...]
-          <x:t>3110023214</x:t>
+        <x:v>525</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МелиКом»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2341011824</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>525</x:v>
-[...8 lines deleted...]
-          <x:t>2341011824</x:t>
+        <x:v>526</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «НЕЗЛОБНЕНСКИЙ ЗЕРНОВОЙ ТЕРМИНАЛ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2625099082</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>526</x:v>
-[...8 lines deleted...]
-          <x:t>2625099082</x:t>
+        <x:v>527</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «НИКА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6168091111</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>527</x:v>
-[...8 lines deleted...]
-          <x:t>6168091111</x:t>
+        <x:v>528</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «НовоКом»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5402583954</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>528</x:v>
-[...8 lines deleted...]
-          <x:t>5402583954</x:t>
+        <x:v>529</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ОПХ Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5258157245</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>529</x:v>
-[...8 lines deleted...]
-          <x:t>5258157245</x:t>
+        <x:v>530</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Орбита»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662178087</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>530</x:v>
-[...8 lines deleted...]
-          <x:t>3662178087</x:t>
+        <x:v>531</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ПРОДИМЕКС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7730710905</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>531</x:v>
-[...8 lines deleted...]
-          <x:t>7730710905</x:t>
+        <x:v>532</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Пангея»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0273028534</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>532</x:v>
-[...8 lines deleted...]
-          <x:t>0273028534</x:t>
+        <x:v>533</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Прод Сервис»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6164293741</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>533</x:v>
-[...8 lines deleted...]
-          <x:t>6164293741</x:t>
+        <x:v>534</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Продпоставка»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6312120167</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>534</x:v>
-[...8 lines deleted...]
-          <x:t>6312120167</x:t>
+        <x:v>535</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ  «РАССВЕТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2620005789</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>535</x:v>
-[...8 lines deleted...]
-          <x:t>2620005789</x:t>
+        <x:v>536</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «РЕЗЕРВ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6452115079</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>536</x:v>
-[...8 lines deleted...]
-          <x:t>6452115079</x:t>
+        <x:v>537</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Русская Сырьевая Компания-У»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7300005796</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>537</x:v>
-[...8 lines deleted...]
-          <x:t>7300005796</x:t>
+        <x:v>538</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Резидент»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6154137920</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>538</x:v>
-[...8 lines deleted...]
-          <x:t>6154137920</x:t>
+        <x:v>539</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью « Русагро-Закупки»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6453166380</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>539</x:v>
-[...8 lines deleted...]
-          <x:t>6453166380</x:t>
+        <x:v>540</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СПЕЦХОЗ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123420875</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>540</x:v>
-[...8 lines deleted...]
-          <x:t>3123420875</x:t>
+        <x:v>541</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Салют Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3110023253</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>541</x:v>
-[...8 lines deleted...]
-          <x:t>3110023253</x:t>
+        <x:v>542</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Северная Нива Башкирия»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0255021046</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>542</x:v>
-[...8 lines deleted...]
-          <x:t>0255021046</x:t>
+        <x:v>543</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Северная Нива Самара»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6381021150</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>543</x:v>
-[...8 lines deleted...]
-          <x:t>6381021150</x:t>
+        <x:v>544</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Северная Нива Татарстан»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1645033120</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>544</x:v>
-[...8 lines deleted...]
-          <x:t>1645033120</x:t>
+        <x:v>545</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Северная Нива»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5645003309</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>545</x:v>
-[...8 lines deleted...]
-          <x:t>5645003309</x:t>
+        <x:v>546</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Селена»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1659169836</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>546</x:v>
-[...8 lines deleted...]
-          <x:t>1659169836</x:t>
+        <x:v>547</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сидэндгрейн»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6316287103</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>547</x:v>
-[...8 lines deleted...]
-          <x:t>6316287103</x:t>
+        <x:v>548</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Скайфуд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7702215673</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>548</x:v>
-[...8 lines deleted...]
-          <x:t>7702215673</x:t>
+        <x:v>549</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Соболь»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3628012116</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>549</x:v>
-[...8 lines deleted...]
-          <x:t>3628012116</x:t>
+        <x:v>550</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ступинская Нива»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5045063264</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>550</x:v>
-[...8 lines deleted...]
-          <x:t>5045063264</x:t>
+        <x:v>551</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТОРГОВЫЙ ДОМ МАЙСКИЙ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6453148285</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>551</x:v>
-[...8 lines deleted...]
-          <x:t>6453148285</x:t>
+        <x:v>552</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  «Товарный Дом-Магнитогорск»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7456025861</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>552</x:v>
-[...8 lines deleted...]
-          <x:t>7456025861</x:t>
+        <x:v>553</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговая компания «ПРОТОН»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7804525353</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>553</x:v>
-[...8 lines deleted...]
-          <x:t>7804525353</x:t>
+        <x:v>554</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТК Агроиндустрия»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2221128210</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>554</x:v>
-[...8 lines deleted...]
-          <x:t>2221128210</x:t>
+        <x:v>555</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговая компания ИНАГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7710411907</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>555</x:v>
-[...8 lines deleted...]
-          <x:t>7710411907</x:t>
+        <x:v>556</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТК СМАРТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7313009050</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>556</x:v>
-[...8 lines deleted...]
-          <x:t>7313009050</x:t>
+        <x:v>557</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговая Компания Сибирский Премьер»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5404316873</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>557</x:v>
-[...8 lines deleted...]
-          <x:t>5404316873</x:t>
+        <x:v>558</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торгово-производственное предприятие Константа»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0250146813</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>558</x:v>
-[...8 lines deleted...]
-          <x:t>0250146813</x:t>
+        <x:v>559</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТРАСТИНГ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9721006830</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>559</x:v>
-[...8 lines deleted...]
-          <x:t>9721006830</x:t>
+        <x:v>560</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Тимашевский сахарный завод»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2334024068</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>560</x:v>
-[...8 lines deleted...]
-          <x:t>2334024068</x:t>
+        <x:v>561</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Таурус»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6658558691</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>561</x:v>
-[...8 lines deleted...]
-          <x:t>6658558691</x:t>
+        <x:v>562</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Тин-Синь»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2801247892</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>562</x:v>
-[...8 lines deleted...]
-          <x:t>2801247892</x:t>
+        <x:v>563</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговый Дом «ОЛЕУМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3616020433</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>563</x:v>
-[...8 lines deleted...]
-          <x:t>3616020433</x:t>
+        <x:v>564</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговый Комплекс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6154557603</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>564</x:v>
-[...8 lines deleted...]
-          <x:t>6154557603</x:t>
+        <x:v>565</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТОРГТРЕЙД»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5403027822</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>565</x:v>
-[...8 lines deleted...]
-          <x:t>5403027822</x:t>
+        <x:v>566</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Точно Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2308295600</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>566</x:v>
-[...8 lines deleted...]
-          <x:t>2308295600</x:t>
+        <x:v>567</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Уралторгпред»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5904036578</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>567</x:v>
-[...8 lines deleted...]
-          <x:t>5904036578</x:t>
+        <x:v>568</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Фермер»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6163154840</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>568</x:v>
-[...8 lines deleted...]
-          <x:t>6163154840</x:t>
+        <x:v>569</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Фирма «Основа вкуса»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6686059920</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>569</x:v>
-[...8 lines deleted...]
-          <x:t>6686059920</x:t>
+        <x:v>570</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Хамиди Групп»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2635252572</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>570</x:v>
-[...8 lines deleted...]
-          <x:t>2635252572</x:t>
+        <x:v>571</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Шанс Трейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3661172276</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>571</x:v>
-[...8 lines deleted...]
-          <x:t>3661172276</x:t>
+        <x:v>572</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЭЙ БИ ГРЕЙН»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6164128071</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>572</x:v>
-[...8 lines deleted...]
-          <x:t>6164128071</x:t>
+        <x:v>573</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЭкоНива Алтай»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2277016036</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>573</x:v>
-[...8 lines deleted...]
-          <x:t>2277016036</x:t>
+        <x:v>574</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЭкологияУрал»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4246023848</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>574</x:v>
-[...8 lines deleted...]
-          <x:t>4246023848</x:t>
+        <x:v>575</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Юфенал Трейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6452095954</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>575</x:v>
-[...8 lines deleted...]
-          <x:t>6452095954</x:t>
+        <x:v>576</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЯРИЛАЭКСПОРТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311279422</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>576</x:v>
-[...8 lines deleted...]
-          <x:t>2311279422</x:t>
+        <x:v>577</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Агрохолдинг «Восточный»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2465129579</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>577</x:v>
-[...8 lines deleted...]
-          <x:t>2465129579</x:t>
+        <x:v>578</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Маслоэкстракционный завод «Ресурс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2631805988</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>578</x:v>
-[...8 lines deleted...]
-          <x:t>2631805988</x:t>
+        <x:v>579</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ТОРГОВАЯ КОМПАНИЯ "ЛИДЕР"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7730324441</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>579</x:v>
-[...8 lines deleted...]
-          <x:t>7730324441</x:t>
+        <x:v>580</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговая компания «Самоцвет»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7451079180</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>580</x:v>
-[...8 lines deleted...]
-          <x:t>7451079180</x:t>
+        <x:v>581</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Сельскохозяйственное закрытое акционерное общество "СКВО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6111007299</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45560</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>581</x:v>
-[...21 lines deleted...]
-      <x:c s="6" t="n">
         <x:v>582</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Акционерное общество "ПримАгро"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2511076807</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45629</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>583</x:v>
       </x:c>
@@ -16123,51 +16123,51 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "СПЕККО"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>6167202950</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45771</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>695</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Общество с ограниченной ответственностью «Гал Групп»</x:t>
+          <x:t>Общество с ограниченной ответственностью «ГАЛ ГРУПП»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3443141912</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45771</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>696</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью «Южная Гардарика»</x:t>
         </x:is>
       </x:c>