--- v0 (2025-12-14)
+++ v1 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7617f659199748cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R676da92f4a104000" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R0e0f6eac423c4788"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R7181cee6f0bf4473"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b val="1"/>
     </x:font>
     <x:font>
       <x:sz val="12"/>
       <x:b val="1"/>
@@ -96,51 +96,51 @@
     </x:xf>
     <x:xf borderId="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" borderId="1"/>
     <x:xf fontId="2" applyFont="1"/>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="4" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0e0f6eac423c4788" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7181cee6f0bf4473" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namex.org/ru/commodityauctions/participantsCA" TargetMode="External" Id="HL0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="6.3" bestFit="0" customWidth="1"/>
     <x:col min="2" max="2" width="60" bestFit="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.5" bestFit="0" customWidth="1"/>
     <x:col min="4" max="4" width="20" bestFit="0" customWidth="1"/>
     <x:col min="5" max="5" width="20" bestFit="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row/>
     <x:row>
       <x:c s="11" t="inlineStr">
         <x:is>
           <x:t>Список участников, допущенных к аукционам Заказчика аукционов ООО «ГРАНОЛЮКС»</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row ht="50" customHeight="1">
       <x:c s="12" t="inlineStr">
@@ -15617,1685 +15617,1685 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Торговый дом"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>5403061238</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45930</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>673</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
+          <x:t>Общество с ограниченной ответственностью "Три Купца"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7731405887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>674</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "УРАЛЬСКАЯ РЕГИОНАЛЬНАЯ МЯСНАЯ КОМПАНИЯ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7448197345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>675</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "УРОЖАЙ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123098986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ФЕРМЕР"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2616007198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>677</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Финансово Сервисная Компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2366047491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ФУД ТЭЙСТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7718162674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ФУДСТАФ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7806560699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>680</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Фортуна - ДВ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2538147935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>681</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Фортуна"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128081873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Чикен Лидер"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6678083157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>683</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Экспонента"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2315233570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Южно-Уральская Зерновая Компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5609191142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>685</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Явара"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3801126402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>686</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АВРОРА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2801270066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>687</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АЙРИС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2461051145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>688</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Авангард Т»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7104080194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>689</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агро-Продукт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3411006090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>690</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агровижн»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0276907766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>691</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агропромпродукт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5506057794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>692</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Альфа»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0277916347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АльфаМит-трейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7814217157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «БРИСКО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7811796403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ВолгаЗерноТорг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7734479380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>696</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Гранд-Мит»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7706465314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>697</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ДеАгро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2323033825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>698</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЗЕРНООПТТОРГ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3613005074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>699</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ИВТрейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7842153762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>700</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ИНТЕРТРАСТ ДВ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2536297950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>701</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Инком»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128122456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>702</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Крида»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2222891023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>703</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МВ-Групп»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9718202634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>704</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  «Мясокомбинат «Дороничи»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4345080244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>705</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МЯСНОЙ ДОМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3443088962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>706</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Медуза»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3808203141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «НАДЕЖНЫЙ ПАРТНЕР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9706002599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>708</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «ОМЕГА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9718093840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Океан»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3810075634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>710</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ОкеанФиш»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5027239564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>711</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с  ограниченной ответственностью «ПОЛИМЕРПРОМТОРГ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1661046655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>712</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ПРОДМИР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128122103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>713</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Приосколье-Урал»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6659169507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>714</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Провентус»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5009095729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>715</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Русмясомолторг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2724085517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>716</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «РСМ-ПЛЮС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1650386441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>717</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «РУСАГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3906971247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>718</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Седьмой Легион»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7743098197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>719</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сибирский Экспорт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2464161570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>720</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Союзпродукт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1835049745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>721</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговая компания «ЕС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7813449162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>722</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Томскнефтехим»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7017075536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>723</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговый Дом «Империал»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7806172223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>724</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Удачная покупка»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3017049419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>725</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ФАВОРИТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2465350354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Экспресс Плюс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3812999141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>727</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮЖНЫЙ ДОМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3665129592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮЖНЫЙ ДОМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615004860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮгМясПром»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2602007102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>730</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Компания "Фудоптторг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3525475306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>731</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Мясокомбинат "Якшино"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9715272859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>732</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с  ограниченной ответственностью Промышленная группа "ИСКРА"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>8604056949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Производственный комбинат "Победа"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2221259781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ПРОИЗВОДСТВЕННО-КОММЕРЧЕСКАЯ ФИРМА "БЕНЕФИТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1650370956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Производственная Торговая Компания "Гермес"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2222833945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговый Дом "БОГОРОДСКИЙ ФЕРМЕР"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7730133373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговый Дом "Премьер"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4205301817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>738</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговый Дом "Продмаркет"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3665822503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>739</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговый дом «МЯСНОЙ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7452152499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>740</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Транспортно-экспедиционная компания "ЮГТРАНСАВТО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2636052311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>741</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Публичное акционерное общество "Территориальная генерирующая компания №1"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7841312071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>742</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Потребительское общество "Летниковское сельское потребительское общество"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6377015604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>743</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Гермес-Агро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2373013133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45968</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
           <x:t>Общество с ограниченной ответственностью "Три Кита"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2222894497</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Допущен</x:t>
-[...1631 lines deleted...]
-        <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
-        <x:v>45968</x:v>
+        <x:v>46006</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A2:$E2"/>
     <x:mergeCell ref="A3:$E3"/>
   </x:mergeCells>
   <x:hyperlinks>
     <x:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A3" r:id="HL0"/>
   </x:hyperlinks>
 </x:worksheet>
 </file>