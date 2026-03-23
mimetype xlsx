--- v1 (2026-02-05)
+++ v2 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R676da92f4a104000" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re25d640210d8420f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R7181cee6f0bf4473"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Rf95900f7f5b94410"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b val="1"/>
     </x:font>
     <x:font>
       <x:sz val="12"/>
       <x:b val="1"/>
@@ -96,51 +96,51 @@
     </x:xf>
     <x:xf borderId="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" borderId="1"/>
     <x:xf fontId="2" applyFont="1"/>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="4" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7181cee6f0bf4473" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf95900f7f5b94410" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namex.org/ru/commodityauctions/participantsCA" TargetMode="External" Id="HL0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="6.3" bestFit="0" customWidth="1"/>
     <x:col min="2" max="2" width="60" bestFit="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.5" bestFit="0" customWidth="1"/>
     <x:col min="4" max="4" width="20" bestFit="0" customWidth="1"/>
     <x:col min="5" max="5" width="20" bestFit="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row/>
     <x:row>
       <x:c s="11" t="inlineStr">
         <x:is>
           <x:t>Список участников, допущенных к аукционам Заказчика аукционов ООО «ГРАНОЛЮКС»</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row ht="50" customHeight="1">
       <x:c s="12" t="inlineStr">
@@ -5497,51 +5497,51 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Индивидуальный предприниматель Глава крестьянского (фермерского) хозяйства Дюкарев Андрей Евгеньевич</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>463211831513</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45474</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>233</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Индивидуальный предприниматель Ермолаев Владимир Иванович - Глава КФХ</x:t>
+          <x:t>Индивидуальный предприниматель Глава КФХ Ермолаев Владимир Иванович</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>281100067328</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45474</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>234</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Индивидуальный предприниматель глава крестьянского (фермерского) хозяйства Кольцов Александр Викторович</x:t>
         </x:is>
       </x:c>