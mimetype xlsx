--- v0 (2025-12-14)
+++ v1 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63b2373f971d4a31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65c5d65356ab4874" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R79c5de80e8e84012"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Rfaa6584720804691"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b val="1"/>
     </x:font>
     <x:font>
       <x:sz val="12"/>
       <x:b val="1"/>
@@ -96,51 +96,51 @@
     </x:xf>
     <x:xf borderId="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" borderId="1"/>
     <x:xf fontId="2" applyFont="1"/>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="4" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R79c5de80e8e84012" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfaa6584720804691" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namex.org/ru/commodityauctions/participantsCA" TargetMode="External" Id="HL0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="6.3" bestFit="0" customWidth="1"/>
     <x:col min="2" max="2" width="60" bestFit="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.5" bestFit="0" customWidth="1"/>
     <x:col min="4" max="4" width="20" bestFit="0" customWidth="1"/>
     <x:col min="5" max="5" width="20" bestFit="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row/>
     <x:row>
       <x:c s="11" t="inlineStr">
         <x:is>
           <x:t>Список участников, допущенных к аукционам Заказчика аукционов ООО «ОПХ Агро»</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row ht="50" customHeight="1">
       <x:c s="12" t="inlineStr">
@@ -17158,1685 +17158,1685 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью "Торговый дом"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>5403061238</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45881</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>740</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
+          <x:t>Общество с ограниченной ответственностью "Три Купца"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7731405887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>741</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ФЕРМЕР"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2616007198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>742</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ФУДСТАФ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7806560699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>743</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Фабрика мороженого "Славица"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1650303854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Фортуна - ДВ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2538147935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>745</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭКОФУД"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6165223024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>746</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭФКО-Семена"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3122007552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>747</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Эдельвейс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7804499520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>748</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Эстель"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6453075693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>749</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЮСС"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6168028173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>750</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЮжАгро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2370006508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>751</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Явара"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3801126402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>752</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АЙРИС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2461051145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>753</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АРКАДИЯ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311130775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>754</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Авангард Т»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7104080194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>755</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агровижн»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0276907766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>756</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агропромпродукт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5506057794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Альфа»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0277916347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>758</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АльфаМит-трейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7814217157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>759</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Бичевнинский  Элеватор»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3652900232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>760</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ВЕРШИНА ВКУСА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3435146280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>761</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Гранд-Мит»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7706465314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>762</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЗЕРНООПТТОРГ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3613005074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>763</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ИНТЕРТРАСТ ДВ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2536297950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>764</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ИСТОКИ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5032221033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>765</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Инком»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128122456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>766</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Крида»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2222891023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>767</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МВ-Групп»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9718202634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>768</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  «Мясокомбинат «Дороничи»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4345080244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>769</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МЯСНОЙ ДОМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3443088962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>770</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «НАДЕЖНЫЙ ПАРТНЕР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9706002599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>771</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «ОМЕГА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9718093840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>772</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Океан»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3810075634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>773</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с  ограниченной ответственностью «ПОЛИМЕРПРОМТОРГ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1661046655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>774</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ПРОДМИР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128122103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>775</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Парадигма»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2369009649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>776</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Приосколье-Урал»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6659169507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>777</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «РусАгроТрейдинг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4501192325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>778</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Русмясомолторг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2724085517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>779</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «РСМ-ПЛЮС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1650386441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>780</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «РУСАГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3906971247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>781</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ресурс Агро Трейдинг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9710131533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>782</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Саратовский птицекомбинат «Курников»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6451402458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>783</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Север»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5506068732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>784</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Седьмой Легион»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7743098197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>785</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СнабСахар»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5405018502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>786</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговая компания «ЕС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7813449162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>787</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговый Дом «Империал»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7806172223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>788</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Удачная покупка»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3017049419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>789</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ФАВОРИТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2465350354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>790</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с  ограниченной ответственностью «ЧЕРКИЗОВО-МАСЛА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4821049973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>791</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Чистая  Энергия»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5041209709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>792</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЭВЕРЕСТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6163143983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>793</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮЖНЫЙ ДОМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615004860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>794</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮЖНЫЙ ДОМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3665129592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>795</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮгМясПром»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2602007102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>796</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Мясокомбинат "Волжский Бекон"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7736327054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>797</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Мясокомбинат "Якшино"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9715272859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>798</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Мясоптицекомбинат "Поволжский"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6311129897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>799</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с  ограниченной ответственностью Промышленная группа "ИСКРА"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>8604056949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>800</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Производственный комбинат "Победа"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2221259781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>801</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ПРОИЗВОДСТВЕННО-КОММЕРЧЕСКАЯ ФИРМА "БЕНЕФИТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1650370956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>802</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговый дом "Агропром-Импорт-экспорт"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6154160647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>803</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговый Дом "БОГОРОДСКИЙ ФЕРМЕР"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7730133373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>804</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговый Дом "Продмаркет"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3665822503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью ТПО  «Возрождение» </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5027278789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Транспортно-экспедиционная компания "ЮГТРАНСАВТО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2636052311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>807</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Публичное акционерное общество «ЭЛ5-Энерго»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6671156423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>808</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Потребительское общество "Летниковское сельское потребительское общество"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6377015604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>809</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Гермес-Агро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2373013133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45968</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>810</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t> Общество с ограниченной ответственностью «Ветеринарный Сервис»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7721529234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45986</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>811</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
           <x:t>Общество с ограниченной ответственностью "Три Кита"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2222894497</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Допущен</x:t>
-[...1608 lines deleted...]
-        <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
-        <x:v>45968</x:v>
-[...22 lines deleted...]
-        <x:v>45986</x:v>
+        <x:v>46006</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A2:$E2"/>
     <x:mergeCell ref="A3:$E3"/>
   </x:mergeCells>
   <x:hyperlinks>
     <x:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A3" r:id="HL0"/>
   </x:hyperlinks>
 </x:worksheet>
 </file>