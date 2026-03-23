--- v1 (2026-02-05)
+++ v2 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65c5d65356ab4874" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R914dc172e4674fd4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Rfaa6584720804691"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R8763ab5fddcb4169"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b val="1"/>
     </x:font>
     <x:font>
       <x:sz val="12"/>
       <x:b val="1"/>
@@ -96,51 +96,51 @@
     </x:xf>
     <x:xf borderId="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" borderId="1"/>
     <x:xf fontId="2" applyFont="1"/>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="4" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfaa6584720804691" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8763ab5fddcb4169" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namex.org/ru/commodityauctions/participantsCA" TargetMode="External" Id="HL0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="6.3" bestFit="0" customWidth="1"/>
     <x:col min="2" max="2" width="60" bestFit="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.5" bestFit="0" customWidth="1"/>
     <x:col min="4" max="4" width="20" bestFit="0" customWidth="1"/>
     <x:col min="5" max="5" width="20" bestFit="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row/>
     <x:row>
       <x:c s="11" t="inlineStr">
         <x:is>
           <x:t>Список участников, допущенных к аукционам Заказчика аукционов ООО «ОПХ Агро»</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row ht="50" customHeight="1">
       <x:c s="12" t="inlineStr">
@@ -1518,51 +1518,51 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Индивидуальный предприниматель Глава крестьянского (фермерского) хозяйства Дюкарев Андрей Евгеньевич</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>463211831513</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45526</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>60</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Индивидуальный предприниматель Ермолаев Владимир Иванович - Глава КФХ</x:t>
+          <x:t>Индивидуальный предприниматель Глава КФХ Ермолаев Владимир Иванович</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>281100067328</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45526</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>61</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Индивидуальный предприниматель глава крестьянского (фермерского) хозяйства Кольцов Александр Викторович</x:t>
         </x:is>
       </x:c>