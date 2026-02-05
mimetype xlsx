--- v0 (2025-12-14)
+++ v1 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf10ed15bdd914b22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8d56547e0fd41ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Ra6de446406374a52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R6f99f4b8798544d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b val="1"/>
     </x:font>
     <x:font>
       <x:sz val="12"/>
       <x:b val="1"/>
@@ -96,51 +96,51 @@
     </x:xf>
     <x:xf borderId="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" borderId="1"/>
     <x:xf fontId="2" applyFont="1"/>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="4" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra6de446406374a52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6f99f4b8798544d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namex.org/ru/commodityauctions/participantsCA" TargetMode="External" Id="HL0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="6.3" bestFit="0" customWidth="1"/>
     <x:col min="2" max="2" width="60" bestFit="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.5" bestFit="0" customWidth="1"/>
     <x:col min="4" max="4" width="20" bestFit="0" customWidth="1"/>
     <x:col min="5" max="5" width="20" bestFit="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row/>
     <x:row>
       <x:c s="11" t="inlineStr">
         <x:is>
           <x:t>Список участников, допущенных к аукционам Заказчика аукционов ООО «ПРОДИМЕКС»</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row ht="50" customHeight="1">
       <x:c s="12" t="inlineStr">
@@ -17618,8930 +17618,9827 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью «ТДА»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3906326504</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45672</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>760</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
+          <x:t>Общество с ограниченной ответственностью Агрофирма «Учумская»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2461022289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45672</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>761</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Научно-производственная организация «ЮгАгроХим»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2312196257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45672</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>762</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроСоякомплект»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5054091540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45672</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>763</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговый дом «Агрокультура-СТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2363001210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45698</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>764</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Уразаев Виктор Викторович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>235000193758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45750</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>765</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Ессентуки-хлеб»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2626000522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>766</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Интер РАО – Электрогенерация»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7704784450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>767</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>акционерное общество «ФМРус»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7713684860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>768</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество Агрокомбинат племзавод «Красногорский»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4347004464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>769</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Закрытое акционерное общество «Сахарный комбинат Тихорецкий» </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2354009290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>770</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Арушанян Самвел Папикович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>235702878294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>771</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава крестьянского (фермерского) хозяйства Селезнева Мария Стефановна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>234504432019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>772</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава крестьянского (фермерского) хозяйства Архипов Иван Алексеевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>681600040068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>773</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Горбунов Виктор Сергеевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>340101275171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>774</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Драгун Николай Викторович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>312817703560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>775</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Жженых Андрей Любомирович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>143501042326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>776</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Кардашбекова Рабият Абдулгамидовна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>260401753929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>777</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Ширинян Ирина Агасиновна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>230209155804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>778</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t> Общество с ограниченной ответственностью "АЭРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5837057435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>779</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Березка"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3652008872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>780</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Дарэлль плюс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6450090661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>781</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ЗЕРНОЭКСПОРТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2609026062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>782</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зверевская машино-технологическая станция"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6146002929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>783</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Компания "Апрель"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311232047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>784</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Лаверна"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1660292792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>785</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Луч"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4600000440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>786</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "РЕЗОН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3665143692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>787</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сельхозник"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3249501265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>788</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТК68"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6800000346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>789</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭНРИТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7719494496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>790</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Производственно-экспортная компания "ЭПТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7704400223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>791</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭРТЕН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6112913112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>792</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Ясон Агро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2635800395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>793</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГЛ-Транс НН»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5256159857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>794</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с  ограниченной ответственностью «АГРОСПЛАВ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311086156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>795</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АДИТУС ГРЭЙН»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6166127820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>796</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроПродукты»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3661047050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>797</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроТрейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0278908081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>798</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>  Общество с ограниченной ответственностью «Балашовский сахарный комбинат»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6440014975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>799</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Байсэл»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5401995271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>800</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Горизонт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123458290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>801</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЗЕРНО-ПРОДУКТ46»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632230077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>802</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Зерно»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311230522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>803</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Мега Трейд Холдинг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2308298520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>804</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Обуховский мясокомбинат»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128043162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Орбита»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6166094501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ПРОФИТ АГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3100033608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>807</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Павловский сахарный завод»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2309140864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>808</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Полярная звезда»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6112904326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>809</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ростснабпродукт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6150038565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>810</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сибирская Кормовая Компания»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5405297856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>811</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сельскохозяйственное предприятие «Дары  Малиновки»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2435006330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>812</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СамАгро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6312213750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>813</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Совкомбанк Товарный Трейдинг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4401150258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>814</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Согласие»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6136009065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>815</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Финагро логистик»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6686027340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>816</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Форсаж»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3126020473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>817</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ГК «ТЕПЛОЗОНА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7751314268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>818</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью агрофирма «Дубрава»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6148009630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>819</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Сельскохозяйственное акционерное общество «Старомышастовское»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2330025046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45764</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>820</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского (Фермерского) хозяйства Шорохов Алексей Олегович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>463205477053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45775</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>821</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный Предприниматель Емельянов Виктор Викторович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>623012305925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45775</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>822</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОТКРЫТОЕ АКЦИОНЕРНОЕ ОБЩЕСТВО "ВЕЛИКОЛУКСКИЙ МЯСОКОМБИНАТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6025009824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45775</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>823</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агроснаб – Л»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4823053622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45775</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>824</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Вит Трейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6163149368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45775</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>825</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Группа компаний "ВЕСТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662242529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45775</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>826</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Приоритет"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2223645398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45775</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>827</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТОРГОВЫЙ ДОМ "АРНЕМ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6164115594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45775</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>828</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ливенский комбинат хлебопродуктов»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3100000169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45775</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>829</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью "КаргоТрейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6200003345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45790</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>830</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агротрейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7313009156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45790</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>831</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Группа Ново"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2309156832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45790</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>832</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЛАНТА"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1659146074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45790</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>833</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СибПромАгро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5504131153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45790</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>834</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый дом Черкизово"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5032046575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45790</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>835</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью "ФрутоМастер"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5249183270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45790</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>836</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Ногликская газовая электрическая станция»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6513012267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>837</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество  «Останкинский  мясоперерабатывающий комбинат»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7715034360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>838</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество "Сергиево-Посадский мясокомбинат"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5042015329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>839</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество "Черкизовский мясоперерабатывающий завод"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7718013714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>840</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель  Григорян Самвел Патваканович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>615427511270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>841</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава Крестьянского (фермерского) хозяйства Дух Михаил Евгеньевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>233506525475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>842</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Годунова Элина Вячеславовна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>673205030757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>843</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Кухтенков Александр Михайлович </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>501200267328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>844</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Открытое акционерное общество «Агрофирма «Птицефабрика Сеймовская»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5214002050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>845</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Авангардторг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7710955914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>846</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ВИКОР"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7708680483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Вертикаль"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7802951363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Искра"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5029261886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>849</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МПЗ Богородский"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5031064652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>850</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Мяснофф"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6313543976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>851</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Нижегородский Мясоперерабатывающий Комбинат"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5263139587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ОПТМЯСТОРГ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3435131710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>853</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Провиант"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6318238486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>854</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "РСМ ФУД"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1650397980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>855</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Роял Милк"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1655507259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>856</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СБС АГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3102050013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>857</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сапфир"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5835077235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>858</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сибмир Групп"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2221126414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>859</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Синдикат"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2320222817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>860</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Стимул"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2465179932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>861</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью "Торговое предприятие "Оренбургская Хавронья"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5638060874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>862</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торгово-производственная компания БЕЛЫЙ МЕДВЕДЬ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7751198100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>863</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Фабрика мороженого "Славица"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1650303854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>864</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭКОФУД"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6165223024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>865</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Эдельвейс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7804499520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>866</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Эстель"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6453075693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЮСС"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6168028173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>868</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЮжАгро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2370006508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>869</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АРКАДИЯ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311130775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>870</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ВЕРШИНА ВКУСА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3435146280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>871</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ИСТОКИ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5032221033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>872</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Парадигма»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2369009649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>873</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «РусАгроТрейдинг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4501192325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>874</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Ресурс Агро Трейдинг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9710131533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>875</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Саратовский птицекомбинат «Курников»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6451402458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Север»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5506068732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СнабСахар»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5405018502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>878</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с  ограниченной ответственностью «ЧЕРКИЗОВО-МАСЛА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4821049973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>879</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Чистая  Энергия»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5041209709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>880</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Мясокомбинат "Волжский Бекон"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7736327054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>881</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Мясоптицекомбинат "Поволжский"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6311129897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>882</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговый дом "Агропром-Импорт-экспорт"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6154160647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>883</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью ТПО  «Возрождение» </x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5027278789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>884</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Публичное акционерное общество «ЭЛ5-Энерго»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6671156423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45813</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>885</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ИжКрендель»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1832158440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45828</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>886</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Жировой комбинат»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6664014643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45828</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>887</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Васильев Александр Юрьевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>644602324548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45828</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>888</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава крестьянского (фермерского) хозяйства Свиридов Дмитрий Михайлович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>633064117492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45828</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>889</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Кузнецов Пётр Владимирович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>025004089160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45828</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>890</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Устинов Алексей Владимирович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>583101094453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45828</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>891</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью "БОГОРОДСКИЕ  ДЕЛИКАТЕСЫ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5050058950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45828</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>892</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ДЕС"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6312154222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45828</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>893</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Золотое зернышко"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5038105227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45828</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>894</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "КАЧЕСТВЕННЫЙ ПРОДУКТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9704018610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45828</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>895</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МЕГАПРОДУКТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6670357159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45828</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>896</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью "Мигос"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7718521771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45828</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>897</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Мясное Черноземье"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128097496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45828</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>898</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Океан Инвест Холдинг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2540268824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45828</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>899</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ПАРУС ТД"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7604377838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45828</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>900</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ПРОЕКТ АГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2636221560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45828</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>901</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Первая мясная компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7802890907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45828</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>902</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "РУССКИЙ ПРОДУКТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2465153028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45828</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>903</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СИРИУС"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2543137523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45828</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>904</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СИБИРСКАЯ ТОРГОВО-ПРОИЗВОДСТВЕННАЯ КОМПАНИЯ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5404081188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45828</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>905</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТД ЗЕРНОСОЮЗ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2801254931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45828</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>906</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТЕЛЕЦ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9728070881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45828</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>907</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Телец"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7811408643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45828</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>908</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АльфаМит-трейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7814217157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45828</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>909</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МЯСНОЙ ДОМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3443088962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45828</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>910</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ПРОДМИР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128122103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45828</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>911</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Русмясомолторг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2724085517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45828</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>912</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «РУСАГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3906971247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45828</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>913</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Седьмой Легион»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7743098197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45828</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>914</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговый Дом «Империал»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7806172223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45828</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>915</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Мясокомбинат "Якшино"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9715272859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45828</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>916</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ПРОИЗВОДСТВЕННО-КОММЕРЧЕСКАЯ ФИРМА "БЕНЕФИТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1650370956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45828</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>917</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговый Дом "БОГОРОДСКИЙ ФЕРМЕР"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7730133373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45828</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>918</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Потребительское общество "Летниковское сельское потребительское общество"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6377015604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45828</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>919</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью «Кубаньмашзавод»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364022484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45916</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>920</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество "Витимэнергосбыт"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3802010714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>921</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «КараванЯр»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2462075710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>922</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество Торговый дом "БИО-ТОН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6315016439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>923</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество "Торговый дом "Приосколье"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123104943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>924</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель ТРУХИН ОЛЕГ ФЕДОРОВИЧ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>753400848514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>925</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Атрепьева Ирина Николаевна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>463232438328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>926</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава крестьянского (фермерского) хозяйства Мироненко Константин Витальевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>564679791087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>927</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Данилова Анастасия Алексеевна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>732811474797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>928</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель ЕМЕЛЬЯНОВ СЕРГЕЙ СЕРГЕЕВИЧ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>682706096538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>929</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель ЗЕЙФРИД НАТАЛЬЯ ВАСИЛЬЕВНА</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>021403049331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>930</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Кабалин Михаил Юрьевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>502502712383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>931</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Касьянова Наталья Васильевна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>444400337228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>932</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Колотов Юрий Анатольевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>280102545627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>933</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Куприянова Елена Владимировна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>745310458443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>934</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Мазалов Дмитрий Евгеньевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>312800103388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>935</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Ожегов Антон Викторович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>434547902169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>936</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель ПОГОСЯН АРТАШЕС АРТУШОВИЧ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>390000050504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>937</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Попов Руслан Валерьевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>312802485005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>938</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Саковский Заур Владимирович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>504707112694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>939</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Стром Евгений Александрович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>233300297049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>940</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Хусаинов Равиль Тагирович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>165911417247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>941</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель ЦЫРУЛЬНИКОВ КОНСТАНТИН ИВАНОВИЧ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>280700003613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>942</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Ширеторов Андрей Петрович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>032313079330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>943</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "100 Пудов"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3460084735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>944</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "А-ПРАЙД"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5405977227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>945</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АГРО РЕГИОН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666266464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>946</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АГРОМАРКЕТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3120103780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>947</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агропромышленный комплекс "МАЯК"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5646034370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>948</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АПОСТОЛЬЕ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311197811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>949</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АТЛАНТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3811464249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>950</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агро Активы"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3663108491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>951</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агро-Альянс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6318177177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>952</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агро-Опт"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6163221769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>953</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агро-Тема"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6163125825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>954</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АгроМир"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6165217398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>955</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АгроТорг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7722690846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>956</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агроимпорт ДВ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2720035890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>957</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агротрейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9722040866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>958</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АлтайТорг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2222900454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>959</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "БАРС"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5451110527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>960</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Бадо"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2308292840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>961</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Балатон и К"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4205230500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>962</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Био грэйн"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3457010194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>963</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Благодать"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311336455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>964</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ВИСТА"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7728899280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>965</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Вкус"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1901059548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>966</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Вторая База"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5503171900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>967</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Г.А.С. трейдинг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2315233010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>968</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ГАРПУН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2465169123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>969</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Гарант-Трейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6686025744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>970</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с гораниченной ответственностью "Глорис Экспо"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9718145312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>971</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью "Горняк-1"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6505009711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>972</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Гостпродторг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6119005430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>973</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ГрандФудсГрупп"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7724459546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>974</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Гросс Мит"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9724109908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>975</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Добрич"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5404468266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>976</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Донпродторг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6162077030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>977</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Загорский Бройлер"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5047276839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>978</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерновая компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7731576900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>979</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Идеология еды"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9703019185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>980</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Краснодарский мясоперерабатывающий комбинат"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2373017466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>981</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Кубанская Продуктовая Компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6949110488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>982</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "КПС-Урал"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7453097610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>983</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Крестьянское хозяйство Макарова И.М."</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5829043365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>984</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Кит"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7724459994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>985</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Костромской мясокомбинат"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4401099315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>986</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Кстовский мясокомбинат"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5250066910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>987</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Ленинград"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7802680378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>988</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью "МИТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9724208916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>989</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МИТФРОЗЕН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7720374330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>990</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МК МЯСНОЙ СТАНДАРТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2245005017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>991</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МПК Мясная Столица"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7810783507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>992</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Мясо Перерабатывающее Предприятие "Челны ПродТорг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1650429783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>993</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МТЛ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3728030743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>994</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МЯСОПРОДУКТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3525261424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>995</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Мегаполис-продукт"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7736557555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>996</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью "МиКпром"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6449065491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>997</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью "Мит-Торг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5032133500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>998</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МитПарк"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123389375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>999</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МитФуд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5835141498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МясИнвест"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9718075922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1001</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Мясокомбинат "Павловская Слобода"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5017041244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1002</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Мясокомбинат Богдановский"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3625012887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1003</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Мясоперерабатывающий завод РЕМИТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7715213200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1004</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Мясторг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6321430253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1005</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "НЕВОД"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3812165474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1006</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "НСК-ОПТТОРГ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5403012431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1007</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ПЕНЗПРОДОПТЪ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5835112176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1008</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ПРОИЗВОДСТВЕННАЯ КОМПАНИЯ "ЭЛИТГРУПП ИНВЕСТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7706428016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1009</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ПРИОРИТЕТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615016778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1010</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ПРОВИЛКА"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5018212982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1011</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью "ПРОМТОРГЭКО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3610003216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1012</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ПензаМолИнвест"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5828003909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1013</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Петровский и К"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5003064121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1014</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Продлогистик"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2222867133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1015</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Продсервис"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2539090640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1016</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "РУСМИТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1841109008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1017</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "РусПродТорг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7727290947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1018</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Русич"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128126436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1019</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Русская Ресурсная Компания - Сибирь"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5407950904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1020</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СЛВ Компани"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7451411207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1021</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сибирская продовольственная компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5405200166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1022</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сибирская Рыбная Компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1901082811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1023</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СТКА"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2225234026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1024</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сагуны мясокомбинат"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3624005492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1025</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сельхозпром"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2602003122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1026</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Серволюкс Посад"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5042158750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1027</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СибПродЦентр"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5503238305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1028</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сибирский регион"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5406627553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1029</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Союз"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0411160875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1030</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Спецтранс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1684004348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1031</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью "Торговый дом "Бэст Фрут"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2204030790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1032</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый дом "Итон"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7451414399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1033</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый Дом" Черномор"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9107002335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1034</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТоргПродукт"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662233429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1035</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый Дом "ЯЗМ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7728888627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1036</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый дом"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5403061238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1037</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Три Купца"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7731405887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1038</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "УРАЛЬСКАЯ РЕГИОНАЛЬНАЯ МЯСНАЯ КОМПАНИЯ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7448197345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1039</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "УРОЖАЙ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123098986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1040</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ФЕРМЕР"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2616007198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1041</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Финансово Сервисная Компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2366047491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1042</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ФУД ТЭЙСТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7718162674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1043</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ФУДСТАФ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7806560699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1044</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Фортуна - ДВ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2538147935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1045</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Фортуна"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128081873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1046</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Чикен Лидер"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6678083157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1047</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Экспонента"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2315233570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1048</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Южная Мясная Компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6168083470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1049</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Южно-Уральская Зерновая Компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5609191142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1050</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Явара"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3801126402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1051</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АВРОРА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2801270066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1052</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АЙРИС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2461051145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1053</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Авангард Т»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7104080194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1054</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агро-Продукт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3411006090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1055</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агровижн»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0276907766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1056</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агропромпродукт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5506057794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1057</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Альфа»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0277916347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1058</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «БРИСКО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7811796403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1059</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ВолгаЗерноТорг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7734479380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1060</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Гранд-Мит»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7706465314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1061</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ДеАгро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2323033825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1062</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЗЕРНООПТТОРГ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3613005074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1063</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ИВТрейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7842153762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1064</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ИНТЕРТРАСТ ДВ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2536297950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1065</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Инком»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128122456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1066</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Крида»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2222891023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1067</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «МВ-Групп»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9718202634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1068</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  «Мясокомбинат «Дороничи»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4345080244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1069</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Медуза»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3808203141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1070</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «НАДЕЖНЫЙ ПАРТНЕР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9706002599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1071</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «ОМЕГА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9718093840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1072</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Океан»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3810075634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1073</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ОкеанФиш»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5027239564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1074</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с  ограниченной ответственностью «ПОЛИМЕРПРОМТОРГ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1661046655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1075</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Приосколье-Урал»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6659169507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1076</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Провентус»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5009095729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1077</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «РСМ-ПЛЮС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1650386441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1078</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сибирский Экспорт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2464161570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1079</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Союзпродукт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1835049745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1080</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговая компания «ЕС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7813449162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1081</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Томскнефтехим»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7017075536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1082</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной  ответственностью «Удачная покупка»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3017049419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1083</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ФАВОРИТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2465350354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1084</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Экспресс Плюс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3812999141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1085</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮЖНЫЙ ДОМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2615004860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1086</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮЖНЫЙ ДОМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3665129592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1087</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮгМясПром»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2602007102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1088</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Компания "Фудоптторг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3525475306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1089</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с  ограниченной ответственностью Промышленная группа "ИСКРА"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>8604056949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1090</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Производственный комбинат "Победа"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2221259781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1091</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Производственная Торговая Компания "Гермес"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2222833945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1092</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговый Дом "Премьер"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4205301817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1093</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговый Дом "Продмаркет"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3665822503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1094</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговый дом «МЯСНОЙ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7452152499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1095</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Транспортно-экспедиционная компания "ЮГТРАНСАВТО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2636052311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1096</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Публичное акционерное общество "Территориальная генерирующая компания №1"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7841312071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45930</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1097</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество "Сибирская Аграрная Группа"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7017012254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1098</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Закрытое акционерное общество "Лыткаринский мясоперерабатывающий завод"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5026002114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1099</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель АБРАМОВ АЗАРЬЯ ЯГУДАЕВИЧ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>480402469242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1100</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Волков Виталий Викторович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>561701496359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1101</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава Крестьянского (фермерского) хозяйства Мерзликин Евгений Сергеевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>261505714620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1102</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель КОВАЛЕНКОВА ОКСАНА ВЛАДИМИРОВНА</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>422104301049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1103</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель ПРОЦЕНКО ОЛЬГА ВИКТОРОВНА</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>234004599041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1104</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Паринов Владимир Владимирович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>366607170988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1105</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Сагдулин Руслан Рифатович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>121501186755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1106</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Федотова Екатерина Андреевна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>590612394296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1107</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Атлантида"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9704009944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1108</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "БСК АГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2312286630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1109</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ГАРАНТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5406792050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1110</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Грейс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662302376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1111</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Дары полей"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6453091991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1112</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Деловой Союз"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123441427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1113</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЗИТРОН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7806300250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1114</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЗМ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6166120582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1115</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерно Трейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2222865376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1116</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерновой экспорт"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7708405737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1117</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Инжавинская птицефабрика"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6820020446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1118</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Интеграция-Агро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5752053093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1119</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЛансЭлит"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7710351937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1120</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Липовка"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6816005340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1121</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Любослава"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1639043761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1122</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МПЗ ОКРАИНА"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5190047469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1123</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Мясоперерабатывающий комплекс "Атяшевский"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1303066789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1124</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МПК ОБНИНСКИЙ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4025058899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1125</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью "ПК-Торг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4205411993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1126</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "РАДОГОСТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2221253229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1127</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СИА ТРЕЙД"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6165195384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1128</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СИЛКОМ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1101152322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1129</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "СМЕТРЕСУРС"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666196111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1130</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТД Полновес"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3663115266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1131</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТПК ЗЕРНОИНВЕСТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632235780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1132</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТрансСибАГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2225115195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1133</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Три Земли Экспорт"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311309050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1134</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ФАБУЛА"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9703127840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1135</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭЛОТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2371002136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1136</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АБСОЛЮТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2205016140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1137</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Лето»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6166120470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1138</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Мясокомбинат ЭКО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5007079665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1139</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ТрансСибЛизинг»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5406249213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1140</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Производственная Торговая Компания "Южное Подворье"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7722389741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1141</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Развитие</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2222813593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1142</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Топливная компания "Энергия"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2221115780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45967</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1143</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Гермес-Агро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2373013133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45968</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1144</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t> Общество с ограниченной ответственностью «Ветеринарный Сервис»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7721529234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45986</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1145</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
           <x:t>Общество с ограниченной ответственностью «Холдинг Королевский»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>7708701831</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Допущен</x:t>
-[...90 lines deleted...]
-        <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
-        <x:v>45698</x:v>
-[...13 lines deleted...]
-          <x:t>235000193758</x:t>
+        <x:v>46006</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1146</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Три Кита"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2222894497</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
-        <x:v>45750</x:v>
-[...8762 lines deleted...]
-        <x:v>45986</x:v>
+        <x:v>46006</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1147</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество "Ефремовский элеватор № 2"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7113000780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1148</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество "ПРИОСКОЛЬЕ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123100360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1149</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное  общество "Уваровская Нива"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6830003560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1150</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество «Кубанка»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2246000565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1151</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Белов Андрей Валентинович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>526310206390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1152</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t> Индивидуальный предприниматель ГЕРАСИМОВ АЛЕКСАНДР ВЛАДИМИРОВИЧ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>682000371609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1153</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава крестьянского (фермерского) хозяйства ВАСИЛЬЕВ АЛЕКСЕЙ ИВАНОВИЧ</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>322601327492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1154</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Зубарев Олег Геннадьевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>340610113270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1155</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Мазова Ольга Львовна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>525913771182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1156</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Стрельцова Ольга Валерьевна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>121519008922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1157</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Филь Дмитрий Валерьевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>610910054201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1158</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АВАНГАРД"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5029141250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1159</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество  с ограниченной ответственностью "Агрокомплекс Октябрьский"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6440043479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1160</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Базис Трейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2372030344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1161</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ДФ Сервис"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7727721939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1162</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ИндиФуд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0276932265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1163</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "МК Александровский"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2371003764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1164</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Малта"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662284840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1165</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Орловская Зерновая Компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5752081735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1166</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "РУСАГРО-ПРИМОРЬЕ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2540203376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1167</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Снабпродукты"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3702687326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1168</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТЕРРА ТРЕЙД КОМПАНИ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9721196042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1169</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торгово-производственная компания "БПС"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7451423812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1170</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТЭЙН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2404021049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1171</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТрансТехнология"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632161850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1172</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Фаворит-Агро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0259013670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1173</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Феникс-С"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6453159689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1174</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ЭД-ГАРД"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4250013779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1175</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭКОЭЛЬ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2308286204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1176</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агрокомплекс Грибановский»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3609004695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1177</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агрокомплекс Добровский»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4813014783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1178</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агрофирма «Черемновская»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2261007678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1179</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Восход»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4811009393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1180</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Заря»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4811009805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1181</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Орловка» - Агро-Инновационный Центр</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6357980772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1182</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СИБИРСКИЕ БЫЧКИ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2261006530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1183</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «УБОЙНЫЙ КОРМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2225140434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1184</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Производственно-коммерческая фирма "АгроФуд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7447224050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>1185</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Фирма "ДЕЛОС"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7729103550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46020</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A2:$E2"/>
     <x:mergeCell ref="A3:$E3"/>
   </x:mergeCells>
   <x:hyperlinks>
     <x:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A3" r:id="HL0"/>
   </x:hyperlinks>
 </x:worksheet>
 </file>