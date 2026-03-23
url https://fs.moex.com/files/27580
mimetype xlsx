--- v1 (2026-02-05)
+++ v2 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8d56547e0fd41ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe662773b9b64d9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R6f99f4b8798544d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R77004a75c52c4fe9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b val="1"/>
     </x:font>
     <x:font>
       <x:sz val="12"/>
       <x:b val="1"/>
@@ -96,51 +96,51 @@
     </x:xf>
     <x:xf borderId="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" borderId="1"/>
     <x:xf fontId="2" applyFont="1"/>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="4" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6f99f4b8798544d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R77004a75c52c4fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namex.org/ru/commodityauctions/participantsCA" TargetMode="External" Id="HL0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="6.3" bestFit="0" customWidth="1"/>
     <x:col min="2" max="2" width="60" bestFit="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.5" bestFit="0" customWidth="1"/>
     <x:col min="4" max="4" width="20" bestFit="0" customWidth="1"/>
     <x:col min="5" max="5" width="20" bestFit="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row/>
     <x:row>
       <x:c s="11" t="inlineStr">
         <x:is>
           <x:t>Список участников, допущенных к аукционам Заказчика аукционов ООО «ПРОДИМЕКС»</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row ht="50" customHeight="1">
       <x:c s="12" t="inlineStr">
@@ -1403,51 +1403,51 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Индивидуальный предприниматель Глава крестьянского (фермерского) хозяйства Дюкарев Андрей Евгеньевич</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>463211831513</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45440</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>55</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Индивидуальный предприниматель Ермолаев Владимир Иванович - Глава КФХ</x:t>
+          <x:t>Индивидуальный предприниматель Глава КФХ Ермолаев Владимир Иванович</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>281100067328</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45440</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>56</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Индивидуальный предприниматель глава крестьянского (фермерского) хозяйства Кольцов Александр Викторович</x:t>
         </x:is>
       </x:c>