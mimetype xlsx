--- v0 (2025-12-14)
+++ v1 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fcb35e1bd5c4ba5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d28abaa6ae749af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Rd203daee84744414"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Ra80c8b69a71f427d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b val="1"/>
     </x:font>
     <x:font>
       <x:sz val="12"/>
       <x:b val="1"/>
@@ -96,51 +96,51 @@
     </x:xf>
     <x:xf borderId="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" borderId="1"/>
     <x:xf fontId="2" applyFont="1"/>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="4" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd203daee84744414" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra80c8b69a71f427d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namex.org/ru/commodityauctions/participantsCA" TargetMode="External" Id="HL0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="6.3" bestFit="0" customWidth="1"/>
     <x:col min="2" max="2" width="60" bestFit="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.5" bestFit="0" customWidth="1"/>
     <x:col min="4" max="4" width="20" bestFit="0" customWidth="1"/>
     <x:col min="5" max="5" width="20" bestFit="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row/>
     <x:row>
       <x:c s="11" t="inlineStr">
         <x:is>
           <x:t>Список участников, допущенных к аукционам Заказчика аукционов ООО «Русагро-Закупки»</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row ht="50" customHeight="1">
       <x:c s="12" t="inlineStr">