--- v1 (2026-02-05)
+++ v2 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d28abaa6ae749af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb6fd2054d3d4c29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Ra80c8b69a71f427d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R8e0700823fe64e32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b val="1"/>
     </x:font>
     <x:font>
       <x:sz val="12"/>
       <x:b val="1"/>
@@ -96,51 +96,51 @@
     </x:xf>
     <x:xf borderId="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" borderId="1"/>
     <x:xf fontId="2" applyFont="1"/>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="4" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra80c8b69a71f427d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8e0700823fe64e32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namex.org/ru/commodityauctions/participantsCA" TargetMode="External" Id="HL0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="6.3" bestFit="0" customWidth="1"/>
     <x:col min="2" max="2" width="60" bestFit="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.5" bestFit="0" customWidth="1"/>
     <x:col min="4" max="4" width="20" bestFit="0" customWidth="1"/>
     <x:col min="5" max="5" width="20" bestFit="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row/>
     <x:row>
       <x:c s="11" t="inlineStr">
         <x:is>
           <x:t>Список участников, допущенных к аукционам Заказчика аукционов ООО «Русагро-Закупки»</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row ht="50" customHeight="1">
       <x:c s="12" t="inlineStr">
@@ -799,35 +799,748 @@
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Сельскохозяйственная Артель «Акуловская»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3431005288</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>46003</x:v>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава крестьянского (фермерского) хозяйства Подолякин Владимир Александрович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>281815924411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46070</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Открытое акционерное общество «Степное»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3431005111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46070</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АГРОСТАНДАРТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6317088051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46070</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агропромышленный комплекс "МАЯК"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5646034370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46070</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агропромышленная корпорация АСТ Компани М"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7721147115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46070</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агро-Альянс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6318177177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46070</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агро-СТАР"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3417005663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46070</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АгроДом"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6455065370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46070</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Агрокапитал"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5611082743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46070</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Био грэйн"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3457010194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46070</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Дарэлль плюс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6450090661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46070</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Мостагро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9701208412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46070</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Романовское хлебоприемное предприятие"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6453165940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46070</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Рубикон"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3445112730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46070</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговый Дом "Зерно Заволжья"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3445091590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46070</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ХПП ЗЕРНОВОЕ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662301742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46070</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроКлуб»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662263913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46070</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агротехнологии»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6803120472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46070</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Донской колос»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6164114696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46070</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Импульс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2635244500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46070</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КОФКО Интернэшнл РУ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666161905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46070</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Каргилл»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7113502396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46070</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Новосибирская продовольственная корпорация"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5407031918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46070</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Нисан»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6452130535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46070</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Орловка» - Агро-Инновационный Центр</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6357980772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46070</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Отрадаагроинвест»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5717002346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46070</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сибирская Кормовая Компания»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5405297856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46070</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Северная Нива»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5645003309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46070</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Согласие»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6136009065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46070</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сибирская Зерновая Компания»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2450035166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46070</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговый дом «Содружество»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3913011336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46070</x:v>
+      </x:c>
+    </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A2:$E2"/>
     <x:mergeCell ref="A3:$E3"/>
   </x:mergeCells>
   <x:hyperlinks>
     <x:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A3" r:id="HL0"/>
   </x:hyperlinks>
 </x:worksheet>
 </file>