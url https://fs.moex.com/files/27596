--- v0 (2025-12-14)
+++ v1 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0b45b3a6367427d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f58176d12574dd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R09b78e804f414d6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R364a11800fe647be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b val="1"/>
     </x:font>
     <x:font>
       <x:sz val="12"/>
       <x:b val="1"/>
@@ -96,51 +96,51 @@
     </x:xf>
     <x:xf borderId="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" borderId="1"/>
     <x:xf fontId="2" applyFont="1"/>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="4" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R09b78e804f414d6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R364a11800fe647be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namex.org/ru/commodityauctions/participantsCA" TargetMode="External" Id="HL0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="6.3" bestFit="0" customWidth="1"/>
     <x:col min="2" max="2" width="60" bestFit="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.5" bestFit="0" customWidth="1"/>
     <x:col min="4" max="4" width="20" bestFit="0" customWidth="1"/>
     <x:col min="5" max="5" width="20" bestFit="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row/>
     <x:row>
       <x:c s="11" t="inlineStr">
         <x:is>
           <x:t>Список участников, допущенных к аукционам Заказчика аукционов ООО «Топ Грейн»</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row ht="50" customHeight="1">
       <x:c s="12" t="inlineStr">
@@ -15065,1225 +15065,1225 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью «Хлебороб»   </x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>2617011246</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>649</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
+          <x:t>Общество с ограниченной ответственностью «Хреновское ХПП»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3663137686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Центр снабжения сырьем»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2536185815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>651</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью   «Черноземье»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4620006120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>652</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Шекснинский комбинат хлебопродуктов»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3524015320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Шанс Трейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3661172276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>654</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЭВЕРЕСТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364018456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>655</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЭЙ БИ ГРЕЙН»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6164128071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>656</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЭФКО-Поволжье»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3664247508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>657</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЭкоНива Алтай»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2277016036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЭкоНиваАгро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5032070546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЭкологияУрал»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4246023848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>660</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮГИНВЕСТ АГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2308254361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮКОН»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3427102190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЮНИКС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3604018694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Южная Гардарика»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6167128792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Южный мясокомбинат»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2356046442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>665</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Юфенал Трейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6452095954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЯРИЛАЭКСПОРТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2311279422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>667</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество ограниченной ответственностью «Ярославское масло»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3702002886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Агрофирма «Учумская»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2461022289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>669</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Агрофирма "Павловская"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5252011169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Агрохолдинг «Восточный»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2465129579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ГК «ТЕПЛОЗОНА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7751314268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Зернокомплекс «Котовские Закрома»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6825007784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью крестьянское хозяйство «Участие»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2343014531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>674</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Компания "БИО-ТОН"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6367044243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>675</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Компания «Март»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2634072094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Маслоэкстракционный завод «Ресурс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2631805988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>677</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Научно-производственная организация «ЮгАгроХим»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2312196257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Продовольственная группа "Русский Хлеб"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7444062820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сибирская Зерновая Компания»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2450035166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>680</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Сельскохозяйственное предприятие «Премьер»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2411027193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>681</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговый дом "АгроМаркет"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2308062194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ТД «Арктика»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6167121412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>683</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Торговый дом «Башкирский сахар»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0274133796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>  Общество с ограниченной ответственностью Торговый Дом «Компонент Агро»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5260348198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>685</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ТД Муковозов</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7453263089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>686</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью  Торговая компания "Регион-Саратов"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6452071657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>687</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ТОРГОВАЯ КОМПАНИЯ "ЛИДЕР"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7730324441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>688</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговая компания «Самоцвет»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7451079180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>689</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Торговый дом «Содружество»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3913011336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>690</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью ХОЛДИНГ «АМАР ГРУПП»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6319171989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>691</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью агрофирма «Дубрава»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6148009630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>692</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ВЕЛЕС АГРОЗЕРНО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632237932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроСоякомплект»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5054091540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Сельскохозяйственное закрытое акционерное общество "СКВО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6111007299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Сельскохозяйственное акционерное общество «Старомышастовское»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2330025046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>696</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Сельскохозяйственная Артель «Акуловская»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3431005288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>697</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>общество с ограниченной ответственностью «Кубаньмашзавод»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2364022484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45916</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>698</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Гермес-Агро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2373013133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45968</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>699</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t> Общество с ограниченной ответственностью «Ветеринарный Сервис»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7721529234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45986</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>700</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
           <x:t>Общество с ограниченной ответственностью «Холдинг Королевский»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>7708701831</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Допущен</x:t>
-[...1125 lines deleted...]
-        <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
-        <x:v>45916</x:v>
-[...45 lines deleted...]
-        <x:v>45986</x:v>
+        <x:v>46006</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A2:$E2"/>
     <x:mergeCell ref="A3:$E3"/>
   </x:mergeCells>
   <x:hyperlinks>
     <x:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A3" r:id="HL0"/>
   </x:hyperlinks>
 </x:worksheet>
 </file>