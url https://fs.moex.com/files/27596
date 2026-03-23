--- v1 (2026-02-05)
+++ v2 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f58176d12574dd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re79bcec98e984eee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R364a11800fe647be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R7016fdd682b34c13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b val="1"/>
     </x:font>
     <x:font>
       <x:sz val="12"/>
       <x:b val="1"/>
@@ -96,51 +96,51 @@
     </x:xf>
     <x:xf borderId="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" borderId="1"/>
     <x:xf fontId="2" applyFont="1"/>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="4" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R364a11800fe647be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7016fdd682b34c13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namex.org/ru/commodityauctions/participantsCA" TargetMode="External" Id="HL0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="6.3" bestFit="0" customWidth="1"/>
     <x:col min="2" max="2" width="60" bestFit="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.5" bestFit="0" customWidth="1"/>
     <x:col min="4" max="4" width="20" bestFit="0" customWidth="1"/>
     <x:col min="5" max="5" width="20" bestFit="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row/>
     <x:row>
       <x:c s="11" t="inlineStr">
         <x:is>
           <x:t>Список участников, допущенных к аукционам Заказчика аукционов ООО «Топ Грейн»</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row ht="50" customHeight="1">
       <x:c s="12" t="inlineStr">
@@ -2024,51 +2024,51 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Индивидуальный предприниматель Глава крестьянского (фермерского) хозяйства Дюкарев Андрей Евгеньевич</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>463211831513</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>82</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Индивидуальный предприниматель Ермолаев Владимир Иванович - Глава КФХ</x:t>
+          <x:t>Индивидуальный предприниматель Глава КФХ Ермолаев Владимир Иванович</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>281100067328</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>83</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Индивидуальный предприниматель глава крестьянского (фермерского) хозяйства Кольцов Александр Викторович</x:t>
         </x:is>
       </x:c>
@@ -9200,217 +9200,217 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью «Вологодское Мороженое»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3525130125</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>394</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
+          <x:t>Общество с ограниченной ответственностью «ГАЛ ГРУПП»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3443141912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45770</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
           <x:t>Общество с ограниченной ответственностью «ГАРАНТ+»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>3705009590</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью «ГЕЛЕОС»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>7114021864</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью «Группа компаний «Канталь»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>1610009648</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью «ГК «МАРГКОМ»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>5257157010</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>398</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью «ГРАНОЛЮКС»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>7734416982</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью «ГРЕЙН-ИНВЕСТ»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>4632215368</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью «Газпром мобильные компрессорные станции»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>7810720112</x:t>
-        </x:is>
-[...21 lines deleted...]
-          <x:t>3443141912</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45770</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>402</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью «Гарант»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>7325148490</x:t>
         </x:is>
       </x:c>