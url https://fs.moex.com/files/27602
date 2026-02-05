--- v0 (2025-12-14)
+++ v1 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebd5da3141314235" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re30d494fd52b44b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R99a7f82406374752"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R8b93107b7beb49b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b val="1"/>
     </x:font>
     <x:font>
       <x:sz val="12"/>
       <x:b val="1"/>
@@ -96,51 +96,51 @@
     </x:xf>
     <x:xf borderId="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" borderId="1"/>
     <x:xf fontId="2" applyFont="1"/>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="4" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R99a7f82406374752" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8b93107b7beb49b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namex.org/ru/commodityauctions/participantsCA" TargetMode="External" Id="HL0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="6.3" bestFit="0" customWidth="1"/>
     <x:col min="2" max="2" width="60" bestFit="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.5" bestFit="0" customWidth="1"/>
     <x:col min="4" max="4" width="20" bestFit="0" customWidth="1"/>
     <x:col min="5" max="5" width="20" bestFit="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row/>
     <x:row>
       <x:c s="11" t="inlineStr">
         <x:is>
           <x:t>Список участников, допущенных к аукционам Заказчика аукционов ООО Агрофирма "Павловская"</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row ht="50" customHeight="1">
       <x:c s="12" t="inlineStr">