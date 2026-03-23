--- v1 (2026-02-05)
+++ v2 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re30d494fd52b44b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36839653365b49b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R8b93107b7beb49b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R648b40b2a9a547df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b val="1"/>
     </x:font>
     <x:font>
       <x:sz val="12"/>
       <x:b val="1"/>
@@ -96,51 +96,51 @@
     </x:xf>
     <x:xf borderId="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" borderId="1"/>
     <x:xf fontId="2" applyFont="1"/>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="4" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8b93107b7beb49b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R648b40b2a9a547df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namex.org/ru/commodityauctions/participantsCA" TargetMode="External" Id="HL0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="6.3" bestFit="0" customWidth="1"/>
     <x:col min="2" max="2" width="60" bestFit="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.5" bestFit="0" customWidth="1"/>
     <x:col min="4" max="4" width="20" bestFit="0" customWidth="1"/>
     <x:col min="5" max="5" width="20" bestFit="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row/>
     <x:row>
       <x:c s="11" t="inlineStr">
         <x:is>
           <x:t>Список участников, допущенных к аукционам Заказчика аукционов ООО Агрофирма "Павловская"</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row ht="50" customHeight="1">
       <x:c s="12" t="inlineStr">