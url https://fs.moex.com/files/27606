--- v0 (2025-12-14)
+++ v1 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf637292566ae4f0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfbc2c07da244608" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Rfb0cc5e4530845d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Re0b2093ec9dc4e69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b val="1"/>
     </x:font>
     <x:font>
       <x:sz val="12"/>
       <x:b val="1"/>
@@ -96,51 +96,51 @@
     </x:xf>
     <x:xf borderId="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" borderId="1"/>
     <x:xf fontId="2" applyFont="1"/>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="4" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfb0cc5e4530845d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re0b2093ec9dc4e69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namex.org/ru/commodityauctions/participantsCA" TargetMode="External" Id="HL0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="6.3" bestFit="0" customWidth="1"/>
     <x:col min="2" max="2" width="60" bestFit="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.5" bestFit="0" customWidth="1"/>
     <x:col min="4" max="4" width="20" bestFit="0" customWidth="1"/>
     <x:col min="5" max="5" width="20" bestFit="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row/>
     <x:row>
       <x:c s="11" t="inlineStr">
         <x:is>
           <x:t>Список участников, допущенных к аукционам Заказчика аукционов ООО Торговый дом «Содружество»</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row ht="50" customHeight="1">
       <x:c s="12" t="inlineStr">
@@ -8487,351 +8487,397 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченной ответственностью «ВЕБИКОН»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>4632198754</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45947</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>363</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
+          <x:t>Общество с ограниченной ответственностью "ФАБУЛА"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9703127840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45954</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Паринов Владимир Владимирович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>366607170988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45957</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Остапчук Юрий Сергеевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>311404354900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45960</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерно Трейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2222865376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45960</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Липовка"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6816005340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45960</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Производственная Компания «Курскэкспортхлеб»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632117071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45960</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Грейс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662302376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45962</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Гермес-Агро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2373013133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45968</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТрансСибАГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2225115195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45968</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АБСОЛЮТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2205016140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45968</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ЭД-ГАРД"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4250013779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45974</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Животноводческий комплекс "БИРМИНСКИЙ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2824005459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45978</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ВИТКОМ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9722077915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45986</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «УБОЙНЫЙ КОРМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2225140434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46007</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
           <x:t>Общество с ограниченной ответственностью "СИЛКОМ"</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>1101152322</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Допущен</x:t>
-[...182 lines deleted...]
-        <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
-        <x:v>45968</x:v>
-[...114 lines deleted...]
-        <x:v>45986</x:v>
+        <x:v>46008</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Золотая Нива"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1660296099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46051</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A2:$E2"/>
     <x:mergeCell ref="A3:$E3"/>
   </x:mergeCells>
   <x:hyperlinks>
     <x:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A3" r:id="HL0"/>
   </x:hyperlinks>
 </x:worksheet>
 </file>