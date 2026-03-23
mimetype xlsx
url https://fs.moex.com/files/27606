--- v1 (2026-02-05)
+++ v2 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfbc2c07da244608" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0666701ccdc4cbd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Re0b2093ec9dc4e69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R26b1795ee8454aa3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b/>
       <x:color rgb="FFFFFF"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:b val="1"/>
     </x:font>
     <x:font>
       <x:sz val="12"/>
       <x:b val="1"/>
@@ -96,51 +96,51 @@
     </x:xf>
     <x:xf borderId="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" borderId="1"/>
     <x:xf fontId="2" applyFont="1"/>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="2" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="4" applyFont="1">
       <x:alignment horizontal="justify" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" applyFont="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re0b2093ec9dc4e69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R26b1795ee8454aa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namex.org/ru/commodityauctions/participantsCA" TargetMode="External" Id="HL0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="6.3" bestFit="0" customWidth="1"/>
     <x:col min="2" max="2" width="60" bestFit="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.5" bestFit="0" customWidth="1"/>
     <x:col min="4" max="4" width="20" bestFit="0" customWidth="1"/>
     <x:col min="5" max="5" width="20" bestFit="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row/>
     <x:row>
       <x:c s="11" t="inlineStr">
         <x:is>
           <x:t>Список участников, допущенных к аукционам Заказчика аукционов ООО Торговый дом «Содружество»</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row ht="50" customHeight="1">
       <x:c s="12" t="inlineStr">
@@ -6141,51 +6141,51 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Индивидуальный предприниматель Морозова Галина Алексеевна</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>461701378730</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45562</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>261</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Индивидуальный предприниматель Ермолаев Владимир Иванович - Глава КФХ</x:t>
+          <x:t>Индивидуальный предприниматель Глава КФХ Ермолаев Владимир Иванович</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>281100067328</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45565</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>262</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Акционерное общество «Перевозское хлебоприемное предприятие»</x:t>
         </x:is>
       </x:c>
@@ -7429,1455 +7429,1708 @@
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Общество с ограниченною ответственностью «Победа»</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>4603005486</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>Не допущен</x:t>
         </x:is>
       </x:c>
       <x:c s="7">
         <x:v>45658</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="6" t="n">
         <x:v>317</x:v>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
+          <x:t>Общество с ограниченной ответственностью «АПК Инвест»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662226446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СоюзАгроТранс»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1660351110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «СИМТЭК»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5505047874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АГРОЦЕНТР»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3100008591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Центр дистрибьюции»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5047067909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45658</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Тербунская Строительная Компания"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4807011470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45672</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «НИКА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3616007182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45672</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроСоякомплект»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5054091540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45673</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Фид-Групп»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3128091310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45674</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Сельскохозяйственное предприятие «Дары  Малиновки»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2435006330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45679</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ГРЕЙН-ИНВЕСТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632215368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45680</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с Ограниченной Ответственностью «Белагротрейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123316105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45685</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Глава Крестьянского Фермерского Хозяйства Индивидуальный Предприниматель Умеренков Олег Александрович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>460700814580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45692</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Горизонт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123458290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45693</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроТрейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>0278908081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45698</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Репин Александр Владимирович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>282100711576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45719</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «РУСЬАГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632210850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45726</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ЗЕРНО-ПРОДУКТ46»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632230077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45729</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Форсаж»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3126020473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45734</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроМаркет»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3666260977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45736</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроПродукты»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3661047050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45784</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Юфенал Трейд»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6452095954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45791</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Афина"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3663149321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45807</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Открытое акционерное общество "Курское пчеловодство"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632071194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45807</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроЗерноПродукт»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123132965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45812</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТД ЗЕРНОСОЮЗ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2801254931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45827</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КСМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2631039074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45827</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с гораниченной ответственностью "Глорис Экспо"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9718145312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45854</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Спецтранс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1684004348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45854</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ХПП ЗЕРНОВОЕ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662301742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45881</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "БИАКОМ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3122015680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45883</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ВОРОНЕЖАГРО»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3665104647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45883</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АВТОКОМПЛЕКС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3123136141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45883</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Группа компаний "ВЕСТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662242529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45887</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТК68"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6800000346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45887</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Авента»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3629006926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45910</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭНРИТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7719494496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45912</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Атрепьева Ирина Николаевна</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>463232438328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45925</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АВРОРА»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2801270066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45926</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «КБА-ПЛЮС»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3664230198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45929</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АгроКлуб»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662263913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45931</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Интеграция-Агро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5752053093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45940</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТК Ресурс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2225198755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45943</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Глава крестьянского (фермерского) хозяйства Велиев Эдуард Гамлет Оглы</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>519056294091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45945</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «ВЕБИКОН»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632198754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45947</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ФАБУЛА"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9703127840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45954</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Паринов Владимир Владимирович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>366607170988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45957</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель Остапчук Юрий Сергеевич</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>311404354900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45960</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Зерно Трейд"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2222865376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45960</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Липовка"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>6816005340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45960</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Производственная Компания «Курскэкспортхлеб»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4632117071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45960</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Грейс"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3662302376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45962</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Гермес-Агро"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2373013133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45968</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ТрансСибАГРО"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2225115195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45968</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «АБСОЛЮТ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2205016140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45968</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ЭД-ГАРД"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>4250013779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45974</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью Животноводческий комплекс "БИРМИНСКИЙ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2824005459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45978</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ВИТКОМ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>9722077915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>45986</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «УБОЙНЫЙ КОРМ»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2225140434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46007</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "СИЛКОМ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1101152322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Не допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46008</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Золотая Нива"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1660296099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46051</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество "Искитимизвесть"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>5446004869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46064</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "ЭЛИТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>1659064985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46072</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Акционерное общество "Ефремовский элеватор № 2"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7113000780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46084</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью «Агрофирма Пересвет»</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2222870016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46084</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
           <x:t>Индивидуальный предприниматель Суровцев Евгений Юрьевич</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
           <x:t>312201472185</x:t>
         </x:is>
       </x:c>
       <x:c s="6" t="inlineStr">
         <x:is>
-          <x:t>Не допущен</x:t>
-[...1406 lines deleted...]
-        <x:v>46051</x:v>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46085</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "АГРОСТАНДАРТ"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2223622714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46086</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Колос"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2465200662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46086</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Сельхозник"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3249501265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46092</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Био грэйн"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>3457010194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46097</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Индивидуальный предприниматель глава крестьянского (Фермерского) хозяйства Шорохов Алексей Олегович</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>463205477053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46100</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "Торговая компания Гарант"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>2225228880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46100</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="6" t="n">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Общество с ограниченной ответственностью "А-Соль Трейдинг"</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>7810891326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="6" t="inlineStr">
+        <x:is>
+          <x:t>Допущен</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="7">
+        <x:v>46101</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A2:$E2"/>
     <x:mergeCell ref="A3:$E3"/>
   </x:mergeCells>
   <x:hyperlinks>
     <x:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A3" r:id="HL0"/>
   </x:hyperlinks>
 </x:worksheet>
 </file>